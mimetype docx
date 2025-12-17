--- v0 (2025-12-06)
+++ v1 (2025-12-17)
@@ -1,7609 +1,10948 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="7D649A1F" w14:textId="72C1E5FC" w:rsidR="002125E6" w:rsidRPr="002125E6" w:rsidRDefault="002125E6" w:rsidP="002125E6">
-[...2 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w:rsidR="00352E66" w:rsidRDefault="000947FA" w:rsidP="00352E66">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарихы пәні</w:t>
+      </w:r>
+      <w:r w:rsidR="00352E66">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00352E66" w:rsidRPr="00352E66">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қорытынды аттестаттауға </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRPr="00352E66" w:rsidRDefault="00B13F22" w:rsidP="00352E66">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дайындық </w:t>
+      </w:r>
+      <w:r w:rsidR="000947FA" w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тапсырмалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00352E66">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="005555EB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="005555EB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А  бөлімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="005555EB" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005555EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Қарахан мемлекетінде үстем тайпалар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="005555EB" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005555EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">А) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005555EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дулу және нушеби</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="005555EB" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005555EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В) жикилдер мен түйреуіштер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="005555EB" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005555EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С) командалар мен гагауздар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="005555EB" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A7088D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="005555EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) ягма және шігіл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="005555EB" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005555EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00050CFC" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Сот және әкімшілік функцияларды орындаған рулар мен тайпалардың жетекшілері</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="002125E6">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Задания по истории Казахстана для подготовки </w:t>
-[...9 lines deleted...]
-          <w:b/>
+        <w:br/>
+        <w:t>А) би</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В) батыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>к итоговой аттестации</w:t>
-[...9 lines deleted...]
-          <w:b/>
+        <w:br/>
+        <w:t>С) рубас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ылар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:br/>
+        <w:t>D) с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Часть А</w:t>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>лтан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...258 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t>дар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00050CFC" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...53 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">А) </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00050CFC" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бии</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-[...5 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>3. Тарихи тұлға мен оның өмірбаянының фактілері арасында дұрыс сәйкестікті орнатыңыз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00050CFC" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>батыры</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00050CFC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
-        </w:rPr>
-[...98 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="ab"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="410"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5486"/>
+        <w:gridCol w:w="421"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="390"/>
+        <w:gridCol w:w="4997"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00066394" w:rsidRPr="009C308C" w14:paraId="26359FD3" w14:textId="77777777" w:rsidTr="00066394">
+      <w:tr w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidTr="005555EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32B44352" w14:textId="48721997" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48877755" w14:textId="333BAF0F" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>К.Тогусов</w:t>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>К.Тоғусов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF9C9DB" w14:textId="506D924A" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6208" w:type="dxa"/>
+            <w:tcW w:w="4997" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC17F17" w14:textId="4E8624B8" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00F1682A" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>лидер Тургайского центра восстания 1916 г</w:t>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1916 ж </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Торғай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орталығындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көтеріліс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жетекшісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00066394" w:rsidRPr="009C308C" w14:paraId="2845105B" w14:textId="77777777" w:rsidTr="00066394">
+      <w:tr w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidTr="005555EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72412EE7" w14:textId="5C4C934A" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49B1382C" w14:textId="675551F3" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">А. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Иманов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC4CB53" w14:textId="16921327" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6208" w:type="dxa"/>
+            <w:tcW w:w="4997" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB8F2BD" w14:textId="677787EE" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00F1682A" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>лидер партии «</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>Уш</w:t>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Үш</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...14 lines deleted...]
-              <w:t>уз</w:t>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жүз</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009C308C">
-[...6 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>партиясының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00066394" w:rsidRPr="009C308C" w14:paraId="6A5FA4F0" w14:textId="77777777" w:rsidTr="00066394">
+      <w:tr w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidTr="005555EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9148C6" w14:textId="00BB6B22" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA1CC56" w14:textId="32678550" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">А. </w:t>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ә. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>Джангильдин</w:t>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жангельдин</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="284" w:type="dxa"/>
+            <w:tcW w:w="390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1628FB8D" w14:textId="7CF572B7" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6208" w:type="dxa"/>
+            <w:tcW w:w="4997" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4710E3" w14:textId="3B233323" w:rsidR="00066394" w:rsidRPr="009C308C" w:rsidRDefault="00066394" w:rsidP="00BC0357">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00A7088D">
             <w:pPr>
-              <w:kinsoku w:val="0"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>чрезвычайный комиссар,  один из организаторов первого советского съезда Советов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Төтенше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>соғыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> комиссары </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-ші </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кеңе</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7088D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>стердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A7088D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A7088D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>съезінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A7088D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A7088D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>төрағасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A7088D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45EB7CD3" w14:textId="3109A462" w:rsidR="00BC0357" w:rsidRPr="009C308C" w:rsidRDefault="00BC0357" w:rsidP="00BC0357">
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>А) 1 – А; 2 – Б;  3 - В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>В) 1 – Б; 2 – А;  3 - В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>С) 1 – В; 2 – Б;  3 - А</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>) 1 – В; 2 – А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>;  3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - А</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Туыстардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маусымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т. б.) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>А) адат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>енш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>С) бата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>асар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қабірдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұрғызылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарихи-мәдени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күмбезді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескерткіш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>минарет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>ғибадатхана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>кесене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>сардоба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00625FFB" w:rsidRDefault="00625FFB" w:rsidP="000947FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="00221288" w:rsidP="000947FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="000947FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">6. Абай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақындарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығармаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аударды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>А) И. Тургенев</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н. Гогол</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) М. Горький </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Фет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) М. Лермонтов </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жәе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Пушкин</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) С. Есенин </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И.Крылов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="000947FA" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A" w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Диван лугат ат-турк</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A" w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A" w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Түркі сөздерінің жинағы (сөздігі)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A" w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) шығармасының авторы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Махмұд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Қашқари</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Әбу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Насыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Әл-Фараби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Жүсіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Баласағұни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Ахмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Ясауи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRPr="00F1682A" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1822 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>реформа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Бөкей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Ордасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>құрылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>В) Оренбург генерал -</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>губернаторлығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>құрылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) Дала генерал - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>губернаторлығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>құрылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Сібір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>қырғыздарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>құрылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. XVIII-XIX </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғғ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұлт-азаттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көтерілістердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>себебін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>казактардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауылдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шабуылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>патша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өкіметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саясаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>феодалдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарапынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қысым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ушығуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="000947FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. 1995 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>референдумда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Конституциясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>қабылданды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Тұңғыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президент </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>сайланды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) Компартия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>салынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ТМД </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>құру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>қабылданды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бауыржан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Момышұлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шайқаста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>батальонды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>A) Ленинград</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мәскеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>C) Сталинград</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) Брест</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшпелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шаруашылығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>өзендер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>көлдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>аңғарларында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>дамыды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>шөл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>аймақтарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>дамыды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>қалалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>маңында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>дамыды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00BC0357" w:rsidRPr="009C308C">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00BC0357" w:rsidRPr="009C308C">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>таулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00BC0357" w:rsidRPr="009C308C">
-[...1937 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>аудандарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>дамыды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>13.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Қазақстанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>отаршылдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>саясаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>нәтижесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағыттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұзылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолөнер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өндірісін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалыптастырылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ала мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тауар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатынастарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жойылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>банк</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүйесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жойылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жібек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамыған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Талас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алқабында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Батыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түркілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А) Тараз </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Қимақия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Шаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Жанкент</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. XIX </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғасырда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстанға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>капитализмнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енуінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экономикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">А) </w:t>
       </w:r>
-      <w:r w:rsidR="00356A8A" w:rsidRPr="009C308C">
-[...27 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>тіліндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>баспа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>басылымдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>қысқаруы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">В) </w:t>
       </w:r>
-      <w:r w:rsidR="00F805D1" w:rsidRPr="009C308C">
-[...29 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>ауыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>өнеркәсіпті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>дамуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">С) </w:t>
       </w:r>
-      <w:r w:rsidR="00356A8A" w:rsidRPr="009C308C">
-[...30 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>қоныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>аудару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>саясатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>асырылуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00050CFC" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00B40A43" w:rsidRPr="009C308C">
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00897887" w:rsidRPr="009C308C">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00897887" w:rsidRPr="009C308C">
-[...13 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>тілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>мектептердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>ашылуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...211 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...232 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRPr="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64238D4F" w14:textId="37D7A609" w:rsidR="00A00FA3" w:rsidRPr="009C308C" w:rsidRDefault="00A00FA3" w:rsidP="00381F4A">
-[...2 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="005555EB" w:rsidRDefault="00221288" w:rsidP="005555EB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005555EB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="005555EB" w:rsidRPr="005555EB">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бөлімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>В</w:t>
-[...41 lines deleted...]
-    <w:p w14:paraId="4FB8C1D9" w14:textId="547AA26C" w:rsidR="00F805D1" w:rsidRPr="009070A7" w:rsidRDefault="00F805D1" w:rsidP="009070A7">
+      </w:pPr>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кестедегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетіспейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұяшықтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толтырыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F1682A" w:rsidRPr="00F1682A" w:rsidRDefault="00F1682A" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F92B88" w:rsidRDefault="00221288" w:rsidP="00F1682A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009070A7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Роль и деятельность казахской интеллигенции</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зиялыларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рөлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F92B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F1682A" w:rsidRPr="00F1682A" w:rsidRDefault="00F1682A" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="ac"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1972"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4375"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="3686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F805D1" w:rsidRPr="009C308C" w14:paraId="2881990D" w14:textId="77777777" w:rsidTr="00381F4A">
+      <w:tr w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidTr="005555EB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5F463C" w14:textId="42DCF5DE" w:rsidR="00F805D1" w:rsidRPr="009070A7" w:rsidRDefault="00F805D1" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...119 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>М.Дулатов</w:t>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Аты-Жөні</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34F9DD75" w14:textId="061BBEB1" w:rsidR="00F805D1" w:rsidRPr="009C308C" w:rsidRDefault="0033101B" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>Каркаралинской</w:t>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Саяси</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009C308C">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> партия / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көзқарастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="351304F9" w14:textId="77777777" w:rsidR="00F805D1" w:rsidRPr="009C308C" w:rsidRDefault="009D18A6" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ағартушылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мәдени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidTr="005555EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дулатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қарқаралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>петициясын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымдастырушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бірі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20CE7704" w14:textId="77777777" w:rsidR="00381F4A" w:rsidRPr="009C308C" w:rsidRDefault="00381F4A" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="70B1A8CB" w14:textId="35B2A0C5" w:rsidR="00381F4A" w:rsidRPr="009C308C" w:rsidRDefault="00381F4A" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F805D1" w:rsidRPr="009C308C" w14:paraId="384E6C3D" w14:textId="77777777" w:rsidTr="00381F4A">
+      <w:tr w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidTr="005555EB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F75E840" w14:textId="77777777" w:rsidR="00F805D1" w:rsidRPr="009C308C" w:rsidRDefault="009D18A6" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6278EF41" w14:textId="77777777" w:rsidR="00381F4A" w:rsidRPr="009C308C" w:rsidRDefault="00381F4A" w:rsidP="000D656B">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00F1682A" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қозғалысының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мүшесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00625FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">II </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00625FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00625FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00625FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Думаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00625FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> депутаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00F1682A" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көксу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бейіті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қайлақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қалашығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00F1682A" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жеңістері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>істері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00625FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>зерттеулерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00625FFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidTr="005555EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бөкейханов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38D0028B" w14:textId="77777777" w:rsidR="00381F4A" w:rsidRPr="009C308C" w:rsidRDefault="00381F4A" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="12F4FF00" w14:textId="547F759E" w:rsidR="00381F4A" w:rsidRPr="009C308C" w:rsidRDefault="00381F4A" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F92B88" w:rsidRPr="00F1682A" w:rsidRDefault="00F92B88" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BE752A7" w14:textId="531C6D67" w:rsidR="00F805D1" w:rsidRPr="009C308C" w:rsidRDefault="0033101B" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00F1682A" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>Член движения «</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>Алаш</w:t>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қырғыздар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009C308C">
-[...61 lines deleted...]
-              <w:t xml:space="preserve"> «</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>Коксукский</w:t>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009C308C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00434084" w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>Кайлак</w:t>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сұлтан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00434084" w:rsidRPr="009C308C">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кенесары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қасымовтың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тарихына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>материалдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еңбектерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F805D1" w:rsidRPr="009C308C" w14:paraId="01604201" w14:textId="77777777" w:rsidTr="00381F4A">
+      <w:tr w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidTr="005555EB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2093" w:type="dxa"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BED5248" w14:textId="723290F2" w:rsidR="00F805D1" w:rsidRPr="009C308C" w:rsidRDefault="00434084" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>Букейханов</w:t>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қ.Сатпаев</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7A7857" w14:textId="5018674B" w:rsidR="00F805D1" w:rsidRPr="009C308C" w:rsidRDefault="009D18A6" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00625FFB" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Автор трудов «Киргизы», «Материалы к истории султана </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ревком </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>Кенесары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>комиссиясының</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009C308C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009C308C">
-[...40 lines deleted...]
-              <w:t>К.Сатпаев</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>төрағасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25448D24" w14:textId="0E42D765" w:rsidR="00434084" w:rsidRPr="009C308C" w:rsidRDefault="00434084" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C308C">
-[...5 lines deleted...]
-              <w:t>Председатель комиссии ревкома</w:t>
+            <w:r w:rsidRPr="00F1682A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="20DB9E15" w14:textId="77777777" w:rsidR="00434084" w:rsidRPr="009C308C" w:rsidRDefault="009D18A6" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51E75C88" w14:textId="244C3D62" w:rsidR="00381F4A" w:rsidRPr="009C308C" w:rsidRDefault="00381F4A" w:rsidP="000D656B">
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E365FB7" w14:textId="77777777" w:rsidR="00CF6C9C" w:rsidRDefault="00CF6C9C" w:rsidP="00957833">
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Приведите 4 факта </w:t>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. XX </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғасырдың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30-жылдары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстанның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өнеркәсібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шикізаттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сипатта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болғанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәлелдейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фактіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келтіріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.__________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.__________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.__________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.__________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRPr="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дүниежүзілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маңызын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төрт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келтіріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.__________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRPr="00F1682A" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2._________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRPr="00F1682A" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.__________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRPr="00F1682A" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4._________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="000947FA" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мәтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фотосуретті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарастыра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отыра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00AB3744" w:rsidRPr="009C308C">
-[...5 lines deleted...]
-        <w:t>доказывающих</w:t>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тар</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00AB3744" w:rsidRPr="009C308C">
-[...624 lines deleted...]
-      <w:r w:rsidRPr="009C308C">
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRPr="00F1682A" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЭКСПО 2017 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрмесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ағарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>халық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссары А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Луначарскийдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеделхатынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үзінді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1682A">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30348C9C" wp14:editId="22A6FEEF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-3810</wp:posOffset>
+              <wp:posOffset>1</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>563245</wp:posOffset>
+              <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1638300" cy="1905000"/>
+            <wp:extent cx="1274445" cy="1906905"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:wrapTight wrapText="bothSides">
-[...11 lines deleted...]
-            </wp:cNvGraphicFramePr>
+            <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
+            <wp:docPr id="2" name="image1.jpg" descr="Кашаубаев, Амре — Википедия"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="Кашаубаев, Амре — Википедия"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="0" name="image1.jpg" descr="Кашаубаев, Амре — Википедия"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
-[...5 lines deleted...]
-                    </a:blip>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1638300" cy="1905000"/>
+                      <a:ext cx="1274445" cy="1906905"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
+                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00F805D1" w:rsidRPr="009C308C">
-[...32 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRDefault="00B653A6" w:rsidP="00B653A6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...90 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">... </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жедел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алаш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шығыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орамындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 78 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қырғыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әншінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келіскенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабарлауыңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> … </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сапары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өнер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсеткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаламақы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төленіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маусымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шілде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Париждегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дүниежүзілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрмеде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>этнографиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>концертіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатыса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алатынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRDefault="00B653A6" w:rsidP="00B653A6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РСФСР </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Халық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссары ЛУНАЧАРСКИЙ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00B653A6" w:rsidRDefault="00221288" w:rsidP="00B653A6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(орфография </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пунктуация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сақталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А.Луначарскийдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеделхатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әншінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000947FA" w:rsidRPr="000947FA" w:rsidRDefault="000947FA" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00625FFB" w:rsidRPr="00625FFB" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000947FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеделхатта айтылған әншінің шығармашылығының маңыздылығын дәлелдейтін екі дәлел келтіріңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00625FFB" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00625FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="00625FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлел:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B653A6" w:rsidRPr="00F1682A" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00B653A6" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00625FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00625FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәлел:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00221288" w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00221288" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F1682A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B653A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...150 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...52 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...480 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005555EB" w:rsidRPr="00F1682A" w:rsidRDefault="005555EB" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-    <w:sectPr w:rsidR="00876351" w:rsidRPr="009C308C" w:rsidSect="009C308C">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidRDefault="00926A9B" w:rsidP="00F1682A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00926A9B" w:rsidRPr="00F1682A" w:rsidSect="005555EB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...34 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="192A14A0"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:nsid w:val="2E0F2DBF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="460464B4"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2C15591D"/>
-[...115 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:nsid w:val="6E6C7A67"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="423A1DE8"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...443 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="7"/>
-[...4 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00876351"/>
-[...48 lines deleted...]
-    <w:rsid w:val="3F287782"/>
+    <w:rsidRoot w:val="00926A9B"/>
+    <w:rsid w:val="00050CFC"/>
+    <w:rsid w:val="000947FA"/>
+    <w:rsid w:val="00221288"/>
+    <w:rsid w:val="00352E66"/>
+    <w:rsid w:val="005555EB"/>
+    <w:rsid w:val="00581E4C"/>
+    <w:rsid w:val="00625FFB"/>
+    <w:rsid w:val="007F0857"/>
+    <w:rsid w:val="00926A9B"/>
+    <w:rsid w:val="00A7088D"/>
+    <w:rsid w:val="00B13F22"/>
+    <w:rsid w:val="00B653A6"/>
+    <w:rsid w:val="00CD1938"/>
+    <w:rsid w:val="00F1682A"/>
+    <w:rsid w:val="00F92B88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7F6FC8AB"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -7677,256 +11016,486 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00876351"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00534E47"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00534E47"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="western">
     <w:name w:val="western"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00B40A43"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="009A028A"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F805D1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00216481"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00216481"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00216481"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00216481"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="spellingerror">
     <w:name w:val="spellingerror"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00216481"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00216481"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ab">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ac">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ad">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="005555EB"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -8000,361 +11569,510 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00876351"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00534E47"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00534E47"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="western">
     <w:name w:val="western"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00B40A43"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="009A028A"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F805D1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00216481"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00216481"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00216481"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00216481"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="spellingerror">
     <w:name w:val="spellingerror"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00216481"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00216481"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ab">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ac">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ad">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="005555EB"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="136381493">
-[...76 lines deleted...]
-    <w:div w:id="2001275706">
+    <w:div w:id="1353535601">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
-  <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8362,51 +12080,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8556,81 +12274,96 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgZoMQejcriteIoMk6EmEPMYfh2bg==">AMUW2mXnNBRBz4N03ob5m71oiV6fJDacv6EdFy+1VLjLOnZkBlHOVk3LWOWD/yjt0kYijesHjMtcDZ7DfUCucxXWS6RirxcPcoYl8z3yReHteyYF6QzUdwW/Qc8tlJ0kPa+77Yv/7Lhm</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>5826</Characters>
+  <Pages>1</Pages>
+  <Words>978</Words>
+  <Characters>5580</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
+  <Lines>46</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6835</CharactersWithSpaces>
+  <CharactersWithSpaces>6545</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>