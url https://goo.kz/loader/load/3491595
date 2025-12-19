--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -3,633 +3,601 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="4A62574D" w14:textId="77777777" w:rsidR="004E1574" w:rsidRDefault="004E1574" w:rsidP="004E1574">
+    <w:p w14:paraId="3ECDCDD1" w14:textId="58122A6E" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00200354">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45ED1CD5" w14:textId="3B395100" w:rsidR="001A0BF7" w:rsidRPr="00CD273E" w:rsidRDefault="00CD273E" w:rsidP="0066761C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="26E08A75" w14:textId="77777777" w:rsidR="00064528" w:rsidRPr="006048C4" w:rsidRDefault="00064528" w:rsidP="00C96A60">
+        <w:t>Задания по подготовке к итоговой аттестации по математике (алгебре)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649F499E" w14:textId="17690F24" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00200354">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>А бөлімі</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="46B82FD3" w14:textId="6C02D0C5" w:rsidR="009B602B" w:rsidRPr="006048C4" w:rsidRDefault="00C23E30" w:rsidP="00C96A60">
+        <w:t>Часть А</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD273E" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="5F6368"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B82FD3" w14:textId="2A5052F9" w:rsidR="009B602B" w:rsidRPr="0066761C" w:rsidRDefault="00C23E30" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B602B" w:rsidRPr="006048C4">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="009B602B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Запишите </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <m:t>2</m:t>
         </m:r>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>x</m:t>
             </m:r>
           </m:e>
           <m:sup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>-3</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <m:t>∙</m:t>
         </m:r>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>x</m:t>
             </m:r>
           </m:e>
           <m:sup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>9</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
       </m:oMath>
-      <w:r w:rsidR="009B602B" w:rsidRPr="006048C4">
-[...53 lines deleted...]
-      <w:r w:rsidR="009B602B" w:rsidRPr="006048C4">
+      <w:r w:rsidR="009B602B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в виде степени с основанием </w:t>
+      </w:r>
+      <w:r w:rsidR="009B602B" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
-      <w:r w:rsidR="00B54A32" w:rsidRPr="006048C4">
+      <w:r w:rsidR="009B602B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="230F9862" w14:textId="47203C07" w:rsidR="009B602B" w:rsidRPr="0066761C" w:rsidRDefault="00200354" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="009B602B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="009B602B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) 2</w:t>
+      </w:r>
+      <w:r w:rsidR="009B602B" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...26 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="009B602B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28559C34" w14:textId="77777777" w:rsidR="009B602B" w:rsidRPr="0066761C" w:rsidRDefault="009B602B" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) –2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">12 </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">12  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77563DFF" w14:textId="77777777" w:rsidR="009B602B" w:rsidRPr="0066761C" w:rsidRDefault="009B602B" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>B</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">12  </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429547F0" w14:textId="77777777" w:rsidR="009B602B" w:rsidRPr="0066761C" w:rsidRDefault="009B602B" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) - 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">6 </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C82501D" w14:textId="74334910" w:rsidR="00200354" w:rsidRPr="0066761C" w:rsidRDefault="009B602B" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>D</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>) - 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4 </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="73F59608" w14:textId="77777777" w:rsidR="009B602B" w:rsidRPr="006048C4" w:rsidRDefault="009B602B" w:rsidP="003D1877">
+        <w:t xml:space="preserve">8  </w:t>
+      </w:r>
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02BD485D" w14:textId="3D7E193D" w:rsidR="00C23E30" w:rsidRPr="0066761C" w:rsidRDefault="00C23E30" w:rsidP="00CD273E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
-[...55 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
-[...24 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Найдите значение выражения:  </w:t>
       </w:r>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>3</m:t>
             </m:r>
           </m:e>
@@ -704,1951 +672,1890 @@
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>)</m:t>
             </m:r>
           </m:e>
           <m:sup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="48C778B4" w14:textId="07DDF649" w:rsidR="00850CB3" w:rsidRPr="006048C4" w:rsidRDefault="00850CB3" w:rsidP="003D1877">
+    <w:p w14:paraId="48C778B4" w14:textId="0582D403" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00200354">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>1</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>27</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="276E7A71" w14:textId="532CF1C3" w:rsidR="00850CB3" w:rsidRPr="006048C4" w:rsidRDefault="00850CB3" w:rsidP="003D1877">
+    <w:p w14:paraId="276E7A71" w14:textId="79E6618B" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00200354">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>B)</w:t>
       </w:r>
-      <w:r w:rsidR="003D1877" w:rsidRPr="006048C4">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>1</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>9</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="545C1951" w14:textId="7E43B734" w:rsidR="00850CB3" w:rsidRPr="006048C4" w:rsidRDefault="00850CB3" w:rsidP="003D1877">
+    <w:p w14:paraId="545C1951" w14:textId="22B15C82" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00200354">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>C)</w:t>
       </w:r>
-      <w:r w:rsidR="003D1877" w:rsidRPr="006048C4">
-[...8 lines deleted...]
-      <w:r w:rsidR="00C23E30" w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C23E30" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C441137" w14:textId="6BEEAEFD" w:rsidR="00850CB3" w:rsidRPr="006048C4" w:rsidRDefault="00850CB3" w:rsidP="003D1877">
+    <w:p w14:paraId="6C441137" w14:textId="11FBB8FC" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00200354">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <m:t>3</m:t>
         </m:r>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="217DC6E1" w14:textId="06D83F47" w:rsidR="00133717" w:rsidRPr="006048C4" w:rsidRDefault="00850CB3" w:rsidP="003D1877">
+    <w:p w14:paraId="0A554E30" w14:textId="6E86E8B1" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00200354">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>E)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>1</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <m:t>3</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="31A65417" w14:textId="6EECA1C9" w:rsidR="00850CB3" w:rsidRPr="006048C4" w:rsidRDefault="00133717" w:rsidP="00C96A60">
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A65417" w14:textId="4CF93DF3" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00133717" w:rsidP="00200354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00496A90" w:rsidRPr="006048C4">
-[...16 lines deleted...]
-      <w:r w:rsidR="003D1877" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00C23E30" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C23E30" w:rsidRPr="006048C4">
+        <w:t>Упростите выражение</w:t>
+      </w:r>
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23E30" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="2620" w:dyaOrig="380" w14:anchorId="00442417">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:132pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId6" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1743514665" r:id="rId7"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1743515017" r:id="rId7"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7FFE5C" w14:textId="42DD9B81" w:rsidR="00C23E30" w:rsidRPr="006048C4" w:rsidRDefault="00C23E30" w:rsidP="00C96A60">
+    <w:p w14:paraId="1E7FFE5C" w14:textId="42DD9B81" w:rsidR="00C23E30" w:rsidRPr="0066761C" w:rsidRDefault="00C23E30" w:rsidP="00200354">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 39</w:t>
       </w:r>
       <m:oMath>
         <m:rad>
           <m:radPr>
             <m:degHide m:val="1"/>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </m:ctrlPr>
           </m:radPr>
           <m:deg/>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:e>
         </m:rad>
       </m:oMath>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4DD542" w14:textId="1A8C41E0" w:rsidR="00C23E30" w:rsidRPr="006048C4" w:rsidRDefault="003D1877" w:rsidP="00C96A60">
+    <w:p w14:paraId="2F4DD542" w14:textId="756AA6C9" w:rsidR="00C23E30" w:rsidRPr="0066761C" w:rsidRDefault="00C23E30" w:rsidP="00200354">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FB038A" w14:textId="11C7E201" w:rsidR="00C23E30" w:rsidRPr="006048C4" w:rsidRDefault="003D1877" w:rsidP="00C96A60">
+    <w:p w14:paraId="57FB038A" w14:textId="30349C9B" w:rsidR="00C23E30" w:rsidRPr="0066761C" w:rsidRDefault="00C23E30" w:rsidP="00200354">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
-[...9 lines deleted...]
-      <w:r w:rsidR="00C23E30" w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>-39</w:t>
       </w:r>
       <m:oMath>
         <m:rad>
           <m:radPr>
             <m:degHide m:val="1"/>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </m:ctrlPr>
           </m:radPr>
           <m:deg/>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:e>
         </m:rad>
       </m:oMath>
-      <w:r w:rsidR="00C23E30" w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C3B8AC" w14:textId="3C35F99C" w:rsidR="00C23E30" w:rsidRPr="006048C4" w:rsidRDefault="003D1877" w:rsidP="00C96A60">
+    <w:p w14:paraId="53C3B8AC" w14:textId="48CB2F79" w:rsidR="00C23E30" w:rsidRPr="0066761C" w:rsidRDefault="00C23E30" w:rsidP="00200354">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="202030F8" w14:textId="18393F6A" w:rsidR="00850CB3" w:rsidRPr="006048C4" w:rsidRDefault="00C23E30" w:rsidP="003D1877">
+    <w:p w14:paraId="788CE868" w14:textId="7F68DE82" w:rsidR="00200354" w:rsidRPr="00CD273E" w:rsidRDefault="00C23E30" w:rsidP="00CD273E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="00CD273E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:rad>
           <m:radPr>
             <m:degHide m:val="1"/>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </m:ctrlPr>
           </m:radPr>
           <m:deg/>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:e>
         </m:rad>
       </m:oMath>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="00CD273E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D1877" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00200354" w:rsidRPr="00CD273E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="12022635" w14:textId="0ED4E3F1" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="00850CB3" w:rsidP="00C96A60">
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="009603C6" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12022635" w14:textId="6C5D8414" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00200354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="right" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="009029E0" w:rsidRPr="006048C4">
+      <w:r w:rsidR="009029E0" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>Представьте в виде квадрата двучлена выражение</w:t>
+      </w:r>
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 9а</w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> - 24а</w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> + 16в</w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="008E276B">
-[...37 lines deleted...]
-    <w:p w14:paraId="778085FC" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="003D1877">
+    </w:p>
+    <w:p w14:paraId="778085FC" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="right" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>A) (3а</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 4в</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A1005F" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="003D1877">
+    <w:p w14:paraId="18A1005F" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="right" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>B) (2а</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> + 3в</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7397FEAC" w14:textId="3DB40258" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="003D1877">
+    <w:p w14:paraId="7397FEAC" w14:textId="73835BEB" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="right" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>C) (3а</w:t>
       </w:r>
-      <w:r w:rsidR="008E276B">
+      <w:r w:rsidR="00EF1138">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 4в</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2911F53C" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="003D1877">
+    <w:p w14:paraId="2911F53C" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="right" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>D) (3а</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> + 4в</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B83A01" w14:textId="30F9D63D" w:rsidR="009029E0" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="003D1877">
+    <w:p w14:paraId="19E185D7" w14:textId="1EFFEBA1" w:rsidR="00200354" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="right" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>E) (9а</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 16в</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3E7EF4FC" w14:textId="32F3D868" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="009029E0" w:rsidP="003D1877">
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E7EF4FC" w14:textId="7BD8372F" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="009029E0" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="003D1877" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003D1877" w:rsidRPr="006048C4">
-[...55 lines deleted...]
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раскройте модуль </w:t>
+      </w:r>
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="999" w:dyaOrig="520" w14:anchorId="6DFD94D5">
           <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:50.25pt;height:26.25pt" o:ole="">
             <v:imagedata r:id="rId8" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1743514666" r:id="rId9"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1743515018" r:id="rId9"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27893F37" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="003D1877">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="27893F37" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>) 1 -</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="400" w:dyaOrig="380" w14:anchorId="34438FD0">
           <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:20.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId10" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1743514667" r:id="rId11"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1743515019" r:id="rId11"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574AE863" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="003D1877">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="574AE863" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="400" w:dyaOrig="380" w14:anchorId="1EF0EFB6">
           <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:20.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId12" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1743514668" r:id="rId13"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1743515020" r:id="rId13"/>
         </w:object>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC1FBC6" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="003D1877">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6FC1FBC6" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>) -1-</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="400" w:dyaOrig="380" w14:anchorId="1C28E818">
           <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:20.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId14" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1743514669" r:id="rId15"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1743515021" r:id="rId15"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE4C4A6" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="003D1877">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7FE4C4A6" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">) 1 + </w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="400" w:dyaOrig="380" w14:anchorId="685CA56D">
           <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:20.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId16" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1743514670" r:id="rId17"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1743515022" r:id="rId17"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06591FE6" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="003D1877">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4A28B57A" w14:textId="0C47546A" w:rsidR="00200354" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="400" w:dyaOrig="380" w14:anchorId="45433617">
           <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:20.25pt;height:17.25pt" o:ole="">
             <v:imagedata r:id="rId18" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1743514671" r:id="rId19"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1743515023" r:id="rId19"/>
         </w:object>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="32BBFFC5" w14:textId="3C50FFA0" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="009029E0" w:rsidP="00C96A60">
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32BBFFC5" w14:textId="7CFB19DF" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="009029E0" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Решите уравнение: 13х</w:t>
+      </w:r>
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-4х = 0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="714FFFA1" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="00C15994">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="714FFFA1" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>A) 0; -</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="360" w:dyaOrig="639" w14:anchorId="5A48DE48">
           <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:18.75pt;height:31.5pt" o:ole="">
             <v:imagedata r:id="rId20" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1743514672" r:id="rId21"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1743515024" r:id="rId21"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250EC63D" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="00C15994">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="250EC63D" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>B) -</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="360" w:dyaOrig="639" w14:anchorId="38844A25">
           <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:18.75pt;height:31.5pt" o:ole="">
             <v:imagedata r:id="rId22" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1743514673" r:id="rId23"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1743515025" r:id="rId23"/>
         </w:object>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; 1  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D7EAA7" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="00C15994">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="42D7EAA7" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>C) -</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="360" w:dyaOrig="639" w14:anchorId="461D4D0D">
           <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:18.75pt;height:31.5pt" o:ole="">
             <v:imagedata r:id="rId22" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1743514674" r:id="rId24"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1743515026" r:id="rId24"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7051CFFF" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="00C15994">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7051CFFF" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">D) 0; </w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="360" w:dyaOrig="639" w14:anchorId="6D21BCDE">
           <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:18.75pt;height:31.5pt" o:ole="">
             <v:imagedata r:id="rId22" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1743514675" r:id="rId25"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1743515027" r:id="rId25"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA566D8" w14:textId="77777777" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="00C15994">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="212D0FF6" w14:textId="2AE5D3A9" w:rsidR="00200354" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>E) -</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:object w:dxaOrig="360" w:dyaOrig="639" w14:anchorId="425785FD">
           <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:18.75pt;height:31.5pt" o:ole="">
             <v:imagedata r:id="rId22" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1743514676" r:id="rId26"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1743515028" r:id="rId26"/>
         </w:object>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>; 1</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4761530B" w14:textId="571CE164" w:rsidR="00BD636F" w:rsidRPr="006048C4" w:rsidRDefault="00C15994" w:rsidP="00C15994">
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4761530B" w14:textId="333D9DFA" w:rsidR="00BD636F" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00200354">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>7.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вычислите</w:t>
+      </w:r>
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <m:oMath>
         <m:func>
           <m:funcPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:funcPr>
           <m:fName>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>cos</m:t>
             </m:r>
           </m:fName>
           <m:e>
@@ -2860,3919 +2767,3966 @@
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>5</m:t>
             </m:r>
           </m:e>
           <m:sup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>0</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="7BBBB42B" w14:textId="6495A13C" w:rsidR="00BD636F" w:rsidRPr="006048C4" w:rsidRDefault="00BD636F" w:rsidP="00C15994">
+    <w:p w14:paraId="7BBBB42B" w14:textId="6495A13C" w:rsidR="00BD636F" w:rsidRPr="0066761C" w:rsidRDefault="00BD636F" w:rsidP="00200354">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>3</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>4</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="6AFBDA64" w14:textId="721FC411" w:rsidR="00BD636F" w:rsidRPr="006048C4" w:rsidRDefault="00BD636F" w:rsidP="00C15994">
+    <w:p w14:paraId="6AFBDA64" w14:textId="721FC411" w:rsidR="00BD636F" w:rsidRPr="0066761C" w:rsidRDefault="00BD636F" w:rsidP="00200354">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>4</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="5AF6296F" w14:textId="10273B9C" w:rsidR="00BD636F" w:rsidRPr="006048C4" w:rsidRDefault="00BD636F" w:rsidP="00C15994">
+    <w:p w14:paraId="5AF6296F" w14:textId="10273B9C" w:rsidR="00BD636F" w:rsidRPr="0066761C" w:rsidRDefault="00BD636F" w:rsidP="00200354">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>5</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>4</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="30A071F3" w14:textId="59ABCD79" w:rsidR="00BD636F" w:rsidRPr="006048C4" w:rsidRDefault="00BD636F" w:rsidP="00C15994">
+    <w:p w14:paraId="30A071F3" w14:textId="59ABCD79" w:rsidR="00BD636F" w:rsidRPr="0066761C" w:rsidRDefault="00BD636F" w:rsidP="00200354">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="456EE5BB" w14:textId="666AE460" w:rsidR="00457A11" w:rsidRPr="006048C4" w:rsidRDefault="00BD636F" w:rsidP="00C15994">
+    <w:p w14:paraId="7CF44DE4" w14:textId="73D4C3B0" w:rsidR="00200354" w:rsidRPr="0066761C" w:rsidRDefault="00BD636F" w:rsidP="00200354">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">E) </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <m:t>-</m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>5</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>4</m:t>
             </m:r>
           </m:den>
         </m:f>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t xml:space="preserve"> </m:t>
+        </m:r>
       </m:oMath>
-    </w:p>
-    <w:p w14:paraId="732F8CE5" w14:textId="5F5858AE" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="00457A11" w:rsidP="00C96A60">
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA11112" w14:textId="77777777" w:rsidR="002C5D54" w:rsidRPr="0066761C" w:rsidRDefault="00457A11" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="400" w:hanging="400"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000731B5" w:rsidRPr="006048C4">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="000731B5" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Укажите промежуток, который содержит решение неравенства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732F8CE5" w14:textId="45D08C3E" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="400" w:hanging="400"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>x</m:t>
             </m:r>
           </m:e>
           <m:sup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:sup>
         </m:sSup>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
-          <m:t>-4</m:t>
+          <m:t>-4x+3&lt;0</m:t>
         </m:r>
+      </m:oMath>
+    </w:p>
+    <w:p w14:paraId="023D1918" w14:textId="679F93A4" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:position w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <m:oMath>
+        <m:d>
+          <m:dPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:dPr>
+          <m:e>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>-2;-3</m:t>
+            </m:r>
+          </m:e>
+        </m:d>
+      </m:oMath>
+    </w:p>
+    <w:p w14:paraId="7CF85068" w14:textId="329EDC6F" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:position w:val="-10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>B)</w:t>
+      </w:r>
+      <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <m:t>x</m:t>
-[...114 lines deleted...]
-          </w:rPr>
           <m:t xml:space="preserve"> </m:t>
         </m:r>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>-1;-3</m:t>
             </m:r>
           </m:e>
         </m:d>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="5D31A9CE" w14:textId="6F813F85" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="00C15994">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5D31A9CE" w14:textId="6F813F85" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
       <m:oMath>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>0;2</m:t>
             </m:r>
           </m:e>
         </m:d>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="554C36B3" w14:textId="6E7B7B29" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="00C15994">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="554C36B3" w14:textId="6E7B7B29" w:rsidR="000731B5" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:position w:val="-10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <m:oMath>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>-1;3</m:t>
             </m:r>
           </m:e>
         </m:d>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="67DB5C53" w14:textId="78F8C25C" w:rsidR="000731B5" w:rsidRPr="006048C4" w:rsidRDefault="000731B5" w:rsidP="00C15994">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="27C1B923" w14:textId="446434AB" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="000731B5" w:rsidP="00200354">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:position w:val="-10"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">E) </w:t>
       </w:r>
       <m:oMath>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>1;3</m:t>
             </m:r>
           </m:e>
         </m:d>
       </m:oMath>
-    </w:p>
-    <w:p w14:paraId="39B5CC21" w14:textId="2D3DD79C" w:rsidR="002C5D54" w:rsidRPr="006048C4" w:rsidRDefault="00AA64E7" w:rsidP="00C96A60">
+      <w:r w:rsidR="00200354" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE84DA1" w14:textId="77777777" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00200354">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="right" w:pos="9498"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39B5CC21" w14:textId="0B794148" w:rsidR="002C5D54" w:rsidRPr="0066761C" w:rsidRDefault="00AA64E7" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C5D54" w:rsidRPr="006048C4">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="002C5D54" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Найти пятнадцатый член арифметической прогрессии</w:t>
+      </w:r>
+      <w:r w:rsidR="003A57AF" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5D54" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1;5;…</w:t>
       </w:r>
-      <w:r w:rsidR="00CC23FE" w:rsidRPr="006048C4">
-[...20 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="0E64D673" w14:textId="3A81BA7B" w:rsidR="002C5D54" w:rsidRPr="0066761C" w:rsidRDefault="002C5D54" w:rsidP="003A57AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>A) 50</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D839FB1" w14:textId="767607CC" w:rsidR="002C5D54" w:rsidRPr="006048C4" w:rsidRDefault="002C5D54" w:rsidP="00C15994">
-      <w:pPr>
+    <w:p w14:paraId="4D839FB1" w14:textId="7B37622E" w:rsidR="002C5D54" w:rsidRPr="0066761C" w:rsidRDefault="003A57AF" w:rsidP="003A57AF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="002C5D54" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>B) 57</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D921FB1" w14:textId="2916106D" w:rsidR="002C5D54" w:rsidRPr="006048C4" w:rsidRDefault="002C5D54" w:rsidP="00C15994">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4D921FB1" w14:textId="2916106D" w:rsidR="002C5D54" w:rsidRPr="0066761C" w:rsidRDefault="002C5D54" w:rsidP="003A57AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>C) 60</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D6B3B2" w14:textId="4E80EE0E" w:rsidR="002C5D54" w:rsidRPr="006048C4" w:rsidRDefault="002C5D54" w:rsidP="00C15994">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="79D6B3B2" w14:textId="4E80EE0E" w:rsidR="002C5D54" w:rsidRPr="0066761C" w:rsidRDefault="002C5D54" w:rsidP="003A57AF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>D) 65</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31077CCA" w14:textId="171739F9" w:rsidR="00850CB3" w:rsidRPr="006048C4" w:rsidRDefault="002C5D54" w:rsidP="00C15994">
+    <w:p w14:paraId="31077CCA" w14:textId="2607857E" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="002C5D54" w:rsidP="00CD273E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="239AA09C" w14:textId="38A32469" w:rsidR="002C5D54" w:rsidRPr="006048C4" w:rsidRDefault="00AA64E7" w:rsidP="00C15994">
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>E)</w:t>
+      </w:r>
+      <w:r w:rsidR="003A57AF" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>70</w:t>
+      </w:r>
+      <w:r w:rsidR="003A57AF" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239AA09C" w14:textId="3DAB3220" w:rsidR="002C5D54" w:rsidRPr="0066761C" w:rsidRDefault="00AA64E7" w:rsidP="00DB3CBF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
-      <w:r w:rsidR="002C5D54" w:rsidRPr="006048C4">
+      <w:r w:rsidR="002C5D54" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00496A90" w:rsidRPr="006048C4">
-[...18 lines deleted...]
-      <w:r w:rsidR="00C15994" w:rsidRPr="006048C4">
+      <w:r w:rsidR="002C5D54" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Решить систему уравнений</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3CBF" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <m:oMath>
         <m:d>
           <m:dPr>
             <m:begChr m:val="{"/>
             <m:endChr m:val=""/>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:eqArr>
               <m:eqArrPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:eqArrPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
-                    <w:lang w:val="kk-KZ"/>
                   </w:rPr>
                   <m:t>&amp;</m:t>
                 </m:r>
                 <m:sSup>
                   <m:sSupPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSupPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
-                        <w:lang w:val="kk-KZ"/>
                       </w:rPr>
                       <m:t>х</m:t>
                     </m:r>
                   </m:e>
                   <m:sup>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
-                        <w:lang w:val="kk-KZ"/>
                       </w:rPr>
                       <m:t>2</m:t>
                     </m:r>
                   </m:sup>
                 </m:sSup>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
-                    <w:lang w:val="kk-KZ"/>
                   </w:rPr>
                   <m:t>+</m:t>
                 </m:r>
                 <m:sSup>
                   <m:sSupPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSupPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
-                        <w:lang w:val="kk-KZ"/>
                       </w:rPr>
                       <m:t>у</m:t>
                     </m:r>
                   </m:e>
                   <m:sup>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
-                        <w:lang w:val="kk-KZ"/>
                       </w:rPr>
                       <m:t>2</m:t>
                     </m:r>
                   </m:sup>
                 </m:sSup>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
-                    <w:lang w:val="kk-KZ"/>
                   </w:rPr>
                   <m:t>=20</m:t>
                 </m:r>
               </m:e>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
-                    <w:lang w:val="kk-KZ"/>
                   </w:rPr>
                   <m:t>&amp;х+у=-2</m:t>
                 </m:r>
               </m:e>
             </m:eqArr>
           </m:e>
         </m:d>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="7E1058EF" w14:textId="77777777" w:rsidR="002C5D54" w:rsidRPr="006048C4" w:rsidRDefault="002C5D54" w:rsidP="00C15994">
+    <w:p w14:paraId="7E1058EF" w14:textId="77777777" w:rsidR="002C5D54" w:rsidRPr="0066761C" w:rsidRDefault="002C5D54" w:rsidP="00AD2B96">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">А) (2; 4); (4; 2)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D542235" w14:textId="77777777" w:rsidR="00650478" w:rsidRPr="006048C4" w:rsidRDefault="002C5D54" w:rsidP="00C15994">
+    <w:p w14:paraId="0D542235" w14:textId="77777777" w:rsidR="00650478" w:rsidRPr="0066761C" w:rsidRDefault="002C5D54" w:rsidP="00AD2B96">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В) (-4; 2); (2; -4)   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E74A519" w14:textId="093D3CDA" w:rsidR="002C5D54" w:rsidRPr="006048C4" w:rsidRDefault="002C5D54" w:rsidP="00C15994">
+    <w:p w14:paraId="6E74A519" w14:textId="093D3CDA" w:rsidR="002C5D54" w:rsidRPr="0066761C" w:rsidRDefault="002C5D54" w:rsidP="00AD2B96">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>С) (8; 2); (-8; -2)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BEEA3C6" w14:textId="782A7D30" w:rsidR="002C5D54" w:rsidRPr="006048C4" w:rsidRDefault="00C15994" w:rsidP="00C15994">
+    <w:p w14:paraId="0BEEA3C6" w14:textId="77777777" w:rsidR="002C5D54" w:rsidRPr="0066761C" w:rsidRDefault="002C5D54" w:rsidP="00AD2B96">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">D) </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="6A5500E5" w14:textId="7B30E555" w:rsidR="00850CB3" w:rsidRPr="00E05899" w:rsidRDefault="002C5D54" w:rsidP="00C15994">
+        <w:t xml:space="preserve">D)  (6; 0); (-6; 0)      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C70312D" w14:textId="4AB1AC51" w:rsidR="00AD2B96" w:rsidRPr="0066761C" w:rsidRDefault="002C5D54" w:rsidP="00AD2B96">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Е) (</w:t>
       </w:r>
-      <w:r w:rsidR="00650478" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10;4</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00650478" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00C15994" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00AD2B96" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00650478" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(4;10)</w:t>
       </w:r>
-      <w:r w:rsidR="00850CB3" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00850CB3" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00C15994" w:rsidRPr="006048C4">
-[...9 lines deleted...]
-    <w:p w14:paraId="3ABF9306" w14:textId="17A96CB0" w:rsidR="00850CB3" w:rsidRPr="006048C4" w:rsidRDefault="00850CB3" w:rsidP="00C15994">
+      <w:r w:rsidR="00AD2B96" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A10349F" w14:textId="77777777" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00850CB3" w:rsidP="00AD2B96">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="right" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E05899">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="0E7E1A1B" w14:textId="77777777" w:rsidR="00E05899" w:rsidRDefault="00F12321" w:rsidP="00E05899">
+        </w:rPr>
+        <w:t>Часть В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233A701E" w14:textId="4F3D6B7A" w:rsidR="00AD2B96" w:rsidRPr="0066761C" w:rsidRDefault="00F12321" w:rsidP="00AD2B96">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008E276B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E276B">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE7154" w:rsidRPr="006048C4">
-[...66 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вокруг круглого стола поставили 6 стульев. Сколькими способами 6 учеников могут сесть на стулья?</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2B96" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="009603C6" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="375781F6" w14:textId="3FE78BF8" w:rsidR="00650478" w:rsidRPr="0066761C" w:rsidRDefault="00F12321" w:rsidP="00605A2E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00650478" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>a)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C15994" w:rsidRPr="006048C4">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE76D1" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Даны пять чисел</w:t>
+      </w:r>
+      <w:r w:rsidR="00605A2E" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00650478" w:rsidRPr="006048C4">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 6</w:t>
       </w:r>
       <m:oMath>
         <m:rad>
           <m:radPr>
             <m:degHide m:val="1"/>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:radPr>
           <m:deg/>
           <m:e>
-            <w:bookmarkStart w:id="0" w:name="_Hlk67186287"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk67186287"/>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
-            <w:bookmarkEnd w:id="0"/>
+            <w:bookmarkEnd w:id="1"/>
           </m:e>
         </m:rad>
       </m:oMath>
-      <w:r w:rsidR="00650478" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00605A2E" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>; b = 3</w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 3</w:t>
       </w:r>
       <m:oMath>
         <m:rad>
           <m:radPr>
             <m:degHide m:val="1"/>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:radPr>
           <m:deg/>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:e>
         </m:rad>
       </m:oMath>
-      <w:r w:rsidR="00C15994" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00605A2E" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + 1; </w:t>
+      </w:r>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> + 1;</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> c = </w:t>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="en-US"/>
           </w:rPr>
           <m:t>2</m:t>
         </m:r>
         <m:rad>
           <m:radPr>
             <m:degHide m:val="1"/>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:radPr>
           <m:deg/>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>3</m:t>
             </m:r>
           </m:e>
         </m:rad>
       </m:oMath>
-      <w:r w:rsidR="00C15994" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00605A2E" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
-[...8 lines deleted...]
-        <w:t>d = 1-3</w:t>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1-3</w:t>
       </w:r>
       <m:oMath>
         <m:rad>
           <m:radPr>
             <m:degHide m:val="1"/>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:radPr>
           <m:deg/>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:e>
         </m:rad>
       </m:oMath>
-      <w:r w:rsidR="00650478" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00605A2E" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">e = </w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00650478" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = </w:t>
       </w:r>
       <m:oMath>
         <m:rad>
           <m:radPr>
             <m:degHide m:val="1"/>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:radPr>
           <m:deg/>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <m:t>72</m:t>
             </m:r>
           </m:e>
         </m:rad>
       </m:oMath>
-      <w:r w:rsidR="00D052CC" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00605A2E" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EEE59C8" w14:textId="02510536" w:rsidR="00BE76D1" w:rsidRPr="0066761C" w:rsidRDefault="00811FF9" w:rsidP="00605A2E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (i) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Укажите два равных числа.                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F736A1" w14:textId="79418C94" w:rsidR="00BE76D1" w:rsidRPr="0066761C" w:rsidRDefault="00811FF9" w:rsidP="00811FF9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Произведение каких двух чисел равно числу -17</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бес сан берілген</w:t>
-[...154 lines deleted...]
-    <w:p w14:paraId="15075D4D" w14:textId="21658F9E" w:rsidR="00F12321" w:rsidRPr="006048C4" w:rsidRDefault="00BE76D1" w:rsidP="00C15994">
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk67186937"/>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="36153D58" w14:textId="551F6043" w:rsidR="00CD273E" w:rsidRDefault="00BE76D1" w:rsidP="00CD273E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...85 lines deleted...]
-    <w:p w14:paraId="2A7E498C" w14:textId="36BBD974" w:rsidR="00F12321" w:rsidRPr="006048C4" w:rsidRDefault="00F12321" w:rsidP="00C96A60">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Запишите любое иррациональное число, которое находится между числами 2 и 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00811FF9" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00934AA9" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="009603C6" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="0066761C" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="009603C6" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276B83BF" w14:textId="6DF8A9F0" w:rsidR="00811FF9" w:rsidRPr="0066761C" w:rsidRDefault="00F12321" w:rsidP="00CD273E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
-          <w:tab w:val="right" w:pos="9360"/>
-          <w:tab w:val="right" w:pos="9498"/>
+          <w:tab w:val="right" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE76D1" w:rsidRPr="006048C4">
-[...18 lines deleted...]
-    <w:p w14:paraId="5AD4E64E" w14:textId="2CD8D9B2" w:rsidR="00A63E6B" w:rsidRPr="006048C4" w:rsidRDefault="00F12321" w:rsidP="00C15994">
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для периодической дроби 0,31(6) найдите несократимую обыкновенную дробь. Запишите разность числителя и знаменателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00811FF9" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="009603C6" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="0066761C" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="009603C6" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD4E64E" w14:textId="779C5DBC" w:rsidR="00A63E6B" w:rsidRPr="0066761C" w:rsidRDefault="00F12321" w:rsidP="00811FF9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>14.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C15994" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00850CB3" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidR="00BE76D1" w:rsidRPr="006048C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE76D1" w:rsidRPr="006048C4">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Найдите все значения </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при которых выражение </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <m:t>2x-1</m:t>
+              </w:rPr>
+              <m:t>2</m:t>
+            </m:r>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <m:t>x</m:t>
+            </m:r>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>-1</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <m:t>x² - 5x – 6</m:t>
+              </w:rPr>
+              <m:t>x² - 5</m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <m:t>x</m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t xml:space="preserve"> – 6</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidR="00BE76D1" w:rsidRPr="006048C4">
-[...67 lines deleted...]
-    <w:p w14:paraId="0F5B85B1" w14:textId="322FB9F9" w:rsidR="00A63E6B" w:rsidRPr="006048C4" w:rsidRDefault="00A63E6B" w:rsidP="00C15994">
+      <w:r w:rsidR="00BE76D1" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не имеет смысла</w:t>
+      </w:r>
+      <w:r w:rsidR="00811FF9" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.                                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="009603C6" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E96391" w14:textId="44C4F7BF" w:rsidR="00A63E6B" w:rsidRPr="0066761C" w:rsidRDefault="00A63E6B" w:rsidP="00D0217B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00496A90" w:rsidRPr="006048C4">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Упростите: </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <m:t>25 - 10x + x²</m:t>
+              </w:rPr>
+              <m:t>25 - 10</m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <m:t>x</m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t xml:space="preserve"> + </m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <m:t>x</m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>²</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <m:t>5x² - x³</m:t>
+              </w:rPr>
+              <m:t>5</m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <m:t>x</m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t xml:space="preserve">² - </m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <m:t>x</m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>³</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidRPr="006048C4">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <m:t>25 – x²</m:t>
+              </w:rPr>
+              <m:t xml:space="preserve">25 – </m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <m:t>x</m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>²</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <m:t xml:space="preserve">x³ </m:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <m:t>x</m:t>
+            </m:r>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="p"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t xml:space="preserve">³ </m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="00811FF9" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00934AA9" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00811FF9" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3013A0" w14:textId="77777777" w:rsidR="00934AA9" w:rsidRPr="0066761C" w:rsidRDefault="00934AA9" w:rsidP="00D0217B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A44EFC2" w14:textId="6E7664BE" w:rsidR="00A63E6B" w:rsidRPr="0066761C" w:rsidRDefault="000E1AC2" w:rsidP="00D0217B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>15.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C15994" w:rsidRPr="006048C4">
-[...35 lines deleted...]
-        <w:t xml:space="preserve">    </w:t>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Даны первые че</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0217B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тыре члена последовательности: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>2</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>3</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidR="00A63E6B" w:rsidRPr="006048C4">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>7</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>9</m:t>
             </m:r>
           </m:den>
         </m:f>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <m:t>,</m:t>
         </m:r>
       </m:oMath>
-      <w:r w:rsidR="00A63E6B" w:rsidRPr="006048C4">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>12</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>15</m:t>
             </m:r>
           </m:den>
         </m:f>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <m:t>,</m:t>
         </m:r>
       </m:oMath>
-      <w:r w:rsidR="00A63E6B" w:rsidRPr="006048C4">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>17</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>21</m:t>
             </m:r>
           </m:den>
         </m:f>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <m:t>, …</m:t>
         </m:r>
       </m:oMath>
     </w:p>
-    <w:p w14:paraId="548406F3" w14:textId="16244D7F" w:rsidR="00A63E6B" w:rsidRPr="006048C4" w:rsidRDefault="00C15994" w:rsidP="00966B4F">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="548406F3" w14:textId="53613D5E" w:rsidR="00A63E6B" w:rsidRPr="0066761C" w:rsidRDefault="0044453C" w:rsidP="0044453C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">a) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B21DBB" w:rsidRPr="006048C4">
+        <w:t>а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00B21DBB" w:rsidRPr="006048C4">
+        </w:rPr>
+        <w:t>Запишите следующий член последовательности</w:t>
+      </w:r>
+      <w:r w:rsidR="00D0217B" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A63E6B" w:rsidRPr="006048C4">
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0217B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045EC6C9" w14:textId="547C16F7" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="0044453C" w:rsidP="00CD273E">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...53 lines deleted...]
-    <w:p w14:paraId="1D9E0CDA" w14:textId="6AFF5749" w:rsidR="00A63E6B" w:rsidRPr="006048C4" w:rsidRDefault="000E1AC2" w:rsidP="00E05899">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Найдите двенадцатый член последовательности.                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0217B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9E0CDA" w14:textId="77777777" w:rsidR="00A63E6B" w:rsidRPr="0066761C" w:rsidRDefault="000E1AC2" w:rsidP="00CD273E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>16.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C394E" w:rsidRPr="006048C4">
-[...48 lines deleted...]
-    <w:p w14:paraId="535FD2F2" w14:textId="4CBE489B" w:rsidR="00A63E6B" w:rsidRPr="006048C4" w:rsidRDefault="00A63E6B" w:rsidP="00E05899">
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для экзамена подготовлены билеты с номерами от 1 до 20. Какова вероятность того, что взятый наугад школьником билет имеет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535FD2F2" w14:textId="3789D713" w:rsidR="00A63E6B" w:rsidRPr="0066761C" w:rsidRDefault="00A63E6B" w:rsidP="00CD273E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> однозначный номер              </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3005" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006C394E" w:rsidRPr="006048C4">
-[...48 lines deleted...]
-    <w:p w14:paraId="4BCAC06D" w14:textId="3AF43734" w:rsidR="00850CB3" w:rsidRPr="006048C4" w:rsidRDefault="00A63E6B" w:rsidP="00E05899">
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="0044453C" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCAC06D" w14:textId="3E0CC979" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="00A63E6B" w:rsidP="00CD273E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>b)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нечетный номер                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3005" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="0044453C" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74CB98E0" w14:textId="56505A30" w:rsidR="00850CB3" w:rsidRPr="0066761C" w:rsidRDefault="000E1AC2" w:rsidP="00CD273E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>b)</w:t>
-[...93 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>17.</w:t>
       </w:r>
-      <w:r w:rsidR="00850CB3" w:rsidRPr="006048C4">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00850CB3" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00B9466C" w:rsidRPr="006048C4">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Геометриялық прогрессияның бірінші мүшесі  </w:t>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Первый член геометрической прогрессии равен </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>1</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>3</m:t>
             </m:r>
           </m:den>
         </m:f>
-        <m:r>
-[...7 lines deleted...]
-        </m:r>
       </m:oMath>
-      <w:r w:rsidR="00B9466C" w:rsidRPr="006048C4">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">екінші мүшесі </w:t>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, второй член </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>1</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>6</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r w:rsidR="00B9466C" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00F64BFB" w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  -ге тең.</w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05166DC8" w14:textId="0B99EB12" w:rsidR="00A63E6B" w:rsidRPr="0066761C" w:rsidRDefault="00A63E6B" w:rsidP="00CD273E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...79 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00441FC4" w:rsidRPr="006048C4">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Найдите пятый член прогрессии.                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BFB" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00821DD0" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A44BDC" w14:textId="5C7FC4C8" w:rsidR="00A63E6B" w:rsidRPr="00CD273E" w:rsidRDefault="00A63E6B" w:rsidP="00CD273E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Найдите сумму </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бесконечно убывающей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прогрессии</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BFB" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56B9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BFB" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00821DD0" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E05899">
-[...9 lines deleted...]
-    <w:p w14:paraId="30027E5B" w14:textId="55535CA1" w:rsidR="0078530B" w:rsidRPr="006048C4" w:rsidRDefault="00850CB3" w:rsidP="00867B8E">
+    </w:p>
+    <w:p w14:paraId="4A6479A1" w14:textId="3F5AD753" w:rsidR="00850CB3" w:rsidRPr="00CD273E" w:rsidRDefault="00850CB3" w:rsidP="00950F11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:noProof/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>18.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="0066761C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0078530B" w:rsidRPr="006048C4">
-[...9 lines deleted...]
-      <w:r w:rsidR="0078530B" w:rsidRPr="006048C4">
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="0066761C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лодка прошла 80 км по течению и столько же против течения. На весь пусть она затратила в 2 раза больше времени, чем ему понадобилось бы, чтобы пройти 90 км в стоячей воде. Какова скорость лодки в стоячей воде, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>если скорость течения равна 2 км/ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E6B" w:rsidRPr="00CD273E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> өзен ағысымен 80 км  және кері қайтарда да осындай жолды жүзіп өтті. Барлық жолға</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD3EBD" w:rsidRPr="006048C4">
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BFB" w:rsidRPr="00CD273E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жұмсалған уақыты, тынық судағы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0078530B" w:rsidRPr="006048C4">
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="009603C6" w:rsidRPr="00CD273E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 90 км жолға кететін уақыттан 2 есе артық болды.</w:t>
-[...44 lines deleted...]
-    <w:p w14:paraId="4A6479A1" w14:textId="02718872" w:rsidR="00850CB3" w:rsidRPr="00E05899" w:rsidRDefault="0078530B" w:rsidP="00E05899">
+        <w:t xml:space="preserve">                                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="0066761C" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="009603C6" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353E407A" w14:textId="6D9C468E" w:rsidR="00F64BFB" w:rsidRPr="00950F11" w:rsidRDefault="000E1AC2" w:rsidP="00950F11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...64 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD273E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>19.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006048C4">
+      <w:r w:rsidRPr="00CD273E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007E3DF3" w:rsidRPr="006048C4">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00F65984" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вычислите</w:t>
+      </w:r>
+      <w:r w:rsidR="00B62A01" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00850CB3" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <m:t>16</m:t>
             </m:r>
             <m:func>
               <m:funcPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:funcPr>
               <m:fName>
                 <m:r>
                   <m:rPr>
                     <m:sty m:val="p"/>
                   </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
-                    <w:lang w:val="kk-KZ"/>
                   </w:rPr>
                   <m:t>cos</m:t>
                 </m:r>
               </m:fName>
               <m:e>
-                <m:r>
-[...7 lines deleted...]
-                </m:r>
+                <m:sSup>
+                  <m:sSupPr>
+                    <m:ctrlPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                        <w:i/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                    </m:ctrlPr>
+                  </m:sSupPr>
+                  <m:e>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <m:t>10</m:t>
+                    </m:r>
+                  </m:e>
+                  <m:sup>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <m:t>0</m:t>
+                    </m:r>
+                  </m:sup>
+                </m:sSup>
                 <m:func>
                   <m:funcPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:funcPr>
                   <m:fName>
                     <m:r>
                       <m:rPr>
                         <m:sty m:val="p"/>
                       </m:rPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
-                        <w:lang w:val="kk-KZ"/>
                       </w:rPr>
                       <m:t>cos</m:t>
                     </m:r>
+                    <m:sSup>
+                      <m:sSupPr>
+                        <m:ctrlPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                          </w:rPr>
+                        </m:ctrlPr>
+                      </m:sSupPr>
+                      <m:e>
+                        <m:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                          </w:rPr>
+                          <m:t>80</m:t>
+                        </m:r>
+                      </m:e>
+                      <m:sup>
+                        <m:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                          </w:rPr>
+                          <m:t>0</m:t>
+                        </m:r>
+                      </m:sup>
+                    </m:sSup>
                   </m:fName>
-                  <m:e>
-[...9 lines deleted...]
-                  </m:e>
+                  <m:e/>
                 </m:func>
               </m:e>
             </m:func>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <m:t>sin40</m:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <m:t>sin</m:t>
             </m:r>
+            <m:sSup>
+              <m:sSupPr>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                    <w:i/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:sSupPr>
+              <m:e>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <m:t>40</m:t>
+                </m:r>
+              </m:e>
+              <m:sup>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <m:t>0</m:t>
+                </m:r>
+              </m:sup>
+            </m:sSup>
           </m:den>
         </m:f>
       </m:oMath>
-    </w:p>
-    <w:p w14:paraId="0EBF9464" w14:textId="588C219A" w:rsidR="00850CB3" w:rsidRPr="006048C4" w:rsidRDefault="00B62A01" w:rsidP="00BD3EBD">
+      <w:r w:rsidR="00F64BFB" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AC8243" w14:textId="7AFD2F5F" w:rsidR="00537CE3" w:rsidRPr="00CD273E" w:rsidRDefault="00B62A01" w:rsidP="00950F11">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006048C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD273E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0023489D" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Решите</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BFB" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неравенство</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45FBE" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F64BFB" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2x³ - 2x² ≤ 24x                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45FBE" w:rsidRPr="00CD273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EF5F95" w14:textId="77777777" w:rsidR="003C3E90" w:rsidRPr="0066761C" w:rsidRDefault="003C3E90" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32DE6A37" w14:textId="77777777" w:rsidR="003C3E90" w:rsidRPr="0066761C" w:rsidRDefault="003C3E90" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C6832E0" w14:textId="7154A9C8" w:rsidR="003C3E90" w:rsidRPr="0066761C" w:rsidRDefault="003C3E90" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Теңсіздікті  шешіңіз </w:t>
-[...6 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5802631A" w14:textId="6EA0C99D" w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidRDefault="0086185D" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2x³ - 2x²</w:t>
-[...6 lines deleted...]
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29637ED4" w14:textId="690548FB" w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidRDefault="0086185D" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ≤ 24x                                                             </w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ACDA758" w14:textId="0E998C80" w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidRDefault="0086185D" w:rsidP="00200354">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45EF5F95" w14:textId="77777777" w:rsidR="003C3E90" w:rsidRPr="006048C4" w:rsidRDefault="003C3E90" w:rsidP="00C96A60">
+    <w:p w14:paraId="33AFC073" w14:textId="7876CD39" w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidRDefault="0086185D" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32DE6A37" w14:textId="77777777" w:rsidR="003C3E90" w:rsidRPr="006048C4" w:rsidRDefault="003C3E90" w:rsidP="00C96A60">
+    <w:p w14:paraId="00ABEE8F" w14:textId="5EEB9853" w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidRDefault="0086185D" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="677D9BBB" w14:textId="77777777" w:rsidR="00BD3EBD" w:rsidRPr="006048C4" w:rsidRDefault="00BD3EBD" w:rsidP="00C96A60">
+    <w:p w14:paraId="0F3F80B9" w14:textId="1239EC9C" w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidRDefault="0086185D" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58CC4EEA" w14:textId="77777777" w:rsidR="00BD3EBD" w:rsidRPr="006048C4" w:rsidRDefault="00BD3EBD" w:rsidP="00C96A60">
+    <w:p w14:paraId="5336E760" w14:textId="7C572B62" w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidRDefault="0086185D" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30FC5C1F" w14:textId="77777777" w:rsidR="00BD3EBD" w:rsidRPr="006048C4" w:rsidRDefault="00BD3EBD" w:rsidP="00C96A60">
+    <w:p w14:paraId="372842D1" w14:textId="1E981B47" w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidRDefault="0086185D" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C66E76E" w14:textId="77777777" w:rsidR="00BD3EBD" w:rsidRPr="006048C4" w:rsidRDefault="00BD3EBD" w:rsidP="00C96A60">
+    <w:p w14:paraId="4C5B33FB" w14:textId="61E5FF12" w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidRDefault="0086185D" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C93C74" w14:textId="77777777" w:rsidR="00BD3EBD" w:rsidRPr="006048C4" w:rsidRDefault="00BD3EBD" w:rsidP="00C96A60">
+    <w:p w14:paraId="4F773C0A" w14:textId="2C47380E" w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidRDefault="0086185D" w:rsidP="00200354">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D2111A6" w14:textId="77777777" w:rsidR="00BD3EBD" w:rsidRPr="006048C4" w:rsidRDefault="00BD3EBD" w:rsidP="00C96A60">
-[...27 lines deleted...]
-    <w:sectPr w:rsidR="00BD3EBD" w:rsidRPr="006048C4">
+    <w:sectPr w:rsidR="0086185D" w:rsidRPr="0066761C" w:rsidSect="001A0BF7">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="082E089C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F70295EA"/>
     <w:lvl w:ilvl="0" w:tplc="4E8CA8BE">
       <w:start w:val="1"/>
@@ -6842,62 +6796,62 @@
         <w:ind w:left="5486" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6206" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6926" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09482F0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="91281FDE"/>
-    <w:lvl w:ilvl="0" w:tplc="05028254">
+    <w:tmpl w:val="1312FD12"/>
+    <w:lvl w:ilvl="0" w:tplc="58C60CAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%1)"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:b w:val="0"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1845" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -7029,128 +6983,128 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5745" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25DC21B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35D46C40"/>
     <w:lvl w:ilvl="0" w:tplc="4E8CA8BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2084" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="1000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2804" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="10000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="1000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4244" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="1000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="263D33D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="929AB300"/>
     <w:lvl w:ilvl="0" w:tplc="10000017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7511,195 +7465,170 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA02DA"/>
-    <w:rsid w:val="00013F69"/>
     <w:rsid w:val="00016213"/>
     <w:rsid w:val="00026028"/>
-    <w:rsid w:val="0005033D"/>
-    <w:rsid w:val="00064528"/>
     <w:rsid w:val="000731B5"/>
+    <w:rsid w:val="000817C2"/>
     <w:rsid w:val="000C0970"/>
-    <w:rsid w:val="000C3B48"/>
     <w:rsid w:val="000E1AC2"/>
+    <w:rsid w:val="00130086"/>
     <w:rsid w:val="00133717"/>
     <w:rsid w:val="00165683"/>
-    <w:rsid w:val="00211EA5"/>
+    <w:rsid w:val="001A0BF7"/>
+    <w:rsid w:val="00200354"/>
     <w:rsid w:val="0023489D"/>
     <w:rsid w:val="0024125B"/>
-    <w:rsid w:val="002836BB"/>
-    <w:rsid w:val="002B56A8"/>
+    <w:rsid w:val="00264E46"/>
     <w:rsid w:val="002C5D54"/>
-    <w:rsid w:val="002E5FD8"/>
     <w:rsid w:val="00336FED"/>
-    <w:rsid w:val="00343AC4"/>
     <w:rsid w:val="003732FE"/>
-    <w:rsid w:val="003A0460"/>
+    <w:rsid w:val="003A57AF"/>
     <w:rsid w:val="003C3E90"/>
-    <w:rsid w:val="003C61A9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00420494"/>
+    <w:rsid w:val="003F4B10"/>
     <w:rsid w:val="00430F62"/>
     <w:rsid w:val="00432F1A"/>
-    <w:rsid w:val="00441FC4"/>
+    <w:rsid w:val="0044453C"/>
     <w:rsid w:val="00457A11"/>
     <w:rsid w:val="0046061A"/>
-    <w:rsid w:val="00496A90"/>
     <w:rsid w:val="00497824"/>
-    <w:rsid w:val="004E1574"/>
+    <w:rsid w:val="004C4054"/>
     <w:rsid w:val="004F6773"/>
+    <w:rsid w:val="00533BAB"/>
     <w:rsid w:val="00537CE3"/>
-    <w:rsid w:val="00553F4B"/>
     <w:rsid w:val="00565BFF"/>
-    <w:rsid w:val="005B51D3"/>
+    <w:rsid w:val="005D5776"/>
     <w:rsid w:val="005E158E"/>
     <w:rsid w:val="00600718"/>
-    <w:rsid w:val="006048C4"/>
-    <w:rsid w:val="006360E8"/>
+    <w:rsid w:val="00605A2E"/>
     <w:rsid w:val="00644B20"/>
     <w:rsid w:val="00650478"/>
-    <w:rsid w:val="006B20AB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E061E"/>
+    <w:rsid w:val="0066761C"/>
     <w:rsid w:val="006F766D"/>
     <w:rsid w:val="00766C21"/>
-    <w:rsid w:val="007730A9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0078530B"/>
     <w:rsid w:val="00787FBD"/>
     <w:rsid w:val="007C03B8"/>
-    <w:rsid w:val="007E3DF3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00803EBD"/>
     <w:rsid w:val="00805CCA"/>
+    <w:rsid w:val="00811FF9"/>
+    <w:rsid w:val="0081455A"/>
+    <w:rsid w:val="00821DD0"/>
     <w:rsid w:val="00850CB3"/>
-    <w:rsid w:val="00867B8E"/>
+    <w:rsid w:val="0086185D"/>
     <w:rsid w:val="008C5C12"/>
     <w:rsid w:val="008C64D1"/>
-    <w:rsid w:val="008E276B"/>
+    <w:rsid w:val="008D69D9"/>
     <w:rsid w:val="009029E0"/>
-    <w:rsid w:val="009118C2"/>
+    <w:rsid w:val="00934AA9"/>
+    <w:rsid w:val="00950F11"/>
+    <w:rsid w:val="009603C6"/>
     <w:rsid w:val="00960880"/>
-    <w:rsid w:val="00966B4F"/>
-    <w:rsid w:val="009A1F44"/>
     <w:rsid w:val="009B38E0"/>
     <w:rsid w:val="009B602B"/>
-    <w:rsid w:val="009E1185"/>
     <w:rsid w:val="00A63E6B"/>
     <w:rsid w:val="00AA64E7"/>
+    <w:rsid w:val="00AB6919"/>
     <w:rsid w:val="00AB6D23"/>
-    <w:rsid w:val="00B01799"/>
-    <w:rsid w:val="00B05016"/>
+    <w:rsid w:val="00AD2B96"/>
+    <w:rsid w:val="00AE1C2F"/>
+    <w:rsid w:val="00AF3005"/>
     <w:rsid w:val="00B07F07"/>
-    <w:rsid w:val="00B21DBB"/>
-    <w:rsid w:val="00B54A32"/>
+    <w:rsid w:val="00B56B9A"/>
     <w:rsid w:val="00B62A01"/>
-    <w:rsid w:val="00B9466C"/>
     <w:rsid w:val="00BA02DA"/>
-    <w:rsid w:val="00BD3EBD"/>
     <w:rsid w:val="00BD636F"/>
     <w:rsid w:val="00BE76D1"/>
     <w:rsid w:val="00C1397C"/>
-    <w:rsid w:val="00C15994"/>
     <w:rsid w:val="00C23E30"/>
     <w:rsid w:val="00C24F38"/>
+    <w:rsid w:val="00C2518D"/>
     <w:rsid w:val="00C36AB9"/>
-    <w:rsid w:val="00C52F2B"/>
-    <w:rsid w:val="00C535F8"/>
     <w:rsid w:val="00C65A0F"/>
-    <w:rsid w:val="00C70E12"/>
     <w:rsid w:val="00C80EDB"/>
-    <w:rsid w:val="00C96A60"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E531C2"/>
+    <w:rsid w:val="00CA39D2"/>
+    <w:rsid w:val="00CD273E"/>
+    <w:rsid w:val="00D0217B"/>
+    <w:rsid w:val="00D25F4E"/>
+    <w:rsid w:val="00D4026A"/>
+    <w:rsid w:val="00DB3CBF"/>
+    <w:rsid w:val="00E45FBE"/>
+    <w:rsid w:val="00E8445B"/>
     <w:rsid w:val="00EC5DD7"/>
+    <w:rsid w:val="00EF1138"/>
     <w:rsid w:val="00F12321"/>
-    <w:rsid w:val="00F236E4"/>
     <w:rsid w:val="00F45E86"/>
+    <w:rsid w:val="00F64BFB"/>
     <w:rsid w:val="00F65984"/>
-    <w:rsid w:val="00F84E2E"/>
-    <w:rsid w:val="00FA1851"/>
+    <w:rsid w:val="00FA2E74"/>
     <w:rsid w:val="00FE0D87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="45CAC81D"/>
-  <w15:docId w15:val="{18348BAE-D958-44B1-816B-A25A9CC13458}"/>
+  <w15:docId w15:val="{0E0587E5-279F-49B7-9E31-F7080E68BEC9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8252,117 +8181,50 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="ac">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00F45E86"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...65 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject12.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject11.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject10.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -8599,78 +8461,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12A49F3E-FB9B-4674-82B9-96AAAF604444}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C584060F-35B5-4F8F-9517-06F497255F41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>604</Words>
-  <Characters>3445</Characters>
+  <Words>803</Words>
+  <Characters>4582</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4041</CharactersWithSpaces>
+  <CharactersWithSpaces>5375</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Дастан</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>