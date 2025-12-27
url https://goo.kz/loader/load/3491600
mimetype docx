--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -3,357 +3,339 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BF456F" w:rsidRDefault="00BF456F" w:rsidP="00CB108C">
+    <w:p w:rsidR="00900216" w:rsidRPr="005A28CD" w:rsidRDefault="00E722FA" w:rsidP="00E47D2F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задания по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Хим</w:t>
+        <w:t>хим</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00BF456F">
+      <w:r w:rsidR="00900216" w:rsidRPr="005A28CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ия пәнінен қорытынды аттестаттауға дайындық тапсырмалары</w:t>
+        <w:t xml:space="preserve">ии для подготовки к итоговой аттестации </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE5D64" w:rsidRPr="002F188E" w:rsidRDefault="00AE5D64" w:rsidP="00CB108C">
+    <w:p w:rsidR="00AE5D64" w:rsidRPr="005A28CD" w:rsidRDefault="00AE5D64" w:rsidP="00E47D2F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F188E">
+      <w:r w:rsidRPr="005A28CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>А</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> бөлімі</w:t>
+        <w:t>Часть А</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE5D64" w:rsidRPr="002F188E" w:rsidRDefault="00CB108C" w:rsidP="00AE5D64">
+    <w:p w:rsidR="00AE5D64" w:rsidRPr="005A28CD" w:rsidRDefault="00AE5D64" w:rsidP="00AE5D64">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F188E">
+      <w:r w:rsidRPr="005A28CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Нұсқаулық: бір дұрыс жауапты таңдау арқылы тапсырмаларды орындаңыз.</w:t>
+        <w:t>Инструкция: выполните задания с выбором одного правильного ответа.</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9571"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC69C4" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+      <w:tr w:rsidR="00AC69C4" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9571" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E306A3" w:rsidRPr="002F188E" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
-[...43 lines deleted...]
-            <w:pPr>
+          <w:p w:rsidR="00E306A3" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E306A3" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E306A3" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">На уроке химии ученику была выдана  смесь: вода и масло. Определите тип  смеси и выберите подходящий способ разделения </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+            <w:pPr>
+              <w:ind w:right="343"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:position w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38A14CA8" wp14:editId="1F068CC5">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CA13B22" wp14:editId="10664DA3">
                   <wp:extent cx="1128229" cy="1391360"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="image5.png" descr="vipar1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="10" name="image5.png"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1128229" cy="1391360"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="66"/>
                 <w:position w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="66"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05693625" wp14:editId="304ED1E7">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EB0A4A3" wp14:editId="49A8CB65">
                   <wp:extent cx="1100235" cy="1374626"/>
                   <wp:effectExtent l="0" t="0" r="5080" b="0"/>
                   <wp:docPr id="47" name="Picture 51" descr="1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="47" name="Picture 51" descr="1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1100235" cy="1374626"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:extLst/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="66"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14BFB276" wp14:editId="192E1663">
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03176DB9" wp14:editId="34D8F87F">
                       <wp:extent cx="2404906" cy="1486011"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="927" name="Группа 927"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
                             </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2404906" cy="1486011"/>
                                 <a:chOff x="1505" y="0"/>
                                 <a:chExt cx="4317" cy="2560"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="32" name="Picture 37" descr="7"/>
                                 <pic:cNvPicPr>
                                   <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -664,6137 +646,5558 @@
                                 <a:xfrm>
                                   <a:off x="1505" y="253"/>
                                   <a:ext cx="1426" cy="2262"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:extLst>
                                   <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                     <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                       <a:solidFill>
                                         <a:srgbClr val="FFFFFF"/>
                                       </a:solidFill>
                                     </a14:hiddenFill>
                                   </a:ext>
                                 </a:extLst>
                               </pic:spPr>
                             </pic:pic>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="57B01D40" id="Группа 927" o:spid="_x0000_s1026" style="width:189.35pt;height:117pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordorigin="1505" coordsize="4317,2560" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFUGoLbcBQAAZCIAAA4AAABkcnMvZTJvRG9jLnhtbOxa627bNhT+P2Dv&#10;IOi/akmmbMuIU6S+FAW6LVi7B6Al2hIqkRolx0mHAQP2CHuRvcFeoX2jfSQl2/Gl8RosxVY5iM27&#10;Ds85H8+Funh+m2fWDZNlKvjI9p65tsV4JOKUL0f2T29nzsC2yorymGaCs5F9x0r7+eW331ysiyHz&#10;RSKymEkLi/ByuC5GdlJVxbDTKaOE5bR8JgrG0bkQMqcVqnLZiSVdY/U86/iu2+ushYwLKSJWlmid&#10;mE77Uq+/WLCo+mGxKFllZSMbtFX6W+rvufruXF7Q4VLSIkmjmgz6GVTkNOV46GapCa2otZLpwVJ5&#10;GklRikX1LBJ5RywWacT0HrAbz93bzUspVoXey3K4XhYbNoG1e3z67GWj72+upZXGIzv0+7bFaQ4h&#10;ffjj428ff//wF/7+tFQ7uLQulkMMfimLN8W1NFtF8bWI3pXo7uz3q/rSDLbm6+9EjHXpqhKaS7cL&#10;maslsH/rVgvjbiMMdltZERp94pLQ7dlWhD6PDHqu5xlxRQlkquZ5gRvY1nZqlEzryaTrYTdqph/0&#10;tJQ7dGieqimtKbu8KNJoiP+atSgdsPZhFcSsaiWZXS+Sn7VGTuW7VeFACwpapfM0S6s7rdFgkCKK&#10;31ynkWK0qmyl1PUbIaFbPdXqYqMxKyMotRZUM97Mpmp3WkgWF+OE8iW7KgvAAtzDSk2TlGKdMBqX&#10;qlmJ8/4qunqPonmWFrM0y5QUVbneO4jY08wj7DNaPxHRKme8MjCWLAMbBC+TtChtSw5ZPmfQSvkq&#10;Bp0RjpAKClTIlFdag6Alr8tKPV3pi0baL/7gynVD/4UzDtyxQ9z+1LkKSd/pu9M+lGngjb3xr2q2&#10;R4arkoErNJsUaU06Wg+IPwqr+gAygNXAt26oPl4U4zRBza8mEU2KQ4rWUkY/gvcYh3IlWRUlqrgA&#10;I+t2DN50aK5vGa1EUgJ7D8KpO1BQhu4T3wCmgZQXhsCLRgXpd7WcG1RAT2RZvWQit1QBjAedmtP0&#10;BrswO2uGKJq5UOLXOzkmi9ANp4PpgDjE700hi8nEuZqNidObef1g0p2MxxOvkUWSxjHjarnHi0Jz&#10;VmRp3ChnKZfzcSaNiGb6U2+83A7rKJXYktGIr/k1Ymz4j1ZVxL86FWG2ykb7UTtPhZTROnbgv0lo&#10;wcB1tewO5rsN5pWSAMIZUD9Qu6jHNSdyaY7jT8D63gRVOUuhfNeHGd+esxt9qrXJI4/TpR1JKIzs&#10;CGzsBi6ZHAqMDjN+TwuBG9NyVBk9GJMXfujMeoO+Q2YkcMK+O3BcL3wR9mBmyGR2Xxlfp5w9Xhmt&#10;Ncxq4AcaR6c36erPsU3maQXvKEvzkT3YDKJDdVJPeazBV9E0M+UdJVbkN8rb/BolbmRudGcu4jsc&#10;KFIA8PCO4MehkAj53rbW8IlGdvnziirLlr3iUO3QI0Q5UbpCgr6Pitztme/2UB5hqZFd2ZYpjivU&#10;MGWFY3yZ4EmeZgwXV/ALFqk+ZBR9hirQrSpA11PBjByBWdjCbPewb2EGC7+xFS3MPhm+nLBmmzBj&#10;a82IdjoV3GH1/m1rRny3tWa7Qfa5Xm5rzf5L1gw6bqL5HZjpeKCFWRO6tNastWZnJ+NOWLOwgZkO&#10;GYiOqmuEjblJlEW3vE6UbSIzvdjbuwI5DZNvuTdFVc4MzLpIkCEw8/RzTTJEJc/gZeswX7uvUPMm&#10;4dZE8HWQnyFOODPIz7iOZhABPBDNnA7ZkM2sg5ZTAcynYrgvmFDY5Dp2fD+TXwBrEXA+HGKp/ImS&#10;6tNFM3CpDs//4EtEM35AdLJiq51ekzfQ9ui0esoHclCnQ+rTStjmDdq8wc4F01Hf95+l55BlPURa&#10;r0Vai7SvCGl1RrzOmaJ2kAg/chG0d5WLWU92j0Zggkx4dF3foxHtK6l9qMz7/+b2zNfu2rGseHtd&#10;tneL7Ad7XrSHy6vakfZ7j/RVNj6kdoN0Mt44RObu8iu5L9OX73iVQXvM9WsX6l2J3bp2lbcvh1z+&#10;DQAA//8DAFBLAwQUAAYACAAAACEAGZS7ycMAAACnAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1s&#10;LnJlbHO8kMsKwjAQRfeC/xBmb9N2ISKmbkRwK/oBQzJNo82DJIr+vQFBFAR3LmeGe+5hVuubHdmV&#10;YjLeCWiqGhg56ZVxWsDxsJ0tgKWMTuHoHQm4U4J1N52s9jRiLqE0mJBYobgkYMg5LDlPciCLqfKB&#10;XLn0PlrMZYyaB5Rn1MTbup7z+M6A7oPJdkpA3KkW2OEeSvNvtu97I2nj5cWSy18quLGluwAxasoC&#10;LCmDz2VbnQJp4N8lmv9INC8J/vHe7gEAAP//AwBQSwMEFAAGAAgAAAAhAEgkZyLdAAAABQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FrwkAQhe9C/8Myhd50E2OrpNmISOtJCtVC6W3MjkkwOxuyaxL/&#10;fbe9tJeBx3u89022Hk0jeupcbVlBPItAEBdW11wq+Di+TlcgnEfW2FgmBTdysM7vJhmm2g78Tv3B&#10;lyKUsEtRQeV9m0rpiooMupltiYN3tp1BH2RXSt3hEMpNI+dR9CQN1hwWKmxpW1FxOVyNgt2AwyaJ&#10;X/r95by9fR0f3z73MSn1cD9unkF4Gv1fGH7wAzrkgelkr6ydaBSER/zvDV6yXC1BnBTMk0UEMs/k&#10;f/r8GwAA//8DAFBLAwQKAAAAAAAAACEAB+BJKelLAADpSwAAFQAAAGRycy9tZWRpYS9pbWFnZTEu&#10;anBlZ//Y/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcGCAwK&#10;DAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0LDRQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgBeQEw&#10;AwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMCBAMF&#10;BQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYnKCkq&#10;NDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeYmZqi&#10;o6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5+v/E&#10;AB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwABAgMR&#10;BAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpDREVG&#10;R0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKz&#10;tLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMRAD8A&#10;/VCn1FDbpAMLUtABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFJ1opXYC0UUUwCiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooATA615P8Vv2lfh78E9c0PR/Fuu/wBm3+sOqWqfZ5HUqzbPMZlGFXceWr0Xz28yTzX+&#10;T+5X5ieOPh3L+3h+154wsk1iSDwn4TsW06LUIPuvKeF2r/vb6wnzNpL5jjq7H6i2l5BqFtHcW8iT&#10;wTIHR06Mpq1X5ufBv4+eKP2L9cHwy+MUdxP4adtmh+Ko4/3aRLtX5v4tv3/7z197/D7xppnjnQYN&#10;V0e/j1PTbj54rqA5V62vd6ajkuV2OsopCOaMc0XJFooopgFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUU3BpkjrH944oAlopkcm+n0AFFFFABRRRQAUUUUAFFFFABUU+/yn8r79SDpQaTd&#10;gPDP2lfig/wZ+C/ivxRcFI54LZkg3ydZX+Ve4/i/8drzX/gnP8KpfDHwOj8V6h+81bxnL/bU0z7t&#10;zo7Zj+8B95fn/wC2lcb/AMFAru9+L3jb4f8AwR0eD7W+s34vNQdN22CJMfe/2trbq+2PDeh2/hfw&#10;/pmkWSCO00+1jtIkXgBUUIv8qiDvzS7jUbas5r4gfCrw98UfD8/h7xRo9nrOlSdI7iPcUbbtVv8A&#10;x56+NLn9ib4mfs/eJItf+BHjG4fTVk8xvDGrSboef4flIVl+/X6EVH5CelHK+ZSQ763Z8L6H+3/4&#10;t+GF5/ZHxy+HmoeHrtP+YhpUe6GZdqnd8x/2v4a+p/hn8e/Avxg037X4S8T6fqX96HzNsyf70TYZ&#10;a6bxJ4K0Lxhp8llremW+pWkqbHjuY9w2/wDstfLPxE/4Ju+B9b1STVfBWp6h4A1Kb/WvpsjeT/e+&#10;5kfxKlHNb+IvuJPrm3ne4j3qiVPL5uP3ez/gWa+B5LL9qv8AZlvTcWl5F8XPCn/PrPua6j+Y+277&#10;uz+Ku6+Hv/BSDwRquqyaJ4903Ufh1rkPyTR6lHuhRv8AfwG/4Ft21Skmrpl8p9h0VgeFPGeheNdK&#10;TUNB1ez1e0b5fPspRIu78K3O1PoR0uPopAMUhHNMQ6iiigYUUUUAFFFFABRRRQAUUUUAFFFVxcZn&#10;eKgBRIkjvF/drH1i3iuLy3d7iSBEVvk8zbG+dv3qfaRy/a7hZY5MOzfP5ny7a/Pz9si48Ua5+2f8&#10;N/AWiePNU8PWGvadsuINOk+aHDPtk25H3v8A2nWUqkYtKWhGp+idrGkc7qn92rlfkv8As0/FPxX8&#10;Nf27k8A6x431jxFpF7qFzpiPqt3JL521X8lvmAX5tv8Adr9ZiK0bX2dS2OooopgFFFFABRVNBDBc&#10;Pn5JJatjFAri0UUUDEHSq91dxWVvJLNII40Xczt2pY7hJJ5I16p96vB/22/iW3ww/Z48SX0JjN9q&#10;C/2ZaxuRl5ZQwVVGDubjpWc5KMW2K54j+yHeJ8c/2rvi58UbiAzWumyrpGmXQT5No+XjIB+6tfdn&#10;BOK+f/2H/hO/wg/Z38PaZdQ/Z9T1AtqmoJ/03lxu/wDHVRfwr6BPSnGPKkkXN3dxaKKKskKKKKVg&#10;G4rz/wCIHwS8EfEzS57PxL4e0+/ilZXLvEN4YfxbuPSvQqKlxTVmgPg/XP8Agno/gfUZNY+EXxD1&#10;jwvfbVb7N9oZoXcNuXdt+8vzP8v/AKH9yo9E+P37RnwMj2fEHwN/wmfh63T5tX0b95N/vMsYP97+&#10;7X3Y9hBJ1jFU49MSCzuIm/fxuzPs/wDZalKUHa+hcZa3krngnwv/AG8/hJ8TNQs9JGu/8I9rlx5a&#10;f2drEf2dvNfA8sM3ys24179b63YXdv58N3FLD/fSTcK8A+L/AOxx8Mfi59outV8Lx2N/K3yajYyf&#10;Z5kY87vlI/iavDP+GL/i18F7eS4+FPxIuLi03M6aLqvyx87ivqtNTWie7IXveR97/wBp2u8L54y3&#10;SrBdUj3dq/PyD9tz4kfBPW49P+MXw3uBaW+1JdX0ePcr7VX951K/7VfSvwi/a/8AhT8aLMPoHiyz&#10;+1bfnsb5/s8yfLk/K+N1aL3tg7Lue3JIkke5DvWpKyv7St4Y9sbo/wDcCflWhG++PcKHpuHWxLRR&#10;RQAUUUUAFFFFABVZ42j8ySL53b+En5as0UAZ9pHcIj+b5fmNX58ftb6XdSf8FB/gG7W/mebE3zwS&#10;bZHVZXNfojPJ5ULuvYV+eX7W89pZft7/AAH1CX7RaTyweT538L/vW2/Nkf3nrCp780n5l07XszwS&#10;8iFh/wAFSvDM81p5Uj+I97wbAzJuWVV6n+9X7FKd+Gr8UPGGtxXH/BUPw+82oSeXF4utkSdPlb/W&#10;rt7f8Br9rYf9RH/uilQbcImUHfcmopB0pa6CgooooA8F/aI8Iat4g8SeE57PVdQ021f7TZb9OvHt&#10;/LuXjzBI2373zL92tH9lPx/rXxK+B3hvW9ek3680UlvqJ+Vd1xHIyP8Ad+792u6+KIePwJq93F/r&#10;7GL7bEf7rRfP/wCy14f+zHdtpHxB+KmhJcRx2N3qMHiTT0j+75F5FvZlXH/PRXreNpU35F2PpyOT&#10;fRJv/hqKD/Wf8BqxWD0IKUcMkEjtvTYfvcV8MftNamn7Rf7Vfw/+FOlRyT2PhuVtX1t5Nyx7fkZY&#10;+zfw19qeK9dtPDHh/UdZvriOC0sbeS4mmk+VURFy1fE3/BOvw7qHxC8ZfEj4zavHJnXrz7Jp88gY&#10;K8SM27buz/u1jeftUkvd6lQaTsfd9pEltaxRRf6tFCrVk9Kb9yn1sS9QooooAKKKKACiiigAppJp&#10;1FAEUkayDa3zexpkluskXlY+SrFFJq4GFfeFtP1TT5bXULeC/t5OqTxqy88V84/FH/gnj8KfiPJ9&#10;rt9Nbwpqy/cvdCHk/L/dZfut9fvV9V0mKzdOLDs+x+eb/szftCfs66hby/Dn4g/8JZotvL/o+l6z&#10;ub5edytu3ert96uw+An/AAUFvfHHxMg+HXjjwLe+GvFnnNBKIPmjjbGV3bjuX+7X2H4p1m38N+HN&#10;U1W7/wCPext5Ll/91F3V+cv/AAT8s7v42ftP/Ej4u6nHv2SyQ2+/d8jSbdu3p/yzVKVOMpVGm9DS&#10;MeZtyP0xp9JS1sZhRRRQAUUUUAFFFFAETAMMV+ev7ZEd1/w3h+z3bw3n7vaz+S/3U/et/wDE1+h2&#10;K+C/2wd1v+3L+ztI1nb3Yl+0RoH27uGy33s/3krmqrbUzb5fePkrx/GLf/gqV4Ya3jjtC/iu081/&#10;L3K7GVfM9Pvf+1K/aO3TbBGvoor8bPifcT/8PP8AwxtP27d4pt8QP82xQ6qy9T/dr9lYvuL/ALtP&#10;DfwUzW6aTRLRRRXQIKKKKAM/WNNj1jSb2wl/1d1A9u3+66lT/Ovgv9nDxHqWifEv4b/2tbyWs81n&#10;qfgfUn8z939pspWkgXqGZv3b/NX6BY4r4F+PVg/w88R/EPU7WONL/wAN6/pHxAtYfutPB5qxXK9R&#10;/wA83/vf6ykm20l1KT1sfetvB9nSpKoaJq9vr2kWepWjh7e8gSeL/dZcitEmiTJPkv8A4KBeLLuP&#10;4T2fgfSv3mu+N7+PQ7eH+F1dlWT1/vba99+Dvw3sfhJ8NPD3hLT440t9MtlibZ0LdWP/AH1XyNc3&#10;B+Pf/BRSzt9lxNofw7tZGlJ/eQ/avyG371feGMisoQt73cmL0sLRRRWxQUUUUAFFFFABRRRQAUUU&#10;UAFFFFABVe4u0t0y9WKp34hAjaXs1S5KKuwPlf8A4KN/Fr/hXX7NHiCCE+Rf69/xK4P721/vsvI/&#10;hWtr9gT4YN8MvgDokM0Ecd/qKfbrqQR7Xdn+7u+Ufw18y/tnawvxo/bP+G3wvgk/c6Zc29zceXt3&#10;ct5rL1P8KpX6Q6FpcWi6PaWNvElvb20axRQp91FVcKtRST5ZT7vQtLlp+pp0UUVqQFFFFABRRRQA&#10;VHJJsj3VJTPvigCi17I13sSP93tzvr4F/bTv0H7af7PbSxyR/vZ0aZPu/eX3r9AI4Gjl3fwV+e/7&#10;d6Sp+2B+zhFDJHiW8l/cv/e81R6Vy1V+JLXMrI+c/jJf/wBn/wDBSPwg93cXD2n/AAlOnOjxyMvk&#10;q06Ftv8A8TX7M2/+pT/dr8Vvi5JcW/8AwUc8Jonlwf8AFV2Gx3+6/wDpKe9ftRAf3Cf7tVh1aivV&#10;mrhyxVieikFLXQQFFFFACY618k/tR+E2/wCFseB9TnjjTTfE1nf+CtQ3xr925iZ7b/yNGlfW9eE/&#10;tm+D38T/AAH1jUrfzP7S8Myw+IrJoPviW1cS/L/wFXqORNpsuEuV3Mn9ivxZf+I/2fPDdlffu9T0&#10;TztFukf+CW2l8v8A9B2V6h8XPiHafCz4eaz4q1B/LtNOtmmf+9/u14H+yLrEVt8UPiRo8P8AyCdZ&#10;Ww8Z6bsj2rsvIsTR9T92aOuR/wCCkev6l4nsPAfwn8OSf8TrxZqyK6RlSUjXaNzLyyrzWFaT0TVm&#10;yZJvodT+wN8P73R/C3iTx1qcn2vV/GOrT6i038XlF22t/wAC+9tr66rnvCfhhPC3hjS9Kt/9XYwR&#10;26f7qKq/+y10G3iuqVrp36WCXkSUVHvY9uKGbaKBLXYkoqKSUJ70I4fmmK5LRUcjhKQTDHWobSFz&#10;K9iWiofNXsaaLlHHy/PVLXVFJNq6LFFRNIsY+Y0w3CGs3OKV2JtJ2ZYoqITIP4xQJVPeri+ZXRVm&#10;S1jeKdTtdD8N6pqd6dlpZW0lzKf9hF3H+Vafmp/fFfJP/BSf4vf8K3/Zz1TTbRw+peIX/s+L/dPL&#10;VlUtZJoSvex4n/wT18LR/GH9oD4n/GW8gcJNfyW1oJD5m3Lf3v8AZVUWv0mHWvm/9hf4b/8ACqv2&#10;b/CWn3Fn9kv7yH7Zdfu1VvNfp2H8Ko1fSB7V0tWslsXUe1h1FFFQQFFFFABRRRQAUUUh6UAMD/vN&#10;tfA/7buxP2xv2b3aD/SBeTbZn/u7lZu4X5dtfexk2cdS33a+Df26b9bb9qv9nCfOwJqMyN/C3LLt&#10;/wCA1jVjpdie9mfIvxnuHj/4KR6I6ae8kEXiu02Wsn3nUzr5ny53f39v/bOv2qtJBJbxt/s1+L37&#10;R93BB/wUW8Myyp87+JNOd3gPzf6+IL90bf7n/fuv2fsPmtI29VzWtBL6un5s6p2dJSRaooopnMFF&#10;FFABVHU9Oi1bTLyyuEElvcxNC6f7LLg1eooA/Oj4WeONM+D/AI88F6rqdx9gtNBn1b4f6u88nywq&#10;m27smbp/DG9eIax+2p4Ug/bz1D4i639s13w1pljJp2i/2dIrbMfL5i7W2/Nuf+KvQv2xvh/5Xj/4&#10;5+F3jjS08Q6XYeMtNP8A03tpPJufvY+b5v4f4K8Q/Yf1z4NeF/jnHpOp2eoeJbvU9tjp97fWcf2e&#10;GVv+mWT/AHvvVzqnOtN66paHU17SN09T3/xx/wAFc7j7ZJb+EvB9v5G5fKutVuGVnXdn/VLjb8v9&#10;5qzvhd/wUp8c+L/GlnZeLbvw3oPh54ppZb3SrdriZGTaPu7m+X77fKr/AO/X21qnwH+HniTUI3vf&#10;Bejzxo2999mu7cvC9q8f+JH/AATf+C/iST7RpmhyeF7t1ZEn0q4k27mbd8yMTurCpGrGLk1exhzR&#10;STjuel+FPGeqfEy3g1Pwv8T9L1Oxm+ZfslnHIqIcbfl3h93+9/3xXT/8If4tkini/wCE/vI97M6P&#10;HZ227n+98h+X/d2/79fnz4g/4J4fGL4OavJq3w08Sf2tHbytNCkd41jdJ8q/L1C/xP8AxVl+G/20&#10;Pj3+z3qEemfEDw/calaeaqJ/atvtkRd3yx+fGDu/u7m3f7716tKvFKN7K66ms68opRil9x+gWr/D&#10;/wAYxlCnxL1h9/yeTHZ23yMWUrt+Td91X+9u/wBZWZ/wrnxpZ3Cy3HxL1+SSeJYh5dvAsZcMz7tn&#10;l+/8O2vKPh//AMFJPhV44vLOy1C4vPDWrPu/c30a+Xu6f61SV/76219EWfxE0nxRp8c2n6hZ3cH8&#10;E8FxuX+6v3c/7dXy+01eq8jwKuITvzuxyd58LvFtvHZvN8UPEnmRfwRx2258/e/5Z1FH8H/E8f2h&#10;7j4meKEkuGj+SOSLamP+Abq7281SK4+z3CSeZGm3f/7NRceLLeT7/wDwNPpurj/s6lzqUbt+rMYV&#10;4wlpK5xWofDDW7a8g2/EjxRJH5UabP3H3ujMzeWF/uf3aryfBfWLyzvLJ/iZ4sjkmZn89JIvk3Ky&#10;tt+Qr/6FtrudQ1iK4+V5I/4fn+796pLjxZaR3n+5ud/4v4c7a9OCnSjyxR1Sx7UdLI8/vPg/rsl5&#10;JcP8TPFmNnlIiXEe3adpbd8n/oLUaX8E7u30+3ivfHniy/jhfzXf7Yqs+f721F+X+Ku08Ua59nt5&#10;ETy/vff/AO+V/wDZqP8AhIEks43ikj8hF2O/9/8A76rjnlkcRLmlc89YmN7uV2Z8Xw7Z5JL3/hJN&#10;c8tkZPL/ALQbu2/72N39ypLj4Z2UekSI+ueIJI933/7Qb5PmzW3d+J7UafH5RjO/5E2f3ui9/wC9&#10;WReeKEj0uS0ik8yTZ/tfPn8K7KOH9jG0FZHYsydOCjHcz/8AhVenyXklxd65rkklwqps/tSVVTaz&#10;N/7N/FX5v+PdEl+Pf7eGl+DdKvNQvvCeg6tHvhurhpo08pV8zb/d+7t+avuz48fGTTPhf8K/EHiW&#10;WSSOfT7WTZ5ca/PL8qRd9v8ArJEr5m/4JNfDbUNZvvFvxS1qPzHvpZLeKd/vTMW3SNtX5f4v7tcU&#10;4KVdzT2OzBzlVbq1NUj9JBbLHYQW6J/qlX9K0+tUN4d8D5wzVoUm7nVYKKKKkYUUUUAFFFFABRRR&#10;QBXnDAbk+/XwZ+3NHef8NTfs5v5FpJH/AGlOiPcSbfveXu9v92vvk/er4J/b9FuP2i/2c5ZZZC66&#10;23+ipJ8r4dPm/wB75qiT5RxXvI+Qv2ly9v8A8FGvDo+yR24i8Rac+J9v7z9/E25v7u6v2r0/b9ji&#10;x028V+L/AO1sEs/2/NE8q8kuHfWtOffszs/fp8v/AI89ftDZ/wDHpH/u1rCPLh427s6pq1GPqWaK&#10;KKk5AooooAKKKKAPkb9tHwgkfi/4Z+LwmyBL+68N37xxlv8AR7+DYu7/ALbKn/fyvgn9mP4j/Bz4&#10;P/GDRtK8R+CNUTxppmozaTLrsd5utfNWVlWTyMH5vm21+qn7Tvgyfxt8F/EltZJv1GzgGoWg5z5s&#10;LCRe4/uV+cej+Ifgr8K/2m9Q8a/EfTLzfrlnp3iXw9MluzRw/aV/es0WT/y0V/vVnTX71ORtTjGb&#10;sz9W0tRP9nliIePbu/1dSR6QJJQz/wANQ+D/ABJpvjDwzpet6PcR3em6jbR3drOn3Xjddyt+tbh6&#10;Ct+Zp2MnFKTZVksUkTHf+/8AxVkax4K0jxBp9xY6np9vqVpMrJJDdxrIpU9vmBroh0pawlCM7X6C&#10;63Pjn4vf8Ez/AIV/Ead7vR7e48H377t76V/qX+Rh80XT7zfw18rax+wh8ff2b5JNT+H+uf8ACQ2i&#10;N/zDpGWR1G770EmV+7/v1+t9JVQXs9YicYu+h+Ruh/t4fEL4XyR6P8TfBdx58LLvfy2s5tv8W1WB&#10;VvvV9EeA/wBqzwF8QPLSy8SWdhdzf62yvpFhmRh97/Wf7tfYni74d+GvHenSWfiDRLDV4JImh23l&#10;skmxT97buB218e/FP/gld8P/ABR9ou/Cuqah4avn3Olt/rrXcd3y7W+ZV3f7Vd1LH1KdueCZ42Iy&#10;ynWfNF2Z69b6p9ss49kkckaLs/2fm59aj1C8S4+5/q90f6NXxPqn7On7Tv7MccjeHL3/AITDQvNZ&#10;3SCT7Qv3V+Vkk+f+H+Gq/hv/AIKCJo+qR6Z8Q/C+oaTqVuuy4mtI2Vkbav3omAZa+iw2Mw9VXlof&#10;K43KsbBfu1zI+1NY1T93v/1nzf8APT/P96q8niS4t7PZF/q3b5/L/vfdrj/B/wAbPBnxQ0eO48Oa&#10;5Z6lJcfcg8zbMjfe+7jdXUR3EUnl/u45I/4//Zq9iEac1dK581VliaLam2mXLfVJf7P2SxyeY6s7&#10;7P8Ad+X/ANCqn/bnmSb3k/yvFXPMTy9if+RP4Kp2en+ZJI/mfvEl+55f97iicKUKblJaI441q9Wo&#10;lF6nxf8A8FJ/iO9v4f8AC/ge3+e41Of7ddIkitsVPki+XJb5t3/kOvv/APYs+Ev/AAqL9nfwnok0&#10;caXb232u42Rqv72X52/9Cr81PDen/wDDWH/BQCOxuJPtGhaZc7HRPu+Ra7vb+KT5q/Z60t0tLeOJ&#10;OERdq18DV5Vdx6s/bMFB0cHCHV7i28HkR/N871YoornOkKKKKACiiigAooooAKKKKAInfaP9qvgH&#10;9v8Akl/4aP8A2b5f7R+yRprjI0Hy7k3NH+8/9lr7y1V3jt/kTPWvgr9uvfJ8d/2dHa0t/wDkYWzc&#10;3Ue75v3f7v8A75/8frKpukKK1TPkj9qrVIdQ/b8sLvTY7f7WmuWCfu9330nRfm4+98vzV+2GmOZN&#10;PgY4yUH3a/Ej9uG9srb9uGyaHL+VfWAuEj+Vt25NwVv93H/fdftloOP7Fs8f88l/lXVCpGeFi492&#10;ddSSdKKNKiiisjlCiiigAooooAxr6WG7iu9PuOTKrIV/2T/+uvyW+K/wQ0LxnrvgfRfEt5JpNj4b&#10;8V3/AIK1Ke1kVWSzf/S7CTcw+Vdsu3d/10r9YruzeTWxdH/UQps/9Bavzo/bU8F/2p8SPip4aij2&#10;f8JN4WtvE+m7Nqq99pzbZNvHzN5LVzyfLODj3HBrm3Pt/wCCC+FPDHw70vRPCWoW+paFo0H2S3kt&#10;Lhbhf++1+WvUoJ1uYElXowr8/v8Agmf+zv4t+EfhfUPEet6pbyWHiezt5rWygkZvlKq8cjcD5trb&#10;a+6LC7/s+PyX8yT/AG67aj9530Lq+7I3h0pajjkWdNy9KkrIzCiiigBAc1BOjkfLViihabAVjCXc&#10;l+g+7XnfxA+BPgT4sQzweKfC+l6tvTb501uvnJ/uy4DL92vTaKjlVrMWux+cfxM/4JOaO5k1D4ae&#10;KLzwvqVvPvt4buRpI9vy/wAagMv8f96vJP7L/al/ZjjkTWtHk8b+G4V87zo9118vzbv3q5av1svL&#10;d7iP91J5b1FLYNPb+ViONP8AY/8A1VtRq1qLfJN27HLVwtGsnGcUz8vPAn7eHg/xBJ5XiW3vPCep&#10;bm3wvukj+8w+8qD/AIFuVa9U8efGjStD+FfiTxbomsWepfZLFvsrpcRtC8r/ACRL12/ekSvo/wCJ&#10;H7KHw0+LFneReJfCFlPPcfM+oWsaw3G7ru3LXx/8QP8AgkSLzz4PAXji80nSXVd2n6xukV2H+7j/&#10;ANBr0KuY1a0ZUp7tb9DxI5FRhVVSLtYxf+CQ3wkM8vin4h3v+uuNun2vmJ83HzSSdT95q/UevNP2&#10;evgrp/wD+F2jeErSX7U9jDslufLVfMfqW+UCvTq81u6SfQ+nb2S6BRRRSEFFFFABRRRQAUUUUAFF&#10;FFAEboHGGr4M/b60S0ufjX+zw9x9ou5E8Sf8eSfKrr8h3fKR825Ur716Gvhz9v28+z/F/wDZ4R7y&#10;OOP/AISlX8gf6zd8o8zv8v8ADXHX5rxa7hH44s+M/wBvFXm/bg0i6n8u0jW709Ip0yrIgkTbu5/h&#10;+ev2j0v/AJBtufvfu1/GvxX/AG5tQt9Q/bUsLe3kDyJfWSS5+aPc0ibd3/AflZf+mdftVp+42EG5&#10;djeWuV9K7qcVHDQS8zqqx5YRTRcopB0pak5QooooAKKbnFMMi+tALUUqDXyX+2/o8Xh7WPhf48e3&#10;jktNO1xdJ1ImPcpsbxfJkVv9n5q+sJ5VSOvH/wBqfwW/xM/Z/wDHPh+33vd3emSfZPL+956fPHt/&#10;4EqVz1vdje9mC5Yu7Pz8+Hn7WfxS+Enxb8P/AAh0/wCx6lovh7WP+EdTTPsfmXFzbCVUjZmxuX93&#10;X6rgvIkbKgy39+vx4+IH7XHi34N3EfiPw1p+nx3fjrRdO1GXVL63VpIZ1g8m5WLkf8tI33bv46/T&#10;D9lH4sa18Z/gZ4Y8Wa/p0ulatexfv4pIPKV8ceYi4Hyt/DXVTkpU+dO/dm8l7t42PW7C2lgj+eT/&#10;AIAlaFRORsIoj4TrUX6o57olopm4dMilyPWgLjqKKKYwooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigCGR1Qrl9np718Nf8ABQPZ/wALf/Z3uJbaOS3TxWqeed27cdu2P5f4W+9/2zr7&#10;eu0kHzJ/CtfCP7f9zFH8T/gBLdyXEG3xSv3PlXado9PvfNWNS0Ur9WXFJyR8M/t0+T/w2fdfu5Li&#10;P+0IN6QPtkf5l+Vfn+9t/wB35q/c7QOdFsceZ/qVx5n3unevwu/blkuLj9tu6+2xf2THDqFpFFOn&#10;UJ5gPmdB/ttX7j+EXP8AYlvC0nmPEuwv/f8A9quim+bDryYNxStE3KWmhaU81JmncWqGqzz22m3c&#10;trH5k6QO8Sf3nC/Kv51fqKb/AFT7RuPpQM/LDwP+13+1J8ZPihrfgrQrzwfoupaROyXUOpW6xttS&#10;XY3dmb/gK17T9j/bLkkuHXxJ4Djk+XykS3bby21u38Kr/FXD/tx/CHVfgX8R9L/aK8CWEUD6fcK+&#10;vwx/u1m3sibm5/i+dPut/rK+w/gh8VfD/wAd/h/p/iPRbiOS3u1/e2vmbmhlHyvG3J+7TpJ1IqXN&#10;a246k2lFxVz53GlftlTyW6P4o8Bx/vf3v+htt55Zfubv4f4dtYmoaH+2bJHJKnizwnHI8v7r/R41&#10;jRfmb+4f/Z6+7PIikjCS/vNtZd5p7yXH+r/dp9ytqkVNWaOKVeLd1FXPxQ8f6H45+D9lo7a7/Ycn&#10;iHwXrv2Hy76Nbi18q8QXMfyNlfL8xZP7teyfsy/Hz9pT48S6hpPgvx34Ut7uxtVdbK7tIof3G7b+&#10;6i8s/KvyLu2/8tK9P/b0+EcuqeIPECWtnb3b+LPDrTRPJJ+8S801vtCqqYP+tj3r/BVz/gnJ8E/h&#10;l8N/s/iO08cWeu+M9Z0yH/iXvcRxyWyP87R+VvLN93/yHWVKMteV8q/roejGT9l7RJXZ3Fv4T/bN&#10;kvLh38ceD440gVIk+xq29+rN/qx83/Av+AVX1D4f/tlSWdnD/wALQ8LwOjfvZ47Ndz4b/rmf+BfK&#10;n+/X2pbxpHH8n7yvJf2kvjvov7P/AMNL3xHqNxbyXX3LKykk2tPP1Xb1Py/easpRt703c4oVpTaS&#10;R8KfGz47ftL/AAj+IGl+D3+I+la74k1l1W1stK0+Fmh3/Iu5dny7t277zV+lnw2j1+LwLoY8UT28&#10;/iEWqfbXtYysZl2/NtXj+VfEf7BP7P2teP8AxTqHx/8AiGgn1fWdz6PBJu/coWUrJt4/hXav+zX6&#10;DiPCp/s1NOEacHbqzpdl0JKWiitRBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFNJ&#10;NAHjH7W3xI1X4QfADxZ4r0S4jg1bToo3tXnt/Oj3mRRtZf7tfnL8M9K+Nf7eel/8JlqfxE0uwj8H&#10;an9pskezXclyiq6sqKAv8W1d1foD+3a88f7KHxINvHbSH+zG3pdfdZdy7v8AgW37tfMX/BKcPH+z&#10;544lPmR2n26T/Sk+7xFubbx95d1cvLCfM5bx2OqlaMW7an5+ftNaP410f4mf8JR4s1uz1fWbidZk&#10;uY0X59jfK23+78tfb/8AwT6/b61nxNf+NNP+L3jCzNpY2MOo2V7feXb7FVykqfLjd99K+b/29JLu&#10;PWNPe9jj8x2bYklvtaFV/h6mvnDwD8N/Fvju9kbw/wCG9U1pIdrXCabbtIyKfwO2roVU1ZbGijGe&#10;0bH7F3v/AAVT+FKeP/8AhHrK01PVtP8AlT+1rSPcrsW2lUixuavsnS7+LVLCC7hDiOZQ6702tg81&#10;+TXwL1R/gfb/ANoaJ+yv4o1LxC7Ns1fVf30n/Af3Y2/M38P8Fe73P/BRLx5pZuLaX9nvxglwkvkq&#10;nlybf4fm/wBXu/v/AC1vKUY9TmnFLY+/KZXwVp3/AAUS8f3l5En/AAzv4we0Z2+eGOTc6jd93dGq&#10;/eWq8X/BR74iz2+9f2c/FqSN/qk8uVv/AGjn7tVyi9nI+4fF3hfTPGWgXuj6tbR3+m3cXlT20/zR&#10;yL/tV+afwr1DVf2AP2l9Q+H+ryfaPAnjG+V9PurqTb5Od6xN0K/3Fb7tepS/8FBfiVaOksv7PHim&#10;O0WzWZ8JJ99v+2e3b/49Xw1+1X+0N4o+OviDXJ/FUV54Uk0mSJdN8N3tuqyQeZuEnzbVfd/8crnh&#10;X9jUV1dPc5pt25T9dpfjXCnzLZ5jXb8/mL/FytKPjBLJHI/9nxvsX/np83H3q/CB/jv8RbOztEtf&#10;GmuRgLs2fbH2og27f4jt+7X1f+xv/YnxY8P6pL8Q/jZrnh7Vrdt9vZSax5O9V3Hczv8AM23+7/00&#10;r23iMM1dQZ40sBi4tz9qtdj7b/aLGofEzQ/C97plnZ/2lo2sQ3yJ5n+ui/1U8e7I2/uZHr5E+Ff7&#10;DfiP4V/HjR/Gdv4k0+PSdM1H7XFa2sciyeUN22P/AMe213GoeC/BWj6Pqn9n/tGapqUkyyTf2gms&#10;blRkZvLXbn5V/vfN9yvjTxh8RPE3h/W5ItM+JHiDVreFf9C8jUJfuj5mk67f7lcDxOEp1k5xb9DT&#10;2WMUXBTR+wXjT9pKx+H/AIQ1TxLrVvHb6bp0W+V/M3fP/Cq8f7lfG/w/TW/+Ck3xzt/EHiC3udG+&#10;F/hxlZNP8zcs8obesfZWb7m771fAOu/Ezxn4nt5LHVvEGqa1aPL9o8ie4aZfN24Vupr1/wDYg+Jn&#10;i/wv+0F8PPD2ka7qdhot7rVvb6hZJI3kuryBPLbg/e+7UudLEVOaOiWx6mAw86NNyqO7Z+8Ol6bb&#10;6PplvY2kYgtreNYYo0/gUcCrp6UDpS1mbPUKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooATPFeDfHb9s34b/s/yfZ9f1SS71No96afp0fnSf8C6Kn/Amr3O4t0uYJIpRvR1ZW/3TXwz&#10;rX/BKPwP4h+J9/4huvEGoR+HppVmTRY/mb7uGVpXJauWt7T7AHyb+1P/AMFC/GH7Q/hfxB4X8OeH&#10;/wCyfBlxAv2jfG0lxs+9ulfG1fu17v8A8ElH1BPgp44SG5gf/T98ST7tqS+Uq/3xuX5a+rvG37K/&#10;hy5+BniTwF4Hs9P8Jz6nZtbRXqW6t83/AE04y3TmvgK8+H/xg/Yc8ceC/hfoXxEt/wCxfHV1+9mg&#10;0uOSOFiypJ/rQzbtqpWUpTjFpqzZaqWTVjxz9vPR7i38YW8r3lxPBsZInnuPMj+XjavO3d83zfM1&#10;e1/8EZzs8X/Eu1NxHsNnZN9mf/WPtkl/eL22/N81fPn7WXgb4gW/x80/wJ4r8UWWu3ct3FaW97ZR&#10;r8nnSqqsy/e3bvvV+kX7CX7EupfsoeIPFl/qOs2Guf2xBbwwyQW7RyR+W0hfuflbcn/fuujCwnRi&#10;pT2e1jog2r69D7Fjt0/77/8A10/7HF/cqWn1vuct7kSQonRcUNGp/hzUtFO4tSIQp/dFcb4k+D3g&#10;rxfeSXmt+GNL1a8dFRp7qzjaQqOQu7FdvRWU6cZ/EhNXPyr/AOCh/wCy5bfBTVNH+LXw60+PTIIb&#10;qG3u9OtLdfLgbb8sipjbt/d7W/66V9W/s4a54E/aD+H2n+KNC0/R0nZNt3ax28XmQyrxtbj5fu19&#10;E+L/AArp/jPw3qGiapAl1YX0DW80cn91lxX5ReH9Y8Uf8E5/2nH8NXtxcf8ACutb1GN4n8vcs1s6&#10;qu7p95W+X/tnTozcJezlt0CUXV92R+mH/Cn/AAvJHbxf2Pp/lp9xPscbfw7W7ba87+Lnh/wJ8H/A&#10;+ueKNY0vR4IIYm3vPbxRrMzfdj3MK9nsPEFlrGh2erWNx5ljdwLcW833ldHXKt3r82/2h/E2v/tx&#10;/tGWfwo8KahcR+CfD0u7U72D5o3ZWXfJ8oLfw/Luaprz5v3SV3+R57wka0raruy7+wz+z7e/Hr4l&#10;ap8c/GFlHpumw3+3RdMgt1jhmZFVfMVcBdv8P+/HX6P6X4N0LRZpJ7LSbC1uHkaZpobZFfczZZt2&#10;PeovAfgvSfh54T0vw/otulrpmnwLbwxp228V0laWUUkuh6XwrkjsLRTKXHtRqIdRSYzRgdaYC0Um&#10;KMAUCuLRSD2opX6jFooopgFFFFABRRRQAUUUUAFFFFABRRRQAUmOaWigBoPNfnb/AMFALiaL9sL9&#10;nBLW92XH2zf9lk/1f+tUK3b73zrX6J1+fn7fWnteftZ/s3rLHHJaPfSJ/wBNNwkRqzcW3Yunq7Hx&#10;9+3Bfun7etoi2/2fydS099iSfM7eYnzdTX7b2Dh7SLanl/KPk/u1+If7d+YP234PNuPs8aX1opeD&#10;/WQfvVLN/vfxV+3OmSI9lAUfzPkU7/XPNa0m3hoL1KesF6l6ikfOOOtLSMgp9FFADKfRRQB+dXxq&#10;/wCCmvjL4UfGXWvBSfDSO7ksbk29vE1w5kuv7rL8g/vJXiP7U3xc+Lv7SXgePR/EvwE1DTLu3la+&#10;tdXgjnZrKIbT/c217d/wVt+Gn2Dwt4P+K2jwR2mraNqf2S9ukj+Z4pVUxs3+60O3/tpX0d8O/GkX&#10;xI/ZHt9blk/4/vDsm95/m3sImVmbgf3a5puapub3RurJKZ+Zfw7/AG2/iBof7OeqfD+00+8u4PIb&#10;TrfxBJeNuslbavlxcfw/P8v9yvUP2O/GnxL/AGfPDclppXwE1DWtS1ZWu7rWv3kckyt/q/mwy7V3&#10;JXh9nbvb/sTxv9nt45/+EpuE+1fw/NB91lz97+7X7QfB+OKT4Z+F28vy/wDiWW3yf9slrptGpFu7&#10;vpc2nyKPNfc+PU/bM/aJS0kkX9ne8kKMqdZs7TwvybM/3/8AZrYg/a1/aHlu9Qjf9n+48u3iaX/j&#10;4k3c/Mq/c2t/dbbX3Fsp2B6VlGDj8LObnt8KR8Lp+2B+0NJZxSJ+z3qG+WXYgeSTdtP3e3y/df5m&#10;qUftVftITwXNwnwElRLcsvkSSSNI2Od3T5vvJ92vuPFN2UXqPd/gHN5HxDB+07+0t5FmX+Acjn/X&#10;S/6Rt3xj+Hr8v/Aq0B+0b+0sLO5vX+B6eQW2xQ+afMTt9zduavtGkxT5F36ijJR6Hxc37Qv7TgMD&#10;Q/AiAx+QrPB9t+ZmOR9/OF27fu7azJf2jv2php0aRfA+3a5k2/vnkYBGP8Ozf/e/i3V9yDpTa1nO&#10;T20Juj87viD+21+0Z8MdDuPEfib4PadpWg2jLDK89wzN5rNtX7p/vLX2L+zj8R9Y+LfwY8NeLdc0&#10;+PSdT1O286W1T7qelfI3/BSfVL7x54v+Gfwn0iT95rOppNcJHHuZ8MoVd38K/fZv+ucdfd/hTw/a&#10;+F/DunaRZR+XZ2NultEn+yihaypwajzyHbS5s0UUVoSFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAJ&#10;X59/t8Ilv+1d+zldyo8Eaag269Em3/lqny7f8/6yv0DHevgX9u6VU/aw/Z036hcWga/k3JHGzKf3&#10;i+4/u1lOHPJGlPSSPjL9vmVrn9tqB7WeM7L60iSf5WO5ZB97n+Fvl/u8V+3GkGQ2MBfy87fm2V+K&#10;X7e0hf8AbRjM9ufM+3WQ+yxSbmm/eId3bbuXZ/wKv2p0iMfZ4wsfkbYlTyz95K1o/wC7x9WH2GzV&#10;ooooMwooooAKKKKAPEf2xvAkPxI/Zr8d6JLHHvOmSXERf+F4/nX/ANBr59/4Jy+I5fEP7Dup2vlp&#10;fT6XcX9j5b52zptDqPun+GTb/F0r6x+ONvBc/CXxgt1GXjOl3PCJuIPltg18Tf8ABMSV9Q/ZY+Id&#10;vep5em/2nep9pg+aZN1tH5irx838Df8AbSuKcZv2ltrIuCclLsfJGib4/wBjOO0NnH8njC5SWGf9&#10;2s37ht3zMRtav2i+GMYi8B+H1VBHssIE2p93iNa/FXR40k/Y3t0uI4544viHsd5JNvks8TL5jbR8&#10;v/jtftN8KfK/4Vv4aNuQ9v8A2fBs2f7g9zXXRio0brdsclaEUzsaKKKozEzRmlooAKKKKAEHSg9K&#10;Rqjn/wCPd/8AdNTLYD88fg7DcfHL/got448SXcfn2HgqL7Jb/eVUY/Iv/wAVX6IZ5FfAX/BNedNV&#10;+Kfx41Jbu3vN+usnnQd/3jlm/wCBV9/elaSioRjFdkaVNEl2H0UUVJmFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUANHevz/wD+Chkn9nftD/s6X8sUf2ePV5EaT/eaPdu4/wCBV+gIr89P+ClQA+Nf7PbR&#10;3H2SdtfVPM8vd/y1iqU/eiaU9ZpHx1+39qllL+2O0sVxJBb2l9bK7om5o/mVm2/+hV+3fh+QTaTa&#10;SrP9o8yJW8z+/wD7XQV+Gn7b8b6d+2lLukPkJfWtx5z7mVMMrSNtb+7tfdX7o6R+806B/M8zeitv&#10;qo/w/mxPTQ0KKKKCAooooAKKKKAOQ+KSPL8PfEiRv5bNp1x8/wAv/PNv7wIr4N/4JXI3/CgPidHb&#10;xyJIurT7JpNvlv8AuFC/dx/Er7v9mvv3x/bJd+B/EETx+YjWE/yf9s2r4E/4JUXHmfBD4n2SXP8A&#10;aQh1qfbZfNu2tBjd0+XzNv8A5DrJc15rpY0puyavufJGh2F3cfsf3j/6HbwJ8RY9iTyN5b/dXbLy&#10;Pus27/dr9ofhT54+H3h/zrj7Q/2GD95/f+QV+K3h+8i/4Y71zEX3PiBbu8E+3y9v8PY/3dtftP8A&#10;ClHi+HmgI9uIZPsMO5I3DKPkH3eny+lbQVoteh01l7mnkdpT6KKRxBRRRQAUUUUAI1Vr6TyrKZs7&#10;dqFs1aqlqab9PnT7+Y2qJPRgfA//AAS7Rxr3xgkS3j8htabEyfef5n+i1+gXpX57f8EpI/LuPi4n&#10;2eSCRNdZG/u8M/y1+hXrXRU6eiNKu46iiisjMKKKKACiiigAooooAKKKKACiiigAooooAQV+ff8A&#10;wU12x/EL4B3D/u44fEXzTf8APP5kb/x7bX6CGvgP/gpxbxXni74D25MiXD+JBtkEm2Pb8v1+b+78&#10;v/AqxmrOLRpS+NM+F/29tT/tH9ri5laOO4gS7gVII926dflHoPvbdtfud4YdH8PaYUj8pDbR7Y/7&#10;vyjivxB/4KOw2+i/tUTSpiONJoJnMMarIn3Wb7o/4FX7eeGZUuNA06RDvzAn/oNVRnz0/mypamzR&#10;SDpS1oYhRRRQAUUUUAYnivb/AMI7qe+V4E+yyfvEG5k+U89DXwX/AMEx724j+EnxYaWzjjsV124f&#10;fBt8x28rdIu3Ib5V2ba++PE8bTeHdTRF3ubaTan9/wCQ/LXwF/wSwt4rf4d/FOKG3vLB/wC25MyS&#10;fNGieV9f9Yvz7v8AtnUpNxqa9DopxTpzPkSz2SfsZ+IPNuI59/xDhff95YWb/lo20/db/Zr9ovhp&#10;HDF4E8Ppb+X5C2MIXy33L9wV+MOj6pDZ/sp+NElt/skafEFXt4ZPmjmxu2xy/wC62z+9X7RfDmWJ&#10;/Anh9otnl/YINmBt+Xy1rOlJyi49jDnagotnU0UUVsIKKKKACiiigAqlqR/4l9xxvTym3ev3au1n&#10;a0dml3bGTy9sTfPnH8NYzdosD4J/4JQSPLb/ABYdNQ8+D+3W2Qv97+L5ugr9Bc4NfAP/AAShuLe4&#10;8P8AxPli/eSP4gk3zOPm/wC+/wCL71ffwHUVu7q1+yKlo7MdRRRSJCiiigAooooAKKKKACiiigAo&#10;oooAKKKKAGnpX59/8FQw8/in4FWnmR+W/iePehGG+8m35v7vzba/QTtXwJ/wU/zJ4h+B8Qgt5I5f&#10;FMSNI8m1kJ2/+y1hN2lF+ZpT0kj4f/4KX6pcSftX3qt9nt0hitkR4/b7u7k/dr9uvAxT/hEdGCZ2&#10;paxL3/uj+9zX4i/8FMbP+y/2nLq4aOKTfHFN5B3fc/h3f7LV+2nw51RNY8GaTdp5ex7aP/V/d+4K&#10;qgrUxJ3VzqB0paKK1ICiiigAooooAztcj36RqCcjdBIPk6/dNfAP/BKuRLzwH8TLdrz7XB/wkMiX&#10;FrJ833ovmk6D733f4v8AV1+gOqH/AIll5u+X9w/zeny1+f3/AASouF/sf4uJ9nt4HfxCz/aYPu8q&#10;w29furtqoxbjK3Y1jzOLseERfsYfCSf4w/8ACKzfEvXGv31oW29NL/0FJfMz9l83cd0jKu2v1t0H&#10;T00zR7a0Qh/s8aw/INv3eK/MnWNU0r/heF54ffWNUg+FcPjL7dLqkFmq28OprLnyfPxu2rMtfpZb&#10;yXH7yKL+P7j/AMNZU4KEb3FKCUEjo6Kzra8d5jExDyJ97ZUvmSh3rVRbMOZFyiqZuxvRF+/u20yS&#10;4b7qcuq/N/eosO5forLi1PeUjyiSfxe1SW90wnMTOH/uvRZ2uHMjQrJ8RSeRoOov8nywP/rPu/d/&#10;iqzaSSu8iy9V/wDr1n62zT6PqaSR+dGIpP3f9/5T8tQ4uzQcyR8G/wDBJbD+G/iRcJaRwPLr7r5i&#10;c9P4eg/vV+hvcV+fH/BIsK3hL4lsnmZ/t47EkG35duPev0I7it61rq3ZG9V3kLRRRWJkFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUANavz+/4Kgarpmi+Jfghe6tFObGDxRHLcSGTbCIk8tmVv4f8Aa/7Z&#10;199zz+Rt96/PP/gq0BPP8GdtztdvE8f7l03Q7eP3jcdv97+OsZStKK8yov3kfEX/AAUu1GXUP2m9&#10;R83P2W3ghhh3/e2hQfU/3q/bz4QxiP4beHv3X2eR7CB3i/uMY1r8Wv8AgqNp8unftKSma48yOWzi&#10;li2fwL/d61+0/wAJI44Php4ajit3t1TTrdBDIcsgEa4VqdCalTVhJWTR2dFFFaiCiiigAooooAoa&#10;mH/sy72IHfym2q/IJ21+Pn7FH7X/AIH/AGZ9Q+Iem+I7PW57jU9amlSe0t1Zdqbgq9fvff8A+/lf&#10;sHq9x9k0u7m2PJtjZtqfe+7X5KfsKWb3mt/FaV0t7jzdcZ28yNfMj5Zt3/At3/kOujDQlXqOjF2b&#10;RzYjFLC05TexjR/Hf4T2eqfP/wALEfwZDq0eqP4OS3i+xpcpL5n72XeW+8u3b/0zr6Uk/wCCqHw6&#10;j1iS0t/CfiiSCLanyW6q33WP3c16h4fs7T7Rse3jj3t9zy/4mroJNDik+RLeN33/APLSPcyfxf8A&#10;s1b/ANkPCwtUnqz5qnm3M24rQ8W03/gq18P4bbcvg/xRJO7/AOrjt1ZU/wBnfn5m/wBmrcn/AAVh&#10;8FC5uIk8CeMJBFEr7zZqrbj/AAsuTtr3bQ9Lt5JI0lt445NzbP3f/Av8/drsLDSLcfaHeOPf/wBc&#10;/wDx7p/wKk8OodT0aWZd46Hy7b/8FSfCn+js3w88Yf6Qm7f9jG3cP4U/ikqhH/wVJ8OJcX7/APCs&#10;/GmY9q+TJZ7WT5m3buPl/gb/ALaf7FfbFnZ2r2ccX2eNI/7iR1XuNIt/K2/Z497/AC1jKHM7HdPE&#10;Jq6R8cah/wAFLPD9vJZyy/Cvxw8cys+/7H+Py8fNVOP/AIKkWXmSbPg/40jjhb/n3+VF/vN8ny19&#10;eXlvb+ZIn2ePy0+RE/hf7q//AGNY9xp9v5dx/wAs9/8AGm7/AGTtrSGEUlZyZ51THSpnzHL/AMFP&#10;YY7uJP8AhTfjSD5cy77Rt33crtXZ935vvVm65/wUtuJPBuoSXHwY8Y2jzRXKed5bLGnysV3Ps+X/&#10;AHv4a+jtc8PpeW+z93HHt/5Z+/3q8n+Jmj/8W78YJd/aJ7f+ybveife/1D7a6J4BU6MpOVzkp54n&#10;UVN09Thf+CPV4178MviBL+7Mb660u9PvfMua/Qg9RX51f8EanQ/CfxwvkIH/ALWG+aP+P5P7uf8A&#10;2Wv0Ux0ry5f5H1blztMdRSDpS0AFFFFABRRRQAUUUUAFFM+5T6ACiiigAooooAidN/B+7X5+/wDB&#10;VC3muH+Cai3gkgfxfBEzuP4j0X/dav0G7ivz5/4K020Vx4e+Fe+3kMn/AAlECJMnv/D0rCS9+L8w&#10;jumfE3/BTwtJ+1Beo8sY2WsX3N3f+Lp+H/bOv2m+DJ8z4W+F2Fy96jaZalbmT70n7hPmr8af+CnG&#10;jRaR+0IsqXccr3dlDM6RjHlttw27+838X41+x/wIuJrj4R+FJbi4ju5n0u1Lzx/df9wnzV0UknRc&#10;l3N7fum/M9BooopGAUUUUAFFFFAGV4iP/Eju/wB75H7pv3n92vyt/Ybt0t/GnxgRLf8AePrHyeXJ&#10;+7/jPl9f9qv1U12LztHu09UNflf+wHZ28fjz4v27SXHlvrC+Un+yssvv/eaurL5uOKsux5WYfwpR&#10;7n2Z4f09/wB27/u97K6eZ8vvu6/w/errLfT5Y5N8sf39uz+X+9/+8rLj/eSSSpH5kiMvyeZ9xvu7&#10;f/Q61Le3l1C3824+eT7iJH7fj/s17tV88lzav+vM+OoYeMG1c1NH0uX7RJ+88z/b+627/LV0lvGn&#10;mbV/5a7k/rtrl7eTzLfY0n79f/QV3Ff/AGetSzuIo7P5P73yfxNXHVTdz2aFNX5VsdZb7IPkT/gV&#10;TYWQI33H21zunyJcafvSSSSdN3z0WciR2cnmyfvH+f8A2nrgS5m2eqlFJokuLDzJN7SfI7b/AMuf&#10;Ws+4jeSO48rzPkb+f3auW8aXFn5r/u9lY9nH9nt7x3k8yT+595ePu11xTZwVqcWV/tCyW9wnlxps&#10;/wCen3v4vevL/iRp8v8AwifihLeSO0k+wXaI8kfyo3lSr7t/s16JeW9vcRxun7uT+N/u/d/CuT+I&#10;kf2fwvqlvY28c++xmRLWT/lsxicbe33qMRVkqUjyI4ZOtGVj58/4I2XAf4S+NE8t0k/tbc2f938q&#10;/RHuK/N//gjVGbT4feOIvtB8j+1FVIXGOi/er9IP4hXlSi9L9kfoM1y29EFLRRUkBRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFJ1ptMVx3cV8Ef8ABV64ez8JfC+98x0jtPFdtM2P4MfxV965A68V8Jf8FWd8&#10;vw6+G7w2f2t08XWmxP77HdtX/gVc9SXLKI4tJ2Z8Rf8ABT3ULjVP2gY5Xj8i3WwgSJJImik+79Av&#10;8Vfr5+zk0yfBbwUk8H2eT+xbT9zy2z9wny7smvyA/wCCodyz/tKGN44yhsYWR45B867du7dj+8uP&#10;+AV+v37Nt3Fc/AvwHLDH5aNodlsV5PMbb5CbfmwN1dGGd8LKVupunzUdD1HNLUe4UbqRhsSUmaj8&#10;xfWjev8AepXXcCWkpm9f79JvRer1VgK2pvssJzjdhelfmH+whZ3cnxg+OdpLbx+RDrDOmyP+JpZP&#10;m6j+Fa/T26mV7c7Tmvyt/Y7+LHhfwH+0J8aLTxbrFvos82ozJF/aNwscfyTuWVd2KnCzUcXd6aHB&#10;i6TqqyPviz0uWOSRH8yCOZPkfy/ufLn/AMdrQjs7izj8ry/MjT+5H9xj96uDvP2qPhPH5jt488Py&#10;bPvumqRbXb/Z52t/dqST9qj4SRyRxf8ACaeG4/k87f8A2pF8n3fvfMNv3q9vmc3zJHiwwvJJ/wCR&#10;6pb6XLHb73j895fvony/7NRx2cslvJtt5I5Pm2J/c/u15vZ/tgfCKT53+Inh/wCVmT5NQj7ct3on&#10;/bP+DltH83xA8P7/AJnb/iYR7fX1rndSSud1Plpy95npGn297Z2ckTx/vH/uban0PTLiDzBe2/yI&#10;37r/AD/wKvKJP22Pg19n+0J8QNHn+b7kd4rNRJ+3H8F/MkT/AIWBofmQpvf/AEhdtYKSXU6eRatL&#10;Q9svLd0s5ESPzPl2Vy9xod7cWf2fy/L3tvf956c/71ebyftz/BT7P/yPmj/Ou9P9I/2d3p8tZd5+&#10;3X8F/tFwr/ETR4/s7Ls/ebuv93j5vu1UajRjOmm+VLU9Uk0u7jt44fL+4v8Asr/dFYfjTS/tHg/x&#10;B5vmQSJY3HmpH97aFYNtrh5P26Pgvb2cav440vzJfv75NuzG72/2a5fxh+258HP+EX1yK38eafHd&#10;/ZZki/dtJ8xX93tXHzfeqMRWTpsw+qylKyizyb/gkZ59/wCBvFGY9jw6mru8f3X/AJba/SfuK/OH&#10;/gkJrH2jwH4wSWSOBEvldII5N3ysuV7lv4q/RYXSDHziubnc7eh9DUbulYs0Vn/2nF5mzPH9/jbU&#10;kd/FKJGU70T0pO6E047lyiqpvok+9Ig/GmR6jbyxl1kzt+9UKcZbMWr2LtFVXvYo+rjrtqNL+KTO&#10;2QHa2xvmX71VcVy9RVL7fblwnmp833aitdUtJh+6ljk+cr8j7unH9KSlGTsmGu5pUVVe/t0YK1xG&#10;G9C4ptrf295GHgnjlRvumNw26rsPpcuUUzZQ8aydaQHk/wC1D491L4bfAjxj4l0S7js9V06xa4tZ&#10;pIvOVXHT5cGvyTl/4Kn/AB5OrRtFr+lyeVAysn9lx7d2371ftL4t8C6L448N6joWsWn2rTNQiaK4&#10;hLsN6mvBI/8Agm7+z5G8bp4Dj+R93/H5P9f79LXuOLUT8ybn/gqF8fZI5EXxPZp50n300+Ddx/Cv&#10;y/LXmHx2/bH+Kfx8s9PsfFesW93aafcpcww2tnHDslT7rfKN38VfsN/w7c/Z6/ef8W/t/n/6eJf/&#10;AIqn/wDDuD9nvzY3/wCFfW2E/g+0zbf/AEOsPYxTuJpXuj8PPih8YvFvxm12DWvF+oJq2qRRKi3J&#10;jWNki/hj+XHy/NXtPhj/AIKD/G3w3olvY6f4wjtLS0tlt7eD+z4fkVV2qq/L/s1+q0n/AATe/Z6k&#10;j2N8P7f/AH/tc271/v1Yj/4J0/s+RyBl+Hdn8q7cfaJsf+h1tTnOnHkitDrp1uRONtGflDF/wUb+&#10;P7xWaDx3J5cMrPvFvD5j552t8g3VWt/+Cg3x9guJP+K/u/nXa/7uLailv4eP9qv1mb/gnV+z29uk&#10;LfDuzfawbebifd6f36kk/wCCeHwBk35+H9r8+7P+kTd/+B0SXtPiM5OE/iPyWuP2+PjxcXFuifED&#10;UPkiVH/1a79u4/NwP71U4/28PjtH9sSL4kah5k21P+WbbFTd935Plr9bT/wTj/Z5fyl/4V/bnyvS&#10;8n5/3vn9qY//AATh/Z9eO5Rfh/bR/aGy7C4myP8Ad+f5axlSS+HUzg4w2R+St5+3n8bdQuI3b4ia&#10;pG6Kr/u9q72G32/2ap3H7bnxyuLeS3/4WJrEccsu99ki7v4lX5sfKtfrP/w7X+BKSwbPBNmYU6pJ&#10;JK393/b/ANmtr/h3p8AjbyRN8PtPIdgzfvJOv/ffvVRlNmyqpn4/W/7bnxt8ySV/iRqkcnzbESRd&#10;vz7d3b/ZrwnVdY1DWdXvL3U7iS7u7qXzZ5JvmZ2/vV++kn/BPX4FfbElX4faXsH8D+a3/s9Sf8O9&#10;fgB5ez/hW2lf+RN3/odb8kb3uC5Op/P0Q06bt/3Pu/3tvStC7uLjy4/Nkk3ouzZJ7f8A7Nfvs/8A&#10;wT6+Akkm9vhvo+/5eiP22/7X+zUyf8E//gDENo+Gej7NoTYQzf3vU/7VYKU1sRCag27H8/32i4kj&#10;3p/q4fvVBPeSyXH+skTZ/lq/oN/4YF+AP/RNNG+9n/Vt09PvVYf9hX4CySRt/wAKx0LKbto+z/Lz&#10;VqPmEpwm7s/nue7uDAUHyR7lfZ/tdP8A2aq89w0knPz7P4K/oVP7BvwF+ziEfDPQ/L9fs/zfeU/+&#10;y1Yf9hz4FydPhnoSfLs/49F/2v8A4qlKCXw6kc1tEj+faS8aOPY0kfnp95PvN8v+1VOdJX8rfP5n&#10;Oxf9hq/oV/4Ye+BXkQQ/8Kz8P7Ifuf6Gv6/3qsJ+xR8EI45Ik+G/h/y5V2OPsUfPzK3p/s1HLItT&#10;Sd7an870lw0D7IpJB/sf8C/CpPt5kx/s/P8A3vm61/RJ/wAMa/BI3FvL/wAKy8N77ddif8S+P29v&#10;9mox+xb8EUtp4P8AhWXhvy5tu4f2fH2XA7Vq0nYbqNu7P5//AAp8Q/E3hKwkTSNf1DSUlk377S8k&#10;j+YcfwkVt2/7QnxIt/tCf8J54k/etvl/4mkvz/w+tfvlH+yL8Go7rz1+GnhoSbNn/IMixt/u/dqP&#10;/hj34L/Y/s3/AArPw35G7fs/s6L73/fNZe9HZERqSi7n4Hf8Lw+IVncW8qeNNc/0Rdlv/wATCX5O&#10;3rT4/jh46uI5IX8aeIP3v30fUJfn/wB756/flP2Uvg/HeSXY+G/hrznTymP9mRcr0/u0R/spfCKO&#10;OOJfh34e8pPup/Z8W3/0GrcOf4maOopbo/Af/hdfj2OPyv8AhOPEG/bs2Jqk/wAi9PWqX/CzPGuo&#10;faE/4SzXJ/tDb3/4mE/z9/m5/wBmv6Do/wBmX4T29xJcJ8PvDn2iZdjv/Z0W5167elaln8CPhvp8&#10;UUVr4D8NwJF9zy9Kg+T/AMcrL2Kj8JHOlsj+eE/FHx7JHIkvizxJJ5rb5f8AiaT/AD/e/wBupLT4&#10;ieM4reR/+Eg1hJEl3oj3k/ztu+9121/RT/wqnwT5kj/8IhoW+UbXP9mQ/N9fkpf+FV+Cv9H/AOKR&#10;0P8Ac/6r/iXw/J/u/LWrjzfEE5Rn8SP54b/4ieK7jS4/tHiTXLuTzd6Wv2ydtmf4up/u1nweMPEs&#10;hs2TVNU8xGb7OiXkvyb2+Zl5+X5q/ox/4Vh4O/ff8Unof77/AFn/ABLofn/3vkqWP4deFLeSNovD&#10;GjxvH9x47CJdn6VCpcrvDQOdbW0P5zbi88V+ZHsuNck37v8AlpLu+b5fX/cr7H/4Jcp4tH7SUE17&#10;Bqj6SmmXMLfa/N8tPu/Va/XdPCGgxDamiafH/uWkf/xNaFvp9rZj9xbxQf8AXNAtbU7w+J3L9rpa&#10;xZooopnOFFFFABRRRQA3dRuope9IQm6lBo70lDGOooooAbwaCMULTqq5LQnFHFLRSKCiiigBNtJt&#10;p1FO5NkFFFFSUFFFFFgEzRmlopkiA5paKKlFCZpCeadSelUxIWkJpaKSGFFFFMAooooAKKKKAP/Z&#10;UEsDBAoAAAAAAAAAIQCnh9CS+A4AAPgOAAAVAAAAZHJzL21lZGlhL2ltYWdlMi5qcGVn/9j/4AAQ&#10;SkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwMEAwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQ&#10;DQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBDAQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBT/wAARCAB+AE8DASIAAhEBAxEB&#10;/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQID&#10;AAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RF&#10;RkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKz&#10;tLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEB&#10;AQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdh&#10;cRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldY&#10;WVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPE&#10;xcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwD9U6KKKACvOPjN&#10;8cNH+DdlpUE1ne+IvFWuztaaD4V0eMS6hqsyrufy1JASKNfnkmchI15Y5KhvR6+XP2f/ABDpfiDQ&#10;/HP7UXjL/RI9TtbxdLuZLN1fTPC1lJI0SqmC5Mxjku3IzvMsYUYVRQBg/Hr4+ftB/BL4Ja58WNa8&#10;PeAdE07TVs3bwgHu9UvVE80MJWW+WSCJXVpjkRwyr8nDMGyvwnbf8FpfjhFMWk8O+BZ4zj5H0+7G&#10;BnsRdDnnvnpX018XtZ+L/wC3P4msPgy1rYfC3wB4n0ceKb5Luwa91i00qO4H2Bro+YsKTXE8Qb7N&#10;Gd8Sxnc7YZa+BP2zv2EPFv7Hmo6ddXmpReKPB+puILPX7e3Nv+/CbmhmhLN5b4DFcMwZVJByGVUB&#10;+tH7G3/BQPwT+1xBJpS2reEvHdujyzeHrqcTCWJW/wBbbzbV80bSpZSqspzwVAc/U1fy7/D3x7rf&#10;wu8caH4t8OXjWGuaNdx3lpOvQOpzhh/ErDKsp4ZSQeCa/pd+E/j6H4q/C7wj4zt7c2cPiDSbXVFt&#10;S+8wedEshjLYGSpbaTjtTA6uiiigAooooAiuZRBbSysMqiFiPoK+H/iQyw/8EjdGFuCI38D6CkqK&#10;SDIrG0EqA/7QLj/gVfcM8IuIJIm4V1KnHuMV8P8AxTtbj/h0NpyWi5lHw/0SUg/3fLtXf/x3dQB7&#10;lo6uP23vFpH+q/4V3o27/e/tLVMfoDXzv/wWlg879lTw6/8Azy8YWj/+Sd6v/s1fRejqT+214ubH&#10;A+HmijP/AHEtU/wr58/4LNrIf2TtIKfdHiuzL/T7Ndf1xQB+JNf0Lf8ABOO4luf2J/hY8zbnFhOg&#10;P+yt1Mq/oBX89Nf0Lf8ABOL/AJMn+Fn/AF4z/wDpVNQB9JUUUUAFFFc546+I/hT4YaMNW8X+JNJ8&#10;L6YX8tbrV72O2jd8E7FLkbmIBwoyTjgUAdHXxn46O3/gk3p74J2fDPSpOP8AZs7c/wBK9atv2opv&#10;Elzdf8If8I/iN4t0yFFePWE0y30u0utybgYf7QuLeSRe29UK+hbIz5N40VJ/+CTtgrH5G+GWlqc5&#10;/wCfOAdqAPZdDjB/bI8ayd18BaCo/HUdY/wr5w/4LPtj9lDQx5XmZ8W2g3f88/8ARbv5v6f8Cr1f&#10;xX8RtT8B/tpa/Fp3gTxJ43N94B0fevh0WmbbZqOqYMhubiFQG3nGGJ+U8V81f8FYPi7rfif9mjSt&#10;M1H4XeK/B8Fx4mtsah4gbTmhJWC5YIn2a8mfzDjPKhdof5s4yCutj8jBE5iaQL8ikKW9Cc4/kfyr&#10;+hb/AIJzAD9ij4V4GB/Z83/pTNX889fuV+wX8YvE2k/sifDiysPgx401y3t7SaGPUNPudJS2uQtx&#10;L86efexSAE/3ox3wWGGIUlc+3qK8H8V/tNa94J0G71rXfgx4s0TSrVd019q2t+HrW3jGcfNI+p4H&#10;PT1qj8Cv2u5vj54sGnaP8KPGumaABKX8V6kloNKIUHBinjnZbgM42gwGTqrfdywBuLSuedeJviJ+&#10;1n4x8Wz2Y+E994A8FRuALnwzq2iajrVyAWB2zXlysEKsNp5t3YdAe9afws8B3Pwm1KLWLH9nHxVr&#10;fiySJEuvF3iPxPpOqazO4QKzNczXhZQ2MlYtiZJwg6V9cUVDjfqK58rfGj9tzW/2fdDtdb8c/BPx&#10;RpekXV39ihuLfVdMuneTynlwI4rhm+7G5JxgBSSegP502/xl+HXjWwHg7Qpf2i77wqlrDbf8I3de&#10;NrWDS47c7BDA4kiZUhZQioCwzuVV+8K/U/8Aa1/ZqtP2nPAFlod1cKTpt3/aEWn3Urx2l7IqMFjm&#10;dAXjBzjzYwXUM4AO4ivBdB/4I8fBbQbnSbyLXPGJ1CyhZJJlvrYCeRt/70g252Mu8bChUrsQ5LAs&#10;Wk11BeZwf7KH7b/w2k8TyeE/hF8FdevPE3iCSW4vLi+8QWT6nqkkCbi01xd3G+UqruyhnwP3mwYD&#10;4p/t9/tT+CvEXhyz+Fvxy+FPjPwtPO8OuWaaPrWkz3cRXzI1fcskyoGzKnzDJBbFfRulf8E4Pg/4&#10;e8ZaT4n0WLW9H1LTWSWFbe/DxPOjSGO4kSRGDzIsrKJGy38RJclzY+Jn/BOz4RfF34kX3jXxPBq1&#10;9ql7DPHPAt0iWzPJvCTbBH/rIg52HOOAXDkZpNN9S+aNrWPzA0K8/ZF+E3iGzk8S/DX4p+J5ntoL&#10;5bLV9XsJrXbIgkjKtaNFvBRgWDN8rIUZQQ4r9Bv2bv2kvFn7WWjajpXwf0nw38GvBnh6CO0Mt/aH&#10;UNQiWRAbf7NZRGG3gUBZSGd5Bwn7oqcmLWv+CQvwK1zVLq8muPFcSy2728NtDqUQjtssWWRCYS7O&#10;gO0GRnyAN4c5J93/AGb/ANlTwb+yzputad4Lm1I6fqkscskGoPDJ5bJvxtdIkds+Zj94zkBVAwBz&#10;drdSHboS+D/2XPB/h/xWPFuvz6p8RvGaSO8HiDxncLez2YZ9+21iCJBaqD08iKM44JNev0UUCCii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooryX44fGLVPB91pvgvwJpUXi&#10;b4p+IYZH0rTbhilnYQIVWXUb+Qcx2sRdMgfvJWKxxgkkoASeO/2iNI8I+MZfCej+HfEXxA8SWkKX&#10;Gp6d4StobhtKjfmI3TySxpE0g3MkZbe6qzBSBmsM/tP6hHIEl+CPxUjyud39kWjge3y3Zru/g/8A&#10;CnTfhB4PTSLST7fqV1M9/rGsyxhLjVtQl5nu5sfxO3IGSEUKi4VFA6rWdb0/w9p0t/ql9badYw48&#10;y5u5VijTJAGWYgDJIH1NZznGnHnm7JCalLSJ44v7T126hh8F/ing/wDUFtx/7c1Yt/2lZ5zg/CH4&#10;nRH/AKaaHEP18/FaWoftK+DrTQLfWrUarqum3NzDbwTWumyr9o80ZjeASKn2hWGCPJ3ls/KDWrB8&#10;a9GttON74hsNT8IxCQoW1aJGjRQARI8sDyxRoc4y7qcjkDIz89/rNkqqKk8XBSbsk5LVrobqhVS1&#10;i/uOJH7U8+t2nie18LfCvxzrXifRom2aVdWEdnDPMEDeU140hhiYbkLIxMu1gyRSArm1bftH65Lp&#10;sNxL8D/iUsxiDywR2lgSjcblG67UtjPHAyAeM8V7PaXcF/bRXNtNHcW8qCSOWJgyupGQQRwQRzmp&#10;q+hXvpSjLT5GT9DxSH9o7W5iR/wov4npj+/aaYP/AG/pdG/aft9S+Keh/D68+HXjbRvEWrWc2oKl&#10;5bWUkVrbRg4muHgupPJR2BRGfAZ/l4PFdR8Z/i9F8JtCsfsmj3XirxbrVwdP8P8AhmwYJPqd3sZ9&#10;pkb5YYkRGkkmf5Y0Vj8zbUav8EvhdqfgLTNS1fxZqsHiL4heIZEudd1i3i8uEsgIitbdTyttArMs&#10;anklpJG+eV80k1uxFj4zfGC3+E2jacttpdz4m8W65df2d4e8NWLbZ9TuypbBcgiGFFVpJZ2G2ONG&#10;Y7jtVoPgz8J5/AFhc6z4j1E+I/iFrUcT69rrElZHXcVt7dTgRW0RdxHGoHBLNl3dj5nonwm+MXhr&#10;4v8Ajbx2n/CBeIdT1q8e20/UNVnvkudP0VCht9PiVUZIwSHlkKY3yMGbftTZ3qSfHPYu+3+Hu7HO&#10;2e+xn/vim3YTdtz1ivJ/iz8OPGXiLX7bWvC+uaZshthE+h65bSSW7yKXaOaGVH/cSZfDOYpchVAA&#10;xmqOoTftCD/jytvhn/23uNQ/olZyzftMs3+o+E4Xv++1PP8A6BXnZhl1DNsLPC4mN4S0aCGI9lNS&#10;i9Rmk+Dfi81g819F4Osb0AbbO1urq5jPt5zRRkfXyz9KfJ4c+LdzFsGjeE7SbgNK2s3MqEZzwv2V&#10;SfoTVlJ/2jx96y+Fp9xeakM/h5VXrCf4+4f7bZfDfOfl+z3mofrmKvzCp4VcNOXN7Jr/ALef9P53&#10;PXWY12r3X3HUfC7wXrPg/T511jVra9eZYxHZWFr9ntbMKDlY13EnJbknGcdBU/xX+KuhfBvwZc+I&#10;9ea4ljWRLaz07T4vPvdSu5DthtLWEEGWeRsKqDvySFBI5hpfjkV+W2+Hyt73F8R/6BT/AAb8MfEm&#10;oeOo/GvxH1DR9X1nToWttB07R7WSOz0hZARPMplZmkuJFIjMpC7Y1KIFEku/9SwOEo4DDwwuHVoR&#10;Vl1PKlVdWTk9yX4R/D7V7a9ufHPjrbP4/wBWjeM26TieDQ7JpN6adbMFUFV2xmWUKGmkQMTtSJI/&#10;UKKK7xH/2VBLAQItABQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;PQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFUGoLbcBQAAZCIAAA4AAAAAAAAAAAAAAAAA&#10;PAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABmUu8nDAAAApwEAABkAAAAAAAAAAAAA&#10;AAAARAgAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEASCRnIt0AAAAF&#10;AQAADwAAAAAAAAAAAAAAAAA+CQAAZHJzL2Rvd25yZXYueG1sUEsBAi0ACgAAAAAAAAAhAAfgSSnp&#10;SwAA6UsAABUAAAAAAAAAAAAAAAAASAoAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQItAAoAAAAA&#10;AAAAIQCnh9CS+A4AAPgOAAAVAAAAAAAAAAAAAAAAAGRWAABkcnMvbWVkaWEvaW1hZ2UyLmpwZWdQ&#10;SwUGAAAAAAcABwDAAQAAj2UAAAAA&#10;">
+                    <v:group id="Группа 927" o:spid="_x0000_s1026" style="width:189.35pt;height:117pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordorigin="1505" coordsize="4317,2560" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFUGoLbcBQAAZCIAAA4AAABkcnMvZTJvRG9jLnhtbOxa627bNhT+P2Dv&#10;IOi/akmmbMuIU6S+FAW6LVi7B6Al2hIqkRolx0mHAQP2CHuRvcFeoX2jfSQl2/Gl8RosxVY5iM27&#10;Ds85H8+Funh+m2fWDZNlKvjI9p65tsV4JOKUL0f2T29nzsC2yorymGaCs5F9x0r7+eW331ysiyHz&#10;RSKymEkLi/ByuC5GdlJVxbDTKaOE5bR8JgrG0bkQMqcVqnLZiSVdY/U86/iu2+ushYwLKSJWlmid&#10;mE77Uq+/WLCo+mGxKFllZSMbtFX6W+rvufruXF7Q4VLSIkmjmgz6GVTkNOV46GapCa2otZLpwVJ5&#10;GklRikX1LBJ5RywWacT0HrAbz93bzUspVoXey3K4XhYbNoG1e3z67GWj72+upZXGIzv0+7bFaQ4h&#10;ffjj428ff//wF/7+tFQ7uLQulkMMfimLN8W1NFtF8bWI3pXo7uz3q/rSDLbm6+9EjHXpqhKaS7cL&#10;maslsH/rVgvjbiMMdltZERp94pLQ7dlWhD6PDHqu5xlxRQlkquZ5gRvY1nZqlEzryaTrYTdqph/0&#10;tJQ7dGieqimtKbu8KNJoiP+atSgdsPZhFcSsaiWZXS+Sn7VGTuW7VeFACwpapfM0S6s7rdFgkCKK&#10;31ynkWK0qmyl1PUbIaFbPdXqYqMxKyMotRZUM97Mpmp3WkgWF+OE8iW7KgvAAtzDSk2TlGKdMBqX&#10;qlmJ8/4qunqPonmWFrM0y5QUVbneO4jY08wj7DNaPxHRKme8MjCWLAMbBC+TtChtSw5ZPmfQSvkq&#10;Bp0RjpAKClTIlFdag6Alr8tKPV3pi0baL/7gynVD/4UzDtyxQ9z+1LkKSd/pu9M+lGngjb3xr2q2&#10;R4arkoErNJsUaU06Wg+IPwqr+gAygNXAt26oPl4U4zRBza8mEU2KQ4rWUkY/gvcYh3IlWRUlqrgA&#10;I+t2DN50aK5vGa1EUgJ7D8KpO1BQhu4T3wCmgZQXhsCLRgXpd7WcG1RAT2RZvWQit1QBjAedmtP0&#10;BrswO2uGKJq5UOLXOzkmi9ANp4PpgDjE700hi8nEuZqNidObef1g0p2MxxOvkUWSxjHjarnHi0Jz&#10;VmRp3ChnKZfzcSaNiGb6U2+83A7rKJXYktGIr/k1Ymz4j1ZVxL86FWG2ykb7UTtPhZTROnbgv0lo&#10;wcB1tewO5rsN5pWSAMIZUD9Qu6jHNSdyaY7jT8D63gRVOUuhfNeHGd+esxt9qrXJI4/TpR1JKIzs&#10;CGzsBi6ZHAqMDjN+TwuBG9NyVBk9GJMXfujMeoO+Q2YkcMK+O3BcL3wR9mBmyGR2Xxlfp5w9Xhmt&#10;Ncxq4AcaR6c36erPsU3maQXvKEvzkT3YDKJDdVJPeazBV9E0M+UdJVbkN8rb/BolbmRudGcu4jsc&#10;KFIA8PCO4MehkAj53rbW8IlGdvnziirLlr3iUO3QI0Q5UbpCgr6Pitztme/2UB5hqZFd2ZYpjivU&#10;MGWFY3yZ4EmeZgwXV/ALFqk+ZBR9hirQrSpA11PBjByBWdjCbPewb2EGC7+xFS3MPhm+nLBmmzBj&#10;a82IdjoV3GH1/m1rRny3tWa7Qfa5Xm5rzf5L1gw6bqL5HZjpeKCFWRO6tNastWZnJ+NOWLOwgZkO&#10;GYiOqmuEjblJlEW3vE6UbSIzvdjbuwI5DZNvuTdFVc4MzLpIkCEw8/RzTTJEJc/gZeswX7uvUPMm&#10;4dZE8HWQnyFOODPIz7iOZhABPBDNnA7ZkM2sg5ZTAcynYrgvmFDY5Dp2fD+TXwBrEXA+HGKp/ImS&#10;6tNFM3CpDs//4EtEM35AdLJiq51ekzfQ9ui0esoHclCnQ+rTStjmDdq8wc4F01Hf95+l55BlPURa&#10;r0Vai7SvCGl1RrzOmaJ2kAg/chG0d5WLWU92j0Zggkx4dF3foxHtK6l9qMz7/+b2zNfu2rGseHtd&#10;tneL7Ad7XrSHy6vakfZ7j/RVNj6kdoN0Mt44RObu8iu5L9OX73iVQXvM9WsX6l2J3bp2lbcvh1z+&#10;DQAA//8DAFBLAwQUAAYACAAAACEAGZS7ycMAAACnAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1s&#10;LnJlbHO8kMsKwjAQRfeC/xBmb9N2ISKmbkRwK/oBQzJNo82DJIr+vQFBFAR3LmeGe+5hVuubHdmV&#10;YjLeCWiqGhg56ZVxWsDxsJ0tgKWMTuHoHQm4U4J1N52s9jRiLqE0mJBYobgkYMg5LDlPciCLqfKB&#10;XLn0PlrMZYyaB5Rn1MTbup7z+M6A7oPJdkpA3KkW2OEeSvNvtu97I2nj5cWSy18quLGluwAxasoC&#10;LCmDz2VbnQJp4N8lmv9INC8J/vHe7gEAAP//AwBQSwMEFAAGAAgAAAAhAEgkZyLdAAAABQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj0FrwkAQhe9C/8Myhd50E2OrpNmISOtJCtVC6W3MjkkwOxuyaxL/&#10;fbe9tJeBx3u89022Hk0jeupcbVlBPItAEBdW11wq+Di+TlcgnEfW2FgmBTdysM7vJhmm2g78Tv3B&#10;lyKUsEtRQeV9m0rpiooMupltiYN3tp1BH2RXSt3hEMpNI+dR9CQN1hwWKmxpW1FxOVyNgt2AwyaJ&#10;X/r95by9fR0f3z73MSn1cD9unkF4Gv1fGH7wAzrkgelkr6ydaBSER/zvDV6yXC1BnBTMk0UEMs/k&#10;f/r8GwAA//8DAFBLAwQKAAAAAAAAACEAB+BJKelLAADpSwAAFQAAAGRycy9tZWRpYS9pbWFnZTEu&#10;anBlZ//Y/+AAEEpGSUYAAQEBAGAAYAAA/9sAQwADAgIDAgIDAwMDBAMDBAUIBQUEBAUKBwcGCAwK&#10;DAwLCgsLDQ4SEA0OEQ4LCxAWEBETFBUVFQwPFxgWFBgSFBUU/9sAQwEDBAQFBAUJBQUJFA0LDRQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQU/8AAEQgBeQEw&#10;AwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMCBAMF&#10;BQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYnKCkq&#10;NDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeYmZqi&#10;o6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5+v/E&#10;AB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwABAgMR&#10;BAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpDREVG&#10;R0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKz&#10;tLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMRAD8A&#10;/VCn1FDbpAMLUtABRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFJ1opXYC0UUUwCiii&#10;gAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKA&#10;CiiigAooooATA615P8Vv2lfh78E9c0PR/Fuu/wBm3+sOqWqfZ5HUqzbPMZlGFXceWr0Xz28yTzX+&#10;T+5X5ieOPh3L+3h+154wsk1iSDwn4TsW06LUIPuvKeF2r/vb6wnzNpL5jjq7H6i2l5BqFtHcW8iT&#10;wTIHR06Mpq1X5ufBv4+eKP2L9cHwy+MUdxP4adtmh+Ko4/3aRLtX5v4tv3/7z197/D7xppnjnQYN&#10;V0e/j1PTbj54rqA5V62vd6ajkuV2OsopCOaMc0XJFooopgFFFFABRRRQAUUUUAFFFFABRRRQAUUU&#10;UAFFFFABRRRQAUU3BpkjrH944oAlopkcm+n0AFFFFABRRRQAUUUUAFFFFABUU+/yn8r79SDpQaTd&#10;gPDP2lfig/wZ+C/ivxRcFI54LZkg3ydZX+Ve4/i/8drzX/gnP8KpfDHwOj8V6h+81bxnL/bU0z7t&#10;zo7Zj+8B95fn/wC2lcb/AMFAru9+L3jb4f8AwR0eD7W+s34vNQdN22CJMfe/2trbq+2PDeh2/hfw&#10;/pmkWSCO00+1jtIkXgBUUIv8qiDvzS7jUbas5r4gfCrw98UfD8/h7xRo9nrOlSdI7iPcUbbtVv8A&#10;x56+NLn9ib4mfs/eJItf+BHjG4fTVk8xvDGrSboef4flIVl+/X6EVH5CelHK+ZSQ763Z8L6H+3/4&#10;t+GF5/ZHxy+HmoeHrtP+YhpUe6GZdqnd8x/2v4a+p/hn8e/Avxg037X4S8T6fqX96HzNsyf70TYZ&#10;a6bxJ4K0Lxhp8llremW+pWkqbHjuY9w2/wDstfLPxE/4Ju+B9b1STVfBWp6h4A1Kb/WvpsjeT/e+&#10;5kfxKlHNb+IvuJPrm3ne4j3qiVPL5uP3ez/gWa+B5LL9qv8AZlvTcWl5F8XPCn/PrPua6j+Y+277&#10;uz+Ku6+Hv/BSDwRquqyaJ4903Ufh1rkPyTR6lHuhRv8AfwG/4Ft21Skmrpl8p9h0VgeFPGeheNdK&#10;TUNB1ez1e0b5fPspRIu78K3O1PoR0uPopAMUhHNMQ6iiigYUUUUAFFFFABRRRQAUUUUAFFFVxcZn&#10;eKgBRIkjvF/drH1i3iuLy3d7iSBEVvk8zbG+dv3qfaRy/a7hZY5MOzfP5ny7a/Pz9si48Ua5+2f8&#10;N/AWiePNU8PWGvadsuINOk+aHDPtk25H3v8A2nWUqkYtKWhGp+idrGkc7qn92rlfkv8As0/FPxX8&#10;Nf27k8A6x431jxFpF7qFzpiPqt3JL521X8lvmAX5tv8Adr9ZiK0bX2dS2OooopgFFFFABRVNBDBc&#10;Pn5JJatjFAri0UUUDEHSq91dxWVvJLNII40Xczt2pY7hJJ5I16p96vB/22/iW3ww/Z48SX0JjN9q&#10;C/2ZaxuRl5ZQwVVGDubjpWc5KMW2K54j+yHeJ8c/2rvi58UbiAzWumyrpGmXQT5No+XjIB+6tfdn&#10;BOK+f/2H/hO/wg/Z38PaZdQ/Z9T1AtqmoJ/03lxu/wDHVRfwr6BPSnGPKkkXN3dxaKKKskKKKKVg&#10;G4rz/wCIHwS8EfEzS57PxL4e0+/ilZXLvEN4YfxbuPSvQqKlxTVmgPg/XP8Agno/gfUZNY+EXxD1&#10;jwvfbVb7N9oZoXcNuXdt+8vzP8v/AKH9yo9E+P37RnwMj2fEHwN/wmfh63T5tX0b95N/vMsYP97+&#10;7X3Y9hBJ1jFU49MSCzuIm/fxuzPs/wDZalKUHa+hcZa3krngnwv/AG8/hJ8TNQs9JGu/8I9rlx5a&#10;f2drEf2dvNfA8sM3ys24179b63YXdv58N3FLD/fSTcK8A+L/AOxx8Mfi59outV8Lx2N/K3yajYyf&#10;Z5kY87vlI/iavDP+GL/i18F7eS4+FPxIuLi03M6aLqvyx87ivqtNTWie7IXveR97/wBp2u8L54y3&#10;SrBdUj3dq/PyD9tz4kfBPW49P+MXw3uBaW+1JdX0ePcr7VX951K/7VfSvwi/a/8AhT8aLMPoHiyz&#10;+1bfnsb5/s8yfLk/K+N1aL3tg7Lue3JIkke5DvWpKyv7St4Y9sbo/wDcCflWhG++PcKHpuHWxLRR&#10;RQAUUUUAFFFFABVZ42j8ySL53b+En5as0UAZ9pHcIj+b5fmNX58ftb6XdSf8FB/gG7W/mebE3zwS&#10;bZHVZXNfojPJ5ULuvYV+eX7W89pZft7/AAH1CX7RaTyweT538L/vW2/Nkf3nrCp780n5l07XszwS&#10;8iFh/wAFSvDM81p5Uj+I97wbAzJuWVV6n+9X7FKd+Gr8UPGGtxXH/BUPw+82oSeXF4utkSdPlb/W&#10;rt7f8Br9rYf9RH/uilQbcImUHfcmopB0pa6CgooooA8F/aI8Iat4g8SeE57PVdQ021f7TZb9OvHt&#10;/LuXjzBI2373zL92tH9lPx/rXxK+B3hvW9ek3680UlvqJ+Vd1xHIyP8Ad+792u6+KIePwJq93F/r&#10;7GL7bEf7rRfP/wCy14f+zHdtpHxB+KmhJcRx2N3qMHiTT0j+75F5FvZlXH/PRXreNpU35F2PpyOT&#10;fRJv/hqKD/Wf8BqxWD0IKUcMkEjtvTYfvcV8MftNamn7Rf7Vfw/+FOlRyT2PhuVtX1t5Nyx7fkZY&#10;+zfw19qeK9dtPDHh/UdZvriOC0sbeS4mmk+VURFy1fE3/BOvw7qHxC8ZfEj4zavHJnXrz7Jp88gY&#10;K8SM27buz/u1jeftUkvd6lQaTsfd9pEltaxRRf6tFCrVk9Kb9yn1sS9QooooAKKKKACiiigAppJp&#10;1FAEUkayDa3zexpkluskXlY+SrFFJq4GFfeFtP1TT5bXULeC/t5OqTxqy88V84/FH/gnj8KfiPJ9&#10;rt9Nbwpqy/cvdCHk/L/dZfut9fvV9V0mKzdOLDs+x+eb/szftCfs66hby/Dn4g/8JZotvL/o+l6z&#10;ub5edytu3ert96uw+An/AAUFvfHHxMg+HXjjwLe+GvFnnNBKIPmjjbGV3bjuX+7X2H4p1m38N+HN&#10;U1W7/wCPext5Ll/91F3V+cv/AAT8s7v42ftP/Ej4u6nHv2SyQ2+/d8jSbdu3p/yzVKVOMpVGm9DS&#10;MeZtyP0xp9JS1sZhRRRQAUUUUAFFFFAETAMMV+ev7ZEd1/w3h+z3bw3n7vaz+S/3U/et/wDE1+h2&#10;K+C/2wd1v+3L+ztI1nb3Yl+0RoH27uGy33s/3krmqrbUzb5fePkrx/GLf/gqV4Ya3jjtC/iu081/&#10;L3K7GVfM9Pvf+1K/aO3TbBGvoor8bPifcT/8PP8AwxtP27d4pt8QP82xQ6qy9T/dr9lYvuL/ALtP&#10;DfwUzW6aTRLRRRXQIKKKKAM/WNNj1jSb2wl/1d1A9u3+66lT/Ovgv9nDxHqWifEv4b/2tbyWs81n&#10;qfgfUn8z939pspWkgXqGZv3b/NX6BY4r4F+PVg/w88R/EPU7WONL/wAN6/pHxAtYfutPB5qxXK9R&#10;/wA83/vf6ykm20l1KT1sfetvB9nSpKoaJq9vr2kWepWjh7e8gSeL/dZcitEmiTJPkv8A4KBeLLuP&#10;4T2fgfSv3mu+N7+PQ7eH+F1dlWT1/vba99+Dvw3sfhJ8NPD3hLT440t9MtlibZ0LdWP/AH1XyNc3&#10;B+Pf/BRSzt9lxNofw7tZGlJ/eQ/avyG371feGMisoQt73cmL0sLRRRWxQUUUUAFFFFABRRRQAUUU&#10;UAFFFFABVe4u0t0y9WKp34hAjaXs1S5KKuwPlf8A4KN/Fr/hXX7NHiCCE+Rf69/xK4P721/vsvI/&#10;hWtr9gT4YN8MvgDokM0Ecd/qKfbrqQR7Xdn+7u+Ufw18y/tnawvxo/bP+G3wvgk/c6Zc29zceXt3&#10;ct5rL1P8KpX6Q6FpcWi6PaWNvElvb20axRQp91FVcKtRST5ZT7vQtLlp+pp0UUVqQFFFFABRRRQA&#10;VHJJsj3VJTPvigCi17I13sSP93tzvr4F/bTv0H7af7PbSxyR/vZ0aZPu/eX3r9AI4Gjl3fwV+e/7&#10;d6Sp+2B+zhFDJHiW8l/cv/e81R6Vy1V+JLXMrI+c/jJf/wBn/wDBSPwg93cXD2n/AAlOnOjxyMvk&#10;q06Ftv8A8TX7M2/+pT/dr8Vvi5JcW/8AwUc8Jonlwf8AFV2Gx3+6/wDpKe9ftRAf3Cf7tVh1aivV&#10;mrhyxVieikFLXQQFFFFACY618k/tR+E2/wCFseB9TnjjTTfE1nf+CtQ3xr925iZ7b/yNGlfW9eE/&#10;tm+D38T/AAH1jUrfzP7S8Myw+IrJoPviW1cS/L/wFXqORNpsuEuV3Mn9ivxZf+I/2fPDdlffu9T0&#10;TztFukf+CW2l8v8A9B2V6h8XPiHafCz4eaz4q1B/LtNOtmmf+9/u14H+yLrEVt8UPiRo8P8AyCdZ&#10;Ww8Z6bsj2rsvIsTR9T92aOuR/wCCkev6l4nsPAfwn8OSf8TrxZqyK6RlSUjXaNzLyyrzWFaT0TVm&#10;yZJvodT+wN8P73R/C3iTx1qcn2vV/GOrT6i038XlF22t/wAC+9tr66rnvCfhhPC3hjS9Kt/9XYwR&#10;26f7qKq/+y10G3iuqVrp36WCXkSUVHvY9uKGbaKBLXYkoqKSUJ70I4fmmK5LRUcjhKQTDHWobSFz&#10;K9iWiofNXsaaLlHHy/PVLXVFJNq6LFFRNIsY+Y0w3CGs3OKV2JtJ2ZYoqITIP4xQJVPeri+ZXRVm&#10;S1jeKdTtdD8N6pqd6dlpZW0lzKf9hF3H+Vafmp/fFfJP/BSf4vf8K3/Zz1TTbRw+peIX/s+L/dPL&#10;VlUtZJoSvex4n/wT18LR/GH9oD4n/GW8gcJNfyW1oJD5m3Lf3v8AZVUWv0mHWvm/9hf4b/8ACqv2&#10;b/CWn3Fn9kv7yH7Zdfu1VvNfp2H8Ko1fSB7V0tWslsXUe1h1FFFQQFFFFABRRRQAUUUh6UAMD/vN&#10;tfA/7buxP2xv2b3aD/SBeTbZn/u7lZu4X5dtfexk2cdS33a+Df26b9bb9qv9nCfOwJqMyN/C3LLt&#10;/wCA1jVjpdie9mfIvxnuHj/4KR6I6ae8kEXiu02Wsn3nUzr5ny53f39v/bOv2qtJBJbxt/s1+L37&#10;R93BB/wUW8Myyp87+JNOd3gPzf6+IL90bf7n/fuv2fsPmtI29VzWtBL6un5s6p2dJSRaooopnMFF&#10;FFABVHU9Oi1bTLyyuEElvcxNC6f7LLg1eooA/Oj4WeONM+D/AI88F6rqdx9gtNBn1b4f6u88nywq&#10;m27smbp/DG9eIax+2p4Ug/bz1D4i639s13w1pljJp2i/2dIrbMfL5i7W2/Nuf+KvQv2xvh/5Xj/4&#10;5+F3jjS08Q6XYeMtNP8A03tpPJufvY+b5v4f4K8Q/Yf1z4NeF/jnHpOp2eoeJbvU9tjp97fWcf2e&#10;GVv+mWT/AHvvVzqnOtN66paHU17SN09T3/xx/wAFc7j7ZJb+EvB9v5G5fKutVuGVnXdn/VLjb8v9&#10;5qzvhd/wUp8c+L/GlnZeLbvw3oPh54ppZb3SrdriZGTaPu7m+X77fKr/AO/X21qnwH+HniTUI3vf&#10;Bejzxo2999mu7cvC9q8f+JH/AATf+C/iST7RpmhyeF7t1ZEn0q4k27mbd8yMTurCpGrGLk1exhzR&#10;STjuel+FPGeqfEy3g1Pwv8T9L1Oxm+ZfslnHIqIcbfl3h93+9/3xXT/8If4tkini/wCE/vI97M6P&#10;HZ227n+98h+X/d2/79fnz4g/4J4fGL4OavJq3w08Sf2tHbytNCkd41jdJ8q/L1C/xP8AxVl+G/20&#10;Pj3+z3qEemfEDw/calaeaqJ/atvtkRd3yx+fGDu/u7m3f7716tKvFKN7K66ms68opRil9x+gWr/D&#10;/wAYxlCnxL1h9/yeTHZ23yMWUrt+Td91X+9u/wBZWZ/wrnxpZ3Cy3HxL1+SSeJYh5dvAsZcMz7tn&#10;l+/8O2vKPh//AMFJPhV44vLOy1C4vPDWrPu/c30a+Xu6f61SV/76219EWfxE0nxRp8c2n6hZ3cH8&#10;E8FxuX+6v3c/7dXy+01eq8jwKuITvzuxyd58LvFtvHZvN8UPEnmRfwRx2258/e/5Z1FH8H/E8f2h&#10;7j4meKEkuGj+SOSLamP+Abq7281SK4+z3CSeZGm3f/7NRceLLeT7/wDwNPpurj/s6lzqUbt+rMYV&#10;4wlpK5xWofDDW7a8g2/EjxRJH5UabP3H3ujMzeWF/uf3aryfBfWLyzvLJ/iZ4sjkmZn89JIvk3Ky&#10;tt+Qr/6FtrudQ1iK4+V5I/4fn+796pLjxZaR3n+5ud/4v4c7a9OCnSjyxR1Sx7UdLI8/vPg/rsl5&#10;JcP8TPFmNnlIiXEe3adpbd8n/oLUaX8E7u30+3ivfHniy/jhfzXf7Yqs+f721F+X+Ku08Ua59nt5&#10;ETy/vff/AO+V/wDZqP8AhIEks43ikj8hF2O/9/8A76rjnlkcRLmlc89YmN7uV2Z8Xw7Z5JL3/hJN&#10;c8tkZPL/ALQbu2/72N39ypLj4Z2UekSI+ueIJI933/7Qb5PmzW3d+J7UafH5RjO/5E2f3ui9/wC9&#10;WReeKEj0uS0ik8yTZ/tfPn8K7KOH9jG0FZHYsydOCjHcz/8AhVenyXklxd65rkklwqps/tSVVTaz&#10;N/7N/FX5v+PdEl+Pf7eGl+DdKvNQvvCeg6tHvhurhpo08pV8zb/d+7t+avuz48fGTTPhf8K/EHiW&#10;WSSOfT7WTZ5ca/PL8qRd9v8ArJEr5m/4JNfDbUNZvvFvxS1qPzHvpZLeKd/vTMW3SNtX5f4v7tcU&#10;4KVdzT2OzBzlVbq1NUj9JBbLHYQW6J/qlX9K0+tUN4d8D5wzVoUm7nVYKKKKkYUUUUAFFFFABRRR&#10;QBXnDAbk+/XwZ+3NHef8NTfs5v5FpJH/AGlOiPcSbfveXu9v92vvk/er4J/b9FuP2i/2c5ZZZC66&#10;23+ipJ8r4dPm/wB75qiT5RxXvI+Qv2ly9v8A8FGvDo+yR24i8Rac+J9v7z9/E25v7u6v2r0/b9ji&#10;x028V+L/AO1sEs/2/NE8q8kuHfWtOffszs/fp8v/AI89ftDZ/wDHpH/u1rCPLh427s6pq1GPqWaK&#10;KKk5AooooAKKKKAPkb9tHwgkfi/4Z+LwmyBL+68N37xxlv8AR7+DYu7/ALbKn/fyvgn9mP4j/Bz4&#10;P/GDRtK8R+CNUTxppmozaTLrsd5utfNWVlWTyMH5vm21+qn7Tvgyfxt8F/EltZJv1GzgGoWg5z5s&#10;LCRe4/uV+cej+Ifgr8K/2m9Q8a/EfTLzfrlnp3iXw9MluzRw/aV/es0WT/y0V/vVnTX71ORtTjGb&#10;sz9W0tRP9nliIePbu/1dSR6QJJQz/wANQ+D/ABJpvjDwzpet6PcR3em6jbR3drOn3Xjddyt+tbh6&#10;Ct+Zp2MnFKTZVksUkTHf+/8AxVkax4K0jxBp9xY6np9vqVpMrJJDdxrIpU9vmBroh0pawlCM7X6C&#10;63Pjn4vf8Ez/AIV/Ead7vR7e48H377t76V/qX+Rh80XT7zfw18rax+wh8ff2b5JNT+H+uf8ACQ2i&#10;N/zDpGWR1G770EmV+7/v1+t9JVQXs9YicYu+h+Ruh/t4fEL4XyR6P8TfBdx58LLvfy2s5tv8W1WB&#10;VvvV9EeA/wBqzwF8QPLSy8SWdhdzf62yvpFhmRh97/Wf7tfYni74d+GvHenSWfiDRLDV4JImh23l&#10;skmxT97buB218e/FP/gld8P/ABR9ou/Cuqah4avn3Olt/rrXcd3y7W+ZV3f7Vd1LH1KdueCZ42Iy&#10;ynWfNF2Z69b6p9ss49kkckaLs/2fm59aj1C8S4+5/q90f6NXxPqn7On7Tv7MccjeHL3/AITDQvNZ&#10;3SCT7Qv3V+Vkk+f+H+Gq/hv/AIKCJo+qR6Z8Q/C+oaTqVuuy4mtI2Vkbav3omAZa+iw2Mw9VXlof&#10;K43KsbBfu1zI+1NY1T93v/1nzf8APT/P96q8niS4t7PZF/q3b5/L/vfdrj/B/wAbPBnxQ0eO48Oa&#10;5Z6lJcfcg8zbMjfe+7jdXUR3EUnl/u45I/4//Zq9iEac1dK581VliaLam2mXLfVJf7P2SxyeY6s7&#10;7P8Ad+X/ANCqn/bnmSb3k/yvFXPMTy9if+RP4Kp2en+ZJI/mfvEl+55f97iicKUKblJaI441q9Wo&#10;lF6nxf8A8FJ/iO9v4f8AC/ge3+e41Of7ddIkitsVPki+XJb5t3/kOvv/APYs+Ev/AAqL9nfwnok0&#10;caXb232u42Rqv72X52/9Cr81PDen/wDDWH/BQCOxuJPtGhaZc7HRPu+Ra7vb+KT5q/Z60t0tLeOJ&#10;OERdq18DV5Vdx6s/bMFB0cHCHV7i28HkR/N871YoornOkKKKKACiiigAooooAKKKKAInfaP9qvgH&#10;9v8Akl/4aP8A2b5f7R+yRprjI0Hy7k3NH+8/9lr7y1V3jt/kTPWvgr9uvfJ8d/2dHa0t/wDkYWzc&#10;3Ue75v3f7v8A75/8frKpukKK1TPkj9qrVIdQ/b8sLvTY7f7WmuWCfu9330nRfm4+98vzV+2GmOZN&#10;PgY4yUH3a/Ej9uG9srb9uGyaHL+VfWAuEj+Vt25NwVv93H/fdftloOP7Fs8f88l/lXVCpGeFi492&#10;ddSSdKKNKiiisjlCiiigAooooAxr6WG7iu9PuOTKrIV/2T/+uvyW+K/wQ0LxnrvgfRfEt5JpNj4b&#10;8V3/AIK1Ke1kVWSzf/S7CTcw+Vdsu3d/10r9YruzeTWxdH/UQps/9Bavzo/bU8F/2p8SPip4aij2&#10;f8JN4WtvE+m7Nqq99pzbZNvHzN5LVzyfLODj3HBrm3Pt/wCCC+FPDHw70vRPCWoW+paFo0H2S3kt&#10;Lhbhf++1+WvUoJ1uYElXowr8/v8Agmf+zv4t+EfhfUPEet6pbyWHiezt5rWygkZvlKq8cjcD5trb&#10;a+6LC7/s+PyX8yT/AG67aj9530Lq+7I3h0pajjkWdNy9KkrIzCiiigBAc1BOjkfLViihabAVjCXc&#10;l+g+7XnfxA+BPgT4sQzweKfC+l6tvTb501uvnJ/uy4DL92vTaKjlVrMWux+cfxM/4JOaO5k1D4ae&#10;KLzwvqVvPvt4buRpI9vy/wAagMv8f96vJP7L/al/ZjjkTWtHk8b+G4V87zo9118vzbv3q5av1svL&#10;d7iP91J5b1FLYNPb+ViONP8AY/8A1VtRq1qLfJN27HLVwtGsnGcUz8vPAn7eHg/xBJ5XiW3vPCep&#10;bm3wvukj+8w+8qD/AIFuVa9U8efGjStD+FfiTxbomsWepfZLFvsrpcRtC8r/ACRL12/ekSvo/wCJ&#10;H7KHw0+LFneReJfCFlPPcfM+oWsaw3G7ru3LXx/8QP8AgkSLzz4PAXji80nSXVd2n6xukV2H+7j/&#10;ANBr0KuY1a0ZUp7tb9DxI5FRhVVSLtYxf+CQ3wkM8vin4h3v+uuNun2vmJ83HzSSdT95q/UevNP2&#10;evgrp/wD+F2jeErSX7U9jDslufLVfMfqW+UCvTq81u6SfQ+nb2S6BRRRSEFFFFABRRRQAUUUUAFF&#10;FFAEboHGGr4M/b60S0ufjX+zw9x9ou5E8Sf8eSfKrr8h3fKR825Ur716Gvhz9v28+z/F/wDZ4R7y&#10;OOP/AISlX8gf6zd8o8zv8v8ADXHX5rxa7hH44s+M/wBvFXm/bg0i6n8u0jW709Ip0yrIgkTbu5/h&#10;+ev2j0v/AJBtufvfu1/GvxX/AG5tQt9Q/bUsLe3kDyJfWSS5+aPc0ibd3/AflZf+mdftVp+42EG5&#10;djeWuV9K7qcVHDQS8zqqx5YRTRcopB0pak5QooooAKKbnFMMi+tALUUqDXyX+2/o8Xh7WPhf48e3&#10;jktNO1xdJ1ImPcpsbxfJkVv9n5q+sJ5VSOvH/wBqfwW/xM/Z/wDHPh+33vd3emSfZPL+956fPHt/&#10;4EqVz1vdje9mC5Yu7Pz8+Hn7WfxS+Enxb8P/AAh0/wCx6lovh7WP+EdTTPsfmXFzbCVUjZmxuX93&#10;X6rgvIkbKgy39+vx4+IH7XHi34N3EfiPw1p+nx3fjrRdO1GXVL63VpIZ1g8m5WLkf8tI33bv46/T&#10;D9lH4sa18Z/gZ4Y8Wa/p0ulatexfv4pIPKV8ceYi4Hyt/DXVTkpU+dO/dm8l7t42PW7C2lgj+eT/&#10;AIAlaFRORsIoj4TrUX6o57olopm4dMilyPWgLjqKKKYwooooAKKKKACiiigAooooAKKKKACiiigA&#10;ooooAKKKKACiiigCGR1Qrl9np718Nf8ABQPZ/wALf/Z3uJbaOS3TxWqeed27cdu2P5f4W+9/2zr7&#10;eu0kHzJ/CtfCP7f9zFH8T/gBLdyXEG3xSv3PlXado9PvfNWNS0Ur9WXFJyR8M/t0+T/w2fdfu5Li&#10;P+0IN6QPtkf5l+Vfn+9t/wB35q/c7QOdFsceZ/qVx5n3unevwu/blkuLj9tu6+2xf2THDqFpFFOn&#10;UJ5gPmdB/ttX7j+EXP8AYlvC0nmPEuwv/f8A9quim+bDryYNxStE3KWmhaU81JmncWqGqzz22m3c&#10;trH5k6QO8Sf3nC/Kv51fqKb/AFT7RuPpQM/LDwP+13+1J8ZPihrfgrQrzwfoupaROyXUOpW6xttS&#10;XY3dmb/gK17T9j/bLkkuHXxJ4Djk+XykS3bby21u38Kr/FXD/tx/CHVfgX8R9L/aK8CWEUD6fcK+&#10;vwx/u1m3sibm5/i+dPut/rK+w/gh8VfD/wAd/h/p/iPRbiOS3u1/e2vmbmhlHyvG3J+7TpJ1IqXN&#10;a246k2lFxVz53GlftlTyW6P4o8Bx/vf3v+htt55Zfubv4f4dtYmoaH+2bJHJKnizwnHI8v7r/R41&#10;jRfmb+4f/Z6+7PIikjCS/vNtZd5p7yXH+r/dp9ytqkVNWaOKVeLd1FXPxQ8f6H45+D9lo7a7/Ycn&#10;iHwXrv2Hy76Nbi18q8QXMfyNlfL8xZP7teyfsy/Hz9pT48S6hpPgvx34Ut7uxtVdbK7tIof3G7b+&#10;6i8s/KvyLu2/8tK9P/b0+EcuqeIPECWtnb3b+LPDrTRPJJ+8S801vtCqqYP+tj3r/BVz/gnJ8E/h&#10;l8N/s/iO08cWeu+M9Z0yH/iXvcRxyWyP87R+VvLN93/yHWVKMteV8q/roejGT9l7RJXZ3Fv4T/bN&#10;kvLh38ceD440gVIk+xq29+rN/qx83/Av+AVX1D4f/tlSWdnD/wALQ8LwOjfvZ47Ndz4b/rmf+BfK&#10;n+/X2pbxpHH8n7yvJf2kvjvov7P/AMNL3xHqNxbyXX3LKykk2tPP1Xb1Py/easpRt703c4oVpTaS&#10;R8KfGz47ftL/AAj+IGl+D3+I+la74k1l1W1stK0+Fmh3/Iu5dny7t277zV+lnw2j1+LwLoY8UT28&#10;/iEWqfbXtYysZl2/NtXj+VfEf7BP7P2teP8AxTqHx/8AiGgn1fWdz6PBJu/coWUrJt4/hXav+zX6&#10;DiPCp/s1NOEacHbqzpdl0JKWiitRBRRRQAUUUUAFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAFFFNJ&#10;NAHjH7W3xI1X4QfADxZ4r0S4jg1bToo3tXnt/Oj3mRRtZf7tfnL8M9K+Nf7eel/8JlqfxE0uwj8H&#10;an9pskezXclyiq6sqKAv8W1d1foD+3a88f7KHxINvHbSH+zG3pdfdZdy7v8AgW37tfMX/BKcPH+z&#10;544lPmR2n26T/Sk+7xFubbx95d1cvLCfM5bx2OqlaMW7an5+ftNaP410f4mf8JR4s1uz1fWbidZk&#10;uY0X59jfK23+78tfb/8AwT6/b61nxNf+NNP+L3jCzNpY2MOo2V7feXb7FVykqfLjd99K+b/29JLu&#10;PWNPe9jj8x2bYklvtaFV/h6mvnDwD8N/Fvju9kbw/wCG9U1pIdrXCabbtIyKfwO2roVU1ZbGijGe&#10;0bH7F3v/AAVT+FKeP/8AhHrK01PVtP8AlT+1rSPcrsW2lUixuavsnS7+LVLCC7hDiOZQ6702tg81&#10;+TXwL1R/gfb/ANoaJ+yv4o1LxC7Ns1fVf30n/Af3Y2/M38P8Fe73P/BRLx5pZuLaX9nvxglwkvkq&#10;nlybf4fm/wBXu/v/AC1vKUY9TmnFLY+/KZXwVp3/AAUS8f3l5En/AAzv4we0Z2+eGOTc6jd93dGq&#10;/eWq8X/BR74iz2+9f2c/FqSN/qk8uVv/AGjn7tVyi9nI+4fF3hfTPGWgXuj6tbR3+m3cXlT20/zR&#10;yL/tV+afwr1DVf2AP2l9Q+H+ryfaPAnjG+V9PurqTb5Od6xN0K/3Fb7tepS/8FBfiVaOksv7PHim&#10;O0WzWZ8JJ99v+2e3b/49Xw1+1X+0N4o+OviDXJ/FUV54Uk0mSJdN8N3tuqyQeZuEnzbVfd/8crnh&#10;X9jUV1dPc5pt25T9dpfjXCnzLZ5jXb8/mL/FytKPjBLJHI/9nxvsX/np83H3q/CB/jv8RbOztEtf&#10;GmuRgLs2fbH2og27f4jt+7X1f+xv/YnxY8P6pL8Q/jZrnh7Vrdt9vZSax5O9V3Hczv8AM23+7/00&#10;r23iMM1dQZ40sBi4tz9qtdj7b/aLGofEzQ/C97plnZ/2lo2sQ3yJ5n+ui/1U8e7I2/uZHr5E+Ff7&#10;DfiP4V/HjR/Gdv4k0+PSdM1H7XFa2sciyeUN22P/AMe213GoeC/BWj6Pqn9n/tGapqUkyyTf2gms&#10;blRkZvLXbn5V/vfN9yvjTxh8RPE3h/W5ItM+JHiDVreFf9C8jUJfuj5mk67f7lcDxOEp1k5xb9DT&#10;2WMUXBTR+wXjT9pKx+H/AIQ1TxLrVvHb6bp0W+V/M3fP/Cq8f7lfG/w/TW/+Ck3xzt/EHiC3udG+&#10;F/hxlZNP8zcs8obesfZWb7m771fAOu/Ezxn4nt5LHVvEGqa1aPL9o8ie4aZfN24Vupr1/wDYg+Jn&#10;i/wv+0F8PPD2ka7qdhot7rVvb6hZJI3kuryBPLbg/e+7UudLEVOaOiWx6mAw86NNyqO7Z+8Ol6bb&#10;6PplvY2kYgtreNYYo0/gUcCrp6UDpS1mbPUKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiii&#10;gAooooATPFeDfHb9s34b/s/yfZ9f1SS71No96afp0fnSf8C6Kn/Amr3O4t0uYJIpRvR1ZW/3TXwz&#10;rX/BKPwP4h+J9/4huvEGoR+HppVmTRY/mb7uGVpXJauWt7T7AHyb+1P/AMFC/GH7Q/hfxB4X8OeH&#10;/wCyfBlxAv2jfG0lxs+9ulfG1fu17v8A8ElH1BPgp44SG5gf/T98ST7tqS+Uq/3xuX5a+rvG37K/&#10;hy5+BniTwF4Hs9P8Jz6nZtbRXqW6t83/AE04y3TmvgK8+H/xg/Yc8ceC/hfoXxEt/wCxfHV1+9mg&#10;0uOSOFiypJ/rQzbtqpWUpTjFpqzZaqWTVjxz9vPR7i38YW8r3lxPBsZInnuPMj+XjavO3d83zfM1&#10;e1/8EZzs8X/Eu1NxHsNnZN9mf/WPtkl/eL22/N81fPn7WXgb4gW/x80/wJ4r8UWWu3ct3FaW97ZR&#10;r8nnSqqsy/e3bvvV+kX7CX7EupfsoeIPFl/qOs2Guf2xBbwwyQW7RyR+W0hfuflbcn/fuujCwnRi&#10;pT2e1jog2r69D7Fjt0/77/8A10/7HF/cqWn1vuct7kSQonRcUNGp/hzUtFO4tSIQp/dFcb4k+D3g&#10;rxfeSXmt+GNL1a8dFRp7qzjaQqOQu7FdvRWU6cZ/EhNXPyr/AOCh/wCy5bfBTVNH+LXw60+PTIIb&#10;qG3u9OtLdfLgbb8sipjbt/d7W/66V9W/s4a54E/aD+H2n+KNC0/R0nZNt3ax28XmQyrxtbj5fu19&#10;E+L/AArp/jPw3qGiapAl1YX0DW80cn91lxX5ReH9Y8Uf8E5/2nH8NXtxcf8ACutb1GN4n8vcs1s6&#10;qu7p95W+X/tnTozcJezlt0CUXV92R+mH/Cn/AAvJHbxf2Pp/lp9xPscbfw7W7ba87+Lnh/wJ8H/A&#10;+ueKNY0vR4IIYm3vPbxRrMzfdj3MK9nsPEFlrGh2erWNx5ljdwLcW833ldHXKt3r82/2h/E2v/tx&#10;/tGWfwo8KahcR+CfD0u7U72D5o3ZWXfJ8oLfw/Luaprz5v3SV3+R57wka0raruy7+wz+z7e/Hr4l&#10;ap8c/GFlHpumw3+3RdMgt1jhmZFVfMVcBdv8P+/HX6P6X4N0LRZpJ7LSbC1uHkaZpobZFfczZZt2&#10;PeovAfgvSfh54T0vw/otulrpmnwLbwxp228V0laWUUkuh6XwrkjsLRTKXHtRqIdRSYzRgdaYC0Um&#10;KMAUCuLRSD2opX6jFooopgFFFFABRRRQAUUUUAFFFFABRRRQAUmOaWigBoPNfnb/AMFALiaL9sL9&#10;nBLW92XH2zf9lk/1f+tUK3b73zrX6J1+fn7fWnteftZ/s3rLHHJaPfSJ/wBNNwkRqzcW3Yunq7Hx&#10;9+3Bfun7etoi2/2fydS099iSfM7eYnzdTX7b2Dh7SLanl/KPk/u1+If7d+YP234PNuPs8aX1opeD&#10;/WQfvVLN/vfxV+3OmSI9lAUfzPkU7/XPNa0m3hoL1KesF6l6ikfOOOtLSMgp9FFADKfRRQB+dXxq&#10;/wCCmvjL4UfGXWvBSfDSO7ksbk29vE1w5kuv7rL8g/vJXiP7U3xc+Lv7SXgePR/EvwE1DTLu3la+&#10;tdXgjnZrKIbT/c217d/wVt+Gn2Dwt4P+K2jwR2mraNqf2S9ukj+Z4pVUxs3+60O3/tpX0d8O/GkX&#10;xI/ZHt9blk/4/vDsm95/m3sImVmbgf3a5puapub3RurJKZ+Zfw7/AG2/iBof7OeqfD+00+8u4PIb&#10;TrfxBJeNuslbavlxcfw/P8v9yvUP2O/GnxL/AGfPDclppXwE1DWtS1ZWu7rWv3kckyt/q/mwy7V3&#10;JXh9nbvb/sTxv9nt45/+EpuE+1fw/NB91lz97+7X7QfB+OKT4Z+F28vy/wDiWW3yf9slrptGpFu7&#10;vpc2nyKPNfc+PU/bM/aJS0kkX9ne8kKMqdZs7TwvybM/3/8AZrYg/a1/aHlu9Qjf9n+48u3iaX/j&#10;4k3c/Mq/c2t/dbbX3Fsp2B6VlGDj8LObnt8KR8Lp+2B+0NJZxSJ+z3qG+WXYgeSTdtP3e3y/df5m&#10;qUftVftITwXNwnwElRLcsvkSSSNI2Od3T5vvJ92vuPFN2UXqPd/gHN5HxDB+07+0t5FmX+Acjn/X&#10;S/6Rt3xj+Hr8v/Aq0B+0b+0sLO5vX+B6eQW2xQ+afMTt9zduavtGkxT5F36ijJR6Hxc37Qv7TgMD&#10;Q/AiAx+QrPB9t+ZmOR9/OF27fu7azJf2jv2php0aRfA+3a5k2/vnkYBGP8Ozf/e/i3V9yDpTa1nO&#10;T20Juj87viD+21+0Z8MdDuPEfib4PadpWg2jLDK89wzN5rNtX7p/vLX2L+zj8R9Y+LfwY8NeLdc0&#10;+PSdT1O286W1T7qelfI3/BSfVL7x54v+Gfwn0iT95rOppNcJHHuZ8MoVd38K/fZv+ucdfd/hTw/a&#10;+F/DunaRZR+XZ2NultEn+yihaypwajzyHbS5s0UUVoSFFFFABRRRQAUUUUAFFFFABRRRQAUUUUAJ&#10;X59/t8Ilv+1d+zldyo8Eaag269Em3/lqny7f8/6yv0DHevgX9u6VU/aw/Z036hcWga/k3JHGzKf3&#10;i+4/u1lOHPJGlPSSPjL9vmVrn9tqB7WeM7L60iSf5WO5ZB97n+Fvl/u8V+3GkGQ2MBfy87fm2V+K&#10;X7e0hf8AbRjM9ufM+3WQ+yxSbmm/eId3bbuXZ/wKv2p0iMfZ4wsfkbYlTyz95K1o/wC7x9WH2GzV&#10;ooooMwooooAKKKKAPEf2xvAkPxI/Zr8d6JLHHvOmSXERf+F4/nX/ANBr59/4Jy+I5fEP7Dup2vlp&#10;fT6XcX9j5b52zptDqPun+GTb/F0r6x+ONvBc/CXxgt1GXjOl3PCJuIPltg18Tf8ABMSV9Q/ZY+Id&#10;vep5em/2nep9pg+aZN1tH5irx838Df8AbSuKcZv2ltrIuCclLsfJGib4/wBjOO0NnH8njC5SWGf9&#10;2s37ht3zMRtav2i+GMYi8B+H1VBHssIE2p93iNa/FXR40k/Y3t0uI4544viHsd5JNvks8TL5jbR8&#10;v/jtftN8KfK/4Vv4aNuQ9v8A2fBs2f7g9zXXRio0brdsclaEUzsaKKKozEzRmlooAKKKKAEHSg9K&#10;Rqjn/wCPd/8AdNTLYD88fg7DcfHL/got448SXcfn2HgqL7Jb/eVUY/Iv/wAVX6IZ5FfAX/BNedNV&#10;+Kfx41Jbu3vN+usnnQd/3jlm/wCBV9/elaSioRjFdkaVNEl2H0UUVJmFFFFABRRRQAUUUUAFFFFA&#10;BRRRQAUUUUANHevz/wD+Chkn9nftD/s6X8sUf2ePV5EaT/eaPdu4/wCBV+gIr89P+ClQA+Nf7PbR&#10;3H2SdtfVPM8vd/y1iqU/eiaU9ZpHx1+39qllL+2O0sVxJBb2l9bK7om5o/mVm2/+hV+3fh+QTaTa&#10;SrP9o8yJW8z+/wD7XQV+Gn7b8b6d+2lLukPkJfWtx5z7mVMMrSNtb+7tfdX7o6R+806B/M8zeitv&#10;qo/w/mxPTQ0KKKKCAooooAKKKKAOQ+KSPL8PfEiRv5bNp1x8/wAv/PNv7wIr4N/4JXI3/CgPidHb&#10;xyJIurT7JpNvlv8AuFC/dx/Er7v9mvv3x/bJd+B/EETx+YjWE/yf9s2r4E/4JUXHmfBD4n2SXP8A&#10;aQh1qfbZfNu2tBjd0+XzNv8A5DrJc15rpY0puyavufJGh2F3cfsf3j/6HbwJ8RY9iTyN5b/dXbLy&#10;Pus27/dr9ofhT54+H3h/zrj7Q/2GD95/f+QV+K3h+8i/4Y71zEX3PiBbu8E+3y9v8PY/3dtftP8A&#10;ClHi+HmgI9uIZPsMO5I3DKPkH3eny+lbQVoteh01l7mnkdpT6KKRxBRRRQAUUUUAI1Vr6TyrKZs7&#10;dqFs1aqlqab9PnT7+Y2qJPRgfA//AAS7Rxr3xgkS3j8htabEyfef5n+i1+gXpX57f8EpI/LuPi4n&#10;2eSCRNdZG/u8M/y1+hXrXRU6eiNKu46iiisjMKKKKACiiigAooooAKKKKACiiigAooooAQV+ff8A&#10;wU12x/EL4B3D/u44fEXzTf8APP5kb/x7bX6CGvgP/gpxbxXni74D25MiXD+JBtkEm2Pb8v1+b+78&#10;v/AqxmrOLRpS+NM+F/29tT/tH9ri5laOO4gS7gVII926dflHoPvbdtfud4YdH8PaYUj8pDbR7Y/7&#10;vyjivxB/4KOw2+i/tUTSpiONJoJnMMarIn3Wb7o/4FX7eeGZUuNA06RDvzAn/oNVRnz0/mypamzR&#10;SDpS1oYhRRRQAUUUUAYnivb/AMI7qe+V4E+yyfvEG5k+U89DXwX/AMEx724j+EnxYaWzjjsV124f&#10;fBt8x28rdIu3Ib5V2ba++PE8bTeHdTRF3ubaTan9/wCQ/LXwF/wSwt4rf4d/FOKG3vLB/wC25MyS&#10;fNGieV9f9Yvz7v8AtnUpNxqa9DopxTpzPkSz2SfsZ+IPNuI59/xDhff95YWb/lo20/db/Zr9ovhp&#10;HDF4E8Ppb+X5C2MIXy33L9wV+MOj6pDZ/sp+NElt/skafEFXt4ZPmjmxu2xy/wC62z+9X7RfDmWJ&#10;/Anh9otnl/YINmBt+Xy1rOlJyi49jDnagotnU0UUVsIKKKKACiiigAqlqR/4l9xxvTym3ev3au1n&#10;a0dml3bGTy9sTfPnH8NYzdosD4J/4JQSPLb/ABYdNQ8+D+3W2Qv97+L5ugr9Bc4NfAP/AAShuLe4&#10;8P8AxPli/eSP4gk3zOPm/wC+/wCL71ffwHUVu7q1+yKlo7MdRRRSJCiiigAooooAKKKKACiiigAo&#10;oooAKKKKAGnpX59/8FQw8/in4FWnmR+W/iePehGG+8m35v7vzba/QTtXwJ/wU/zJ4h+B8Qgt5I5f&#10;FMSNI8m1kJ2/+y1hN2lF+ZpT0kj4f/4KX6pcSftX3qt9nt0hitkR4/b7u7k/dr9uvAxT/hEdGCZ2&#10;paxL3/uj+9zX4i/8FMbP+y/2nLq4aOKTfHFN5B3fc/h3f7LV+2nw51RNY8GaTdp5ex7aP/V/d+4K&#10;qgrUxJ3VzqB0paKK1ICiiigAooooAztcj36RqCcjdBIPk6/dNfAP/BKuRLzwH8TLdrz7XB/wkMiX&#10;FrJ833ovmk6D733f4v8AV1+gOqH/AIll5u+X9w/zeny1+f3/AASouF/sf4uJ9nt4HfxCz/aYPu8q&#10;w29furtqoxbjK3Y1jzOLseERfsYfCSf4w/8ACKzfEvXGv31oW29NL/0FJfMz9l83cd0jKu2v1t0H&#10;T00zR7a0Qh/s8aw/INv3eK/MnWNU0r/heF54ffWNUg+FcPjL7dLqkFmq28OprLnyfPxu2rMtfpZb&#10;yXH7yKL+P7j/AMNZU4KEb3FKCUEjo6Kzra8d5jExDyJ97ZUvmSh3rVRbMOZFyiqZuxvRF+/u20yS&#10;4b7qcuq/N/eosO5forLi1PeUjyiSfxe1SW90wnMTOH/uvRZ2uHMjQrJ8RSeRoOov8nywP/rPu/d/&#10;iqzaSSu8iy9V/wDr1n62zT6PqaSR+dGIpP3f9/5T8tQ4uzQcyR8G/wDBJbD+G/iRcJaRwPLr7r5i&#10;c9P4eg/vV+hvcV+fH/BIsK3hL4lsnmZ/t47EkG35duPev0I7it61rq3ZG9V3kLRRRWJkFFFFABRR&#10;RQAUUUUAFFFFABRRRQAUUUUANavz+/4Kgarpmi+Jfghe6tFObGDxRHLcSGTbCIk8tmVv4f8Aa/7Z&#10;199zz+Rt96/PP/gq0BPP8GdtztdvE8f7l03Q7eP3jcdv97+OsZStKK8yov3kfEX/AAUu1GXUP2m9&#10;R83P2W3ghhh3/e2hQfU/3q/bz4QxiP4beHv3X2eR7CB3i/uMY1r8Wv8AgqNp8unftKSma48yOWzi&#10;li2fwL/d61+0/wAJI44Php4ajit3t1TTrdBDIcsgEa4VqdCalTVhJWTR2dFFFaiCiiigAooooAoa&#10;mH/sy72IHfym2q/IJ21+Pn7FH7X/AIH/AGZ9Q+Iem+I7PW57jU9amlSe0t1Zdqbgq9fvff8A+/lf&#10;sHq9x9k0u7m2PJtjZtqfe+7X5KfsKWb3mt/FaV0t7jzdcZ28yNfMj5Zt3/At3/kOujDQlXqOjF2b&#10;RzYjFLC05TexjR/Hf4T2eqfP/wALEfwZDq0eqP4OS3i+xpcpL5n72XeW+8u3b/0zr6Uk/wCCqHw6&#10;j1iS0t/CfiiSCLanyW6q33WP3c16h4fs7T7Rse3jj3t9zy/4mroJNDik+RLeN33/APLSPcyfxf8A&#10;s1b/ANkPCwtUnqz5qnm3M24rQ8W03/gq18P4bbcvg/xRJO7/AOrjt1ZU/wBnfn5m/wBmrcn/AAVh&#10;8FC5uIk8CeMJBFEr7zZqrbj/AAsuTtr3bQ9Lt5JI0lt445NzbP3f/Av8/drsLDSLcfaHeOPf/wBc&#10;/wDx7p/wKk8OodT0aWZd46Hy7b/8FSfCn+js3w88Yf6Qm7f9jG3cP4U/ikqhH/wVJ8OJcX7/APCs&#10;/GmY9q+TJZ7WT5m3buPl/gb/ALaf7FfbFnZ2r2ccX2eNI/7iR1XuNIt/K2/Z497/AC1jKHM7HdPE&#10;Jq6R8cah/wAFLPD9vJZyy/Cvxw8cys+/7H+Py8fNVOP/AIKkWXmSbPg/40jjhb/n3+VF/vN8ny19&#10;eXlvb+ZIn2ePy0+RE/hf7q//AGNY9xp9v5dx/wAs9/8AGm7/AGTtrSGEUlZyZ51THSpnzHL/AMFP&#10;YY7uJP8AhTfjSD5cy77Rt33crtXZ935vvVm65/wUtuJPBuoSXHwY8Y2jzRXKed5bLGnysV3Ps+X/&#10;AHv4a+jtc8PpeW+z93HHt/5Z+/3q8n+Jmj/8W78YJd/aJ7f+ybveife/1D7a6J4BU6MpOVzkp54n&#10;UVN09Thf+CPV4178MviBL+7Mb660u9PvfMua/Qg9RX51f8EanQ/CfxwvkIH/ALWG+aP+P5P7uf8A&#10;2Wv0Ux0ry5f5H1blztMdRSDpS0AFFFFABRRRQAUUUUAFFM+5T6ACiiigAooooAidN/B+7X5+/wDB&#10;VC3muH+Cai3gkgfxfBEzuP4j0X/dav0G7ivz5/4K020Vx4e+Fe+3kMn/AAlECJMnv/D0rCS9+L8w&#10;jumfE3/BTwtJ+1Beo8sY2WsX3N3f+Lp+H/bOv2m+DJ8z4W+F2Fy96jaZalbmT70n7hPmr8af+CnG&#10;jRaR+0IsqXccr3dlDM6RjHlttw27+838X41+x/wIuJrj4R+FJbi4ju5n0u1Lzx/df9wnzV0UknRc&#10;l3N7fum/M9BooopGAUUUUAFFFFAGV4iP/Eju/wB75H7pv3n92vyt/Ybt0t/GnxgRLf8AePrHyeXJ&#10;+7/jPl9f9qv1U12LztHu09UNflf+wHZ28fjz4v27SXHlvrC+Un+yssvv/eaurL5uOKsux5WYfwpR&#10;7n2Z4f09/wB27/u97K6eZ8vvu6/w/errLfT5Y5N8sf39uz+X+9/+8rLj/eSSSpH5kiMvyeZ9xvu7&#10;f/Q61Le3l1C3824+eT7iJH7fj/s17tV88lzav+vM+OoYeMG1c1NH0uX7RJ+88z/b+627/LV0lvGn&#10;mbV/5a7k/rtrl7eTzLfY0n79f/QV3Ff/AGetSzuIo7P5P73yfxNXHVTdz2aFNX5VsdZb7IPkT/gV&#10;TYWQI33H21zunyJcafvSSSSdN3z0WciR2cnmyfvH+f8A2nrgS5m2eqlFJokuLDzJN7SfI7b/AMuf&#10;Ws+4jeSO48rzPkb+f3auW8aXFn5r/u9lY9nH9nt7x3k8yT+595ePu11xTZwVqcWV/tCyW9wnlxps&#10;/wCen3v4vevL/iRp8v8AwifihLeSO0k+wXaI8kfyo3lSr7t/s16JeW9vcRxun7uT+N/u/d/CuT+I&#10;kf2fwvqlvY28c++xmRLWT/lsxicbe33qMRVkqUjyI4ZOtGVj58/4I2XAf4S+NE8t0k/tbc2f938q&#10;/RHuK/N//gjVGbT4feOIvtB8j+1FVIXGOi/er9IP4hXlSi9L9kfoM1y29EFLRRUkBRRRQAUUUUAF&#10;FFFABRRRQAUUUUAFFJ1ptMVx3cV8Ef8ABV64ez8JfC+98x0jtPFdtM2P4MfxV965A68V8Jf8FWd8&#10;vw6+G7w2f2t08XWmxP77HdtX/gVc9SXLKI4tJ2Z8Rf8ABT3ULjVP2gY5Xj8i3WwgSJJImik+79Av&#10;8Vfr5+zk0yfBbwUk8H2eT+xbT9zy2z9wny7smvyA/wCCodyz/tKGN44yhsYWR45B867du7dj+8uP&#10;+AV+v37Nt3Fc/AvwHLDH5aNodlsV5PMbb5CbfmwN1dGGd8LKVupunzUdD1HNLUe4UbqRhsSUmaj8&#10;xfWjev8AepXXcCWkpm9f79JvRer1VgK2pvssJzjdhelfmH+whZ3cnxg+OdpLbx+RDrDOmyP+JpZP&#10;m6j+Fa/T26mV7c7Tmvyt/Y7+LHhfwH+0J8aLTxbrFvos82ozJF/aNwscfyTuWVd2KnCzUcXd6aHB&#10;i6TqqyPviz0uWOSRH8yCOZPkfy/ufLn/AMdrQjs7izj8ry/MjT+5H9xj96uDvP2qPhPH5jt488Py&#10;bPvumqRbXb/Z52t/dqST9qj4SRyRxf8ACaeG4/k87f8A2pF8n3fvfMNv3q9vmc3zJHiwwvJJ/wCR&#10;6pb6XLHb73j895fvony/7NRx2cslvJtt5I5Pm2J/c/u15vZ/tgfCKT53+Inh/wCVmT5NQj7ct3on&#10;/bP+DltH83xA8P7/AJnb/iYR7fX1rndSSud1Plpy95npGn297Z2ckTx/vH/uban0PTLiDzBe2/yI&#10;37r/AD/wKvKJP22Pg19n+0J8QNHn+b7kd4rNRJ+3H8F/MkT/AIWBofmQpvf/AEhdtYKSXU6eRatL&#10;Q9svLd0s5ESPzPl2Vy9xod7cWf2fy/L3tvf956c/71ebyftz/BT7P/yPmj/Ou9P9I/2d3p8tZd5+&#10;3X8F/tFwr/ETR4/s7Ls/ebuv93j5vu1UajRjOmm+VLU9Uk0u7jt44fL+4v8Asr/dFYfjTS/tHg/x&#10;B5vmQSJY3HmpH97aFYNtrh5P26Pgvb2cav440vzJfv75NuzG72/2a5fxh+258HP+EX1yK38eafHd&#10;/ZZki/dtJ8xX93tXHzfeqMRWTpsw+qylKyizyb/gkZ59/wCBvFGY9jw6mru8f3X/AJba/SfuK/OH&#10;/gkJrH2jwH4wSWSOBEvldII5N3ysuV7lv4q/RYXSDHziubnc7eh9DUbulYs0Vn/2nF5mzPH9/jbU&#10;kd/FKJGU70T0pO6E047lyiqpvok+9Ig/GmR6jbyxl1kzt+9UKcZbMWr2LtFVXvYo+rjrtqNL+KTO&#10;2QHa2xvmX71VcVy9RVL7fblwnmp833aitdUtJh+6ljk+cr8j7unH9KSlGTsmGu5pUVVe/t0YK1xG&#10;G9C4ptrf295GHgnjlRvumNw26rsPpcuUUzZQ8aydaQHk/wC1D491L4bfAjxj4l0S7js9V06xa4tZ&#10;pIvOVXHT5cGvyTl/4Kn/AB5OrRtFr+lyeVAysn9lx7d2371ftL4t8C6L448N6joWsWn2rTNQiaK4&#10;hLsN6mvBI/8Agm7+z5G8bp4Dj+R93/H5P9f79LXuOLUT8ybn/gqF8fZI5EXxPZp50n300+Ddx/Cv&#10;y/LXmHx2/bH+Kfx8s9PsfFesW93aafcpcww2tnHDslT7rfKN38VfsN/w7c/Z6/ef8W/t/n/6eJf/&#10;AIqn/wDDuD9nvzY3/wCFfW2E/g+0zbf/AEOsPYxTuJpXuj8PPih8YvFvxm12DWvF+oJq2qRRKi3J&#10;jWNki/hj+XHy/NXtPhj/AIKD/G3w3olvY6f4wjtLS0tlt7eD+z4fkVV2qq/L/s1+q0n/AATe/Z6k&#10;j2N8P7f/AH/tc271/v1Yj/4J0/s+RyBl+Hdn8q7cfaJsf+h1tTnOnHkitDrp1uRONtGflDF/wUb+&#10;P7xWaDx3J5cMrPvFvD5j552t8g3VWt/+Cg3x9guJP+K/u/nXa/7uLailv4eP9qv1mb/gnV+z29uk&#10;LfDuzfawbebifd6f36kk/wCCeHwBk35+H9r8+7P+kTd/+B0SXtPiM5OE/iPyWuP2+PjxcXFuifED&#10;UPkiVH/1a79u4/NwP71U4/28PjtH9sSL4kah5k21P+WbbFTd935Plr9bT/wTj/Z5fyl/4V/bnyvS&#10;8n5/3vn9qY//AATh/Z9eO5Rfh/bR/aGy7C4myP8Ad+f5axlSS+HUzg4w2R+St5+3n8bdQuI3b4ia&#10;pG6Kr/u9q72G32/2ap3H7bnxyuLeS3/4WJrEccsu99ki7v4lX5sfKtfrP/w7X+BKSwbPBNmYU6pJ&#10;JK393/b/ANmtr/h3p8AjbyRN8PtPIdgzfvJOv/ffvVRlNmyqpn4/W/7bnxt8ySV/iRqkcnzbESRd&#10;vz7d3b/ZrwnVdY1DWdXvL3U7iS7u7qXzZ5JvmZ2/vV++kn/BPX4FfbElX4faXsH8D+a3/s9Sf8O9&#10;fgB5ez/hW2lf+RN3/odb8kb3uC5Op/P0Q06bt/3Pu/3tvStC7uLjy4/Nkk3ouzZJ7f8A7Nfvs/8A&#10;wT6+Akkm9vhvo+/5eiP22/7X+zUyf8E//gDENo+Gej7NoTYQzf3vU/7VYKU1sRCag27H8/32i4kj&#10;3p/q4fvVBPeSyXH+skTZ/lq/oN/4YF+AP/RNNG+9n/Vt09PvVYf9hX4CySRt/wAKx0LKbto+z/Lz&#10;VqPmEpwm7s/nue7uDAUHyR7lfZ/tdP8A2aq89w0knPz7P4K/oVP7BvwF+ziEfDPQ/L9fs/zfeU/+&#10;y1Yf9hz4FydPhnoSfLs/49F/2v8A4qlKCXw6kc1tEj+faS8aOPY0kfnp95PvN8v+1VOdJX8rfP5n&#10;Oxf9hq/oV/4Ye+BXkQQ/8Kz8P7Ifuf6Gv6/3qsJ+xR8EI45Ik+G/h/y5V2OPsUfPzK3p/s1HLItT&#10;Sd7an870lw0D7IpJB/sf8C/CpPt5kx/s/P8A3vm61/RJ/wAMa/BI3FvL/wAKy8N77ddif8S+P29v&#10;9mox+xb8EUtp4P8AhWXhvy5tu4f2fH2XA7Vq0nYbqNu7P5//AAp8Q/E3hKwkTSNf1DSUlk377S8k&#10;j+YcfwkVt2/7QnxIt/tCf8J54k/etvl/4mkvz/w+tfvlH+yL8Go7rz1+GnhoSbNn/IMixt/u/dqP&#10;/hj34L/Y/s3/AArPw35G7fs/s6L73/fNZe9HZERqSi7n4Hf8Lw+IVncW8qeNNc/0Rdlv/wATCX5O&#10;3rT4/jh46uI5IX8aeIP3v30fUJfn/wB756/flP2Uvg/HeSXY+G/hrznTymP9mRcr0/u0R/spfCKO&#10;OOJfh34e8pPup/Z8W3/0GrcOf4maOopbo/Af/hdfj2OPyv8AhOPEG/bs2Jqk/wAi9PWqX/CzPGuo&#10;faE/4SzXJ/tDb3/4mE/z9/m5/wBmv6Do/wBmX4T29xJcJ8PvDn2iZdjv/Z0W5167elaln8CPhvp8&#10;UUVr4D8NwJF9zy9Kg+T/AMcrL2Kj8JHOlsj+eE/FHx7JHIkvizxJJ5rb5f8AiaT/AD/e/wBupLT4&#10;ieM4reR/+Eg1hJEl3oj3k/ztu+9121/RT/wqnwT5kj/8IhoW+UbXP9mQ/N9fkpf+FV+Cv9H/AOKR&#10;0P8Ac/6r/iXw/J/u/LWrjzfEE5Rn8SP54b/4ieK7jS4/tHiTXLuTzd6Wv2ydtmf4up/u1nweMPEs&#10;hs2TVNU8xGb7OiXkvyb2+Zl5+X5q/ox/4Vh4O/ff8Unof77/AFn/ABLofn/3vkqWP4deFLeSNovD&#10;GjxvH9x47CJdn6VCpcrvDQOdbW0P5zbi88V+ZHsuNck37v8AlpLu+b5fX/cr7H/4Jcp4tH7SUE17&#10;Bqj6SmmXMLfa/N8tPu/Va/XdPCGgxDamiafH/uWkf/xNaFvp9rZj9xbxQf8AXNAtbU7w+J3L9rpa&#10;xZooopnOFFFFABRRRQA3dRuope9IQm6lBo70lDGOooooAbwaCMULTqq5LQnFHFLRSKCiiigBNtJt&#10;p1FO5NkFFFFSUFFFFFgEzRmlopkiA5paKKlFCZpCeadSelUxIWkJpaKSGFFFFMAooooAKKKKAP/Z&#10;UEsDBAoAAAAAAAAAIQCnh9CS+A4AAPgOAAAVAAAAZHJzL21lZGlhL2ltYWdlMi5qcGVn/9j/4AAQ&#10;SkZJRgABAQEAYABgAAD/2wBDAAMCAgMCAgMDAwMEAwMEBQgFBQQEBQoHBwYIDAoMDAsKCwsNDhIQ&#10;DQ4RDgsLEBYQERMUFRUVDA8XGBYUGBIUFRT/2wBDAQMEBAUEBQkFBQkUDQsNFBQUFBQUFBQUFBQU&#10;FBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBQUFBT/wAARCAB+AE8DASIAAhEBAxEB&#10;/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQID&#10;AAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RF&#10;RkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKz&#10;tLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEB&#10;AQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdh&#10;cRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldY&#10;WVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPE&#10;xcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwD9U6KKKACvOPjN&#10;8cNH+DdlpUE1ne+IvFWuztaaD4V0eMS6hqsyrufy1JASKNfnkmchI15Y5KhvR6+XP2f/ABDpfiDQ&#10;/HP7UXjL/RI9TtbxdLuZLN1fTPC1lJI0SqmC5Mxjku3IzvMsYUYVRQBg/Hr4+ftB/BL4Ja58WNa8&#10;PeAdE07TVs3bwgHu9UvVE80MJWW+WSCJXVpjkRwyr8nDMGyvwnbf8FpfjhFMWk8O+BZ4zj5H0+7G&#10;BnsRdDnnvnpX018XtZ+L/wC3P4msPgy1rYfC3wB4n0ceKb5Luwa91i00qO4H2Bro+YsKTXE8Qb7N&#10;Gd8Sxnc7YZa+BP2zv2EPFv7Hmo6ddXmpReKPB+puILPX7e3Nv+/CbmhmhLN5b4DFcMwZVJByGVUB&#10;+tH7G3/BQPwT+1xBJpS2reEvHdujyzeHrqcTCWJW/wBbbzbV80bSpZSqspzwVAc/U1fy7/D3x7rf&#10;wu8caH4t8OXjWGuaNdx3lpOvQOpzhh/ErDKsp4ZSQeCa/pd+E/j6H4q/C7wj4zt7c2cPiDSbXVFt&#10;S+8wedEshjLYGSpbaTjtTA6uiiigAooooAiuZRBbSysMqiFiPoK+H/iQyw/8EjdGFuCI38D6CkqK&#10;SDIrG0EqA/7QLj/gVfcM8IuIJIm4V1KnHuMV8P8AxTtbj/h0NpyWi5lHw/0SUg/3fLtXf/x3dQB7&#10;lo6uP23vFpH+q/4V3o27/e/tLVMfoDXzv/wWlg879lTw6/8Azy8YWj/+Sd6v/s1fRejqT+214ubH&#10;A+HmijP/AHEtU/wr58/4LNrIf2TtIKfdHiuzL/T7Ndf1xQB+JNf0Lf8ABOO4luf2J/hY8zbnFhOg&#10;P+yt1Mq/oBX89Nf0Lf8ABOL/AJMn+Fn/AF4z/wDpVNQB9JUUUUAFFFc546+I/hT4YaMNW8X+JNJ8&#10;L6YX8tbrV72O2jd8E7FLkbmIBwoyTjgUAdHXxn46O3/gk3p74J2fDPSpOP8AZs7c/wBK9atv2opv&#10;Elzdf8If8I/iN4t0yFFePWE0y30u0utybgYf7QuLeSRe29UK+hbIz5N40VJ/+CTtgrH5G+GWlqc5&#10;/wCfOAdqAPZdDjB/bI8ayd18BaCo/HUdY/wr5w/4LPtj9lDQx5XmZ8W2g3f88/8ARbv5v6f8Cr1f&#10;xX8RtT8B/tpa/Fp3gTxJ43N94B0fevh0WmbbZqOqYMhubiFQG3nGGJ+U8V81f8FYPi7rfif9mjSt&#10;M1H4XeK/B8Fx4mtsah4gbTmhJWC5YIn2a8mfzDjPKhdof5s4yCutj8jBE5iaQL8ikKW9Cc4/kfyr&#10;+hb/AIJzAD9ij4V4GB/Z83/pTNX889fuV+wX8YvE2k/sifDiysPgx401y3t7SaGPUNPudJS2uQtx&#10;L86efexSAE/3ox3wWGGIUlc+3qK8H8V/tNa94J0G71rXfgx4s0TSrVd019q2t+HrW3jGcfNI+p4H&#10;PT1qj8Cv2u5vj54sGnaP8KPGumaABKX8V6kloNKIUHBinjnZbgM42gwGTqrfdywBuLSuedeJviJ+&#10;1n4x8Wz2Y+E994A8FRuALnwzq2iajrVyAWB2zXlysEKsNp5t3YdAe9afws8B3Pwm1KLWLH9nHxVr&#10;fiySJEuvF3iPxPpOqazO4QKzNczXhZQ2MlYtiZJwg6V9cUVDjfqK58rfGj9tzW/2fdDtdb8c/BPx&#10;RpekXV39ihuLfVdMuneTynlwI4rhm+7G5JxgBSSegP502/xl+HXjWwHg7Qpf2i77wqlrDbf8I3de&#10;NrWDS47c7BDA4kiZUhZQioCwzuVV+8K/U/8Aa1/ZqtP2nPAFlod1cKTpt3/aEWn3Urx2l7IqMFjm&#10;dAXjBzjzYwXUM4AO4ivBdB/4I8fBbQbnSbyLXPGJ1CyhZJJlvrYCeRt/70g252Mu8bChUrsQ5LAs&#10;Wk11BeZwf7KH7b/w2k8TyeE/hF8FdevPE3iCSW4vLi+8QWT6nqkkCbi01xd3G+UqruyhnwP3mwYD&#10;4p/t9/tT+CvEXhyz+Fvxy+FPjPwtPO8OuWaaPrWkz3cRXzI1fcskyoGzKnzDJBbFfRulf8E4Pg/4&#10;e8ZaT4n0WLW9H1LTWSWFbe/DxPOjSGO4kSRGDzIsrKJGy38RJclzY+Jn/BOz4RfF34kX3jXxPBq1&#10;9ql7DPHPAt0iWzPJvCTbBH/rIg52HOOAXDkZpNN9S+aNrWPzA0K8/ZF+E3iGzk8S/DX4p+J5ntoL&#10;5bLV9XsJrXbIgkjKtaNFvBRgWDN8rIUZQQ4r9Bv2bv2kvFn7WWjajpXwf0nw38GvBnh6CO0Mt/aH&#10;UNQiWRAbf7NZRGG3gUBZSGd5Bwn7oqcmLWv+CQvwK1zVLq8muPFcSy2728NtDqUQjtssWWRCYS7O&#10;gO0GRnyAN4c5J93/AGb/ANlTwb+yzputad4Lm1I6fqkscskGoPDJ5bJvxtdIkds+Zj94zkBVAwBz&#10;drdSHboS+D/2XPB/h/xWPFuvz6p8RvGaSO8HiDxncLez2YZ9+21iCJBaqD08iKM44JNev0UUCCii&#10;igAooooAKKKKACiiigAooooAKKKKACiiigAooooAKKKKACiiigAooryX44fGLVPB91pvgvwJpUXi&#10;b4p+IYZH0rTbhilnYQIVWXUb+Qcx2sRdMgfvJWKxxgkkoASeO/2iNI8I+MZfCej+HfEXxA8SWkKX&#10;Gp6d4StobhtKjfmI3TySxpE0g3MkZbe6qzBSBmsM/tP6hHIEl+CPxUjyud39kWjge3y3Zru/g/8A&#10;CnTfhB4PTSLST7fqV1M9/rGsyxhLjVtQl5nu5sfxO3IGSEUKi4VFA6rWdb0/w9p0t/ql9badYw48&#10;y5u5VijTJAGWYgDJIH1NZznGnHnm7JCalLSJ44v7T126hh8F/ing/wDUFtx/7c1Yt/2lZ5zg/CH4&#10;nRH/AKaaHEP18/FaWoftK+DrTQLfWrUarqum3NzDbwTWumyr9o80ZjeASKn2hWGCPJ3ls/KDWrB8&#10;a9GttON74hsNT8IxCQoW1aJGjRQARI8sDyxRoc4y7qcjkDIz89/rNkqqKk8XBSbsk5LVrobqhVS1&#10;i/uOJH7U8+t2nie18LfCvxzrXifRom2aVdWEdnDPMEDeU140hhiYbkLIxMu1gyRSArm1bftH65Lp&#10;sNxL8D/iUsxiDywR2lgSjcblG67UtjPHAyAeM8V7PaXcF/bRXNtNHcW8qCSOWJgyupGQQRwQRzmp&#10;q+hXvpSjLT5GT9DxSH9o7W5iR/wov4npj+/aaYP/AG/pdG/aft9S+Keh/D68+HXjbRvEWrWc2oKl&#10;5bWUkVrbRg4muHgupPJR2BRGfAZ/l4PFdR8Z/i9F8JtCsfsmj3XirxbrVwdP8P8AhmwYJPqd3sZ9&#10;pkb5YYkRGkkmf5Y0Vj8zbUav8EvhdqfgLTNS1fxZqsHiL4heIZEudd1i3i8uEsgIitbdTyttArMs&#10;anklpJG+eV80k1uxFj4zfGC3+E2jacttpdz4m8W65df2d4e8NWLbZ9TuypbBcgiGFFVpJZ2G2ONG&#10;Y7jtVoPgz8J5/AFhc6z4j1E+I/iFrUcT69rrElZHXcVt7dTgRW0RdxHGoHBLNl3dj5nonwm+MXhr&#10;4v8Ajbx2n/CBeIdT1q8e20/UNVnvkudP0VCht9PiVUZIwSHlkKY3yMGbftTZ3qSfHPYu+3+Hu7HO&#10;2e+xn/vim3YTdtz1ivJ/iz8OPGXiLX7bWvC+uaZshthE+h65bSSW7yKXaOaGVH/cSZfDOYpchVAA&#10;xmqOoTftCD/jytvhn/23uNQ/olZyzftMs3+o+E4Xv++1PP8A6BXnZhl1DNsLPC4mN4S0aCGI9lNS&#10;i9Rmk+Dfi81g819F4Osb0AbbO1urq5jPt5zRRkfXyz9KfJ4c+LdzFsGjeE7SbgNK2s3MqEZzwv2V&#10;SfoTVlJ/2jx96y+Fp9xeakM/h5VXrCf4+4f7bZfDfOfl+z3mofrmKvzCp4VcNOXN7Jr/ALef9P53&#10;PXWY12r3X3HUfC7wXrPg/T511jVra9eZYxHZWFr9ntbMKDlY13EnJbknGcdBU/xX+KuhfBvwZc+I&#10;9ea4ljWRLaz07T4vPvdSu5DthtLWEEGWeRsKqDvySFBI5hpfjkV+W2+Hyt73F8R/6BT/AAb8MfEm&#10;oeOo/GvxH1DR9X1nToWttB07R7WSOz0hZARPMplZmkuJFIjMpC7Y1KIFEku/9SwOEo4DDwwuHVoR&#10;Vl1PKlVdWTk9yX4R/D7V7a9ufHPjrbP4/wBWjeM26TieDQ7JpN6adbMFUFV2xmWUKGmkQMTtSJI/&#10;UKKK7xH/2VBLAQItABQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;PQEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFUGoLbcBQAAZCIAAA4AAAAAAAAAAAAAAAAA&#10;PAIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABmUu8nDAAAApwEAABkAAAAAAAAAAAAA&#10;AAAARAgAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEASCRnIt0AAAAF&#10;AQAADwAAAAAAAAAAAAAAAAA+CQAAZHJzL2Rvd25yZXYueG1sUEsBAi0ACgAAAAAAAAAhAAfgSSnp&#10;SwAA6UsAABUAAAAAAAAAAAAAAAAASAoAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLAQItAAoAAAAA&#10;AAAAIQCnh9CS+A4AAPgOAAAVAAAAAAAAAAAAAAAAAGRWAABkcnMvbWVkaWEvaW1hZ2UyLmpwZWdQ&#10;SwUGAAAAAAcABwDAAQAAj2UAAAAA&#10;">
                       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                         <v:stroke joinstyle="miter"/>
                         <v:formulas>
                           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                           <v:f eqn="sum @0 1 0"/>
                           <v:f eqn="sum 0 0 @1"/>
                           <v:f eqn="prod @2 1 2"/>
                           <v:f eqn="prod @3 21600 pixelWidth"/>
                           <v:f eqn="prod @3 21600 pixelHeight"/>
                           <v:f eqn="sum @0 0 1"/>
                           <v:f eqn="prod @6 1 2"/>
                           <v:f eqn="prod @7 21600 pixelWidth"/>
                           <v:f eqn="sum @8 21600 0"/>
                           <v:f eqn="prod @7 21600 pixelHeight"/>
                           <v:f eqn="sum @10 21600 0"/>
                         </v:formulas>
                         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                         <o:lock v:ext="edit" aspectratio="t"/>
                       </v:shapetype>
-                      <v:shape id="Picture 37" o:spid="_x0000_s1027" type="#_x0000_t75" alt="7" style="position:absolute;left:3827;top:42;width:1995;height:2473;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDhd5+xxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8Aq91WxXkLIaxUqVeqloC14fm7ebxc3LkqTr6q83hYLHYWa+YWaLwbaiJx8axwpeRxkI&#10;4tLphmsFP9/rlzcQISJrbB2TggsFWMwfH2ZYaHfmPfWHWIsE4VCgAhNjV0gZSkMWw8h1xMmrnLcY&#10;k/S11B7PCW5bmWfZRFpsOC0Y7GhlqDwdfq2CmH/tzbZf7fym+li/V8frjvurUs9Pw3IKItIQ7+H/&#10;9qdWMM7h70v6AXJ+AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOF3n7HEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                      <v:shape id="Picture 37" o:spid="_x0000_s1027" type="#_x0000_t75" alt="7" style="position:absolute;left:3827;top:42;width:1995;height:2473;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AOF3n7HEAAAA2wAAAA8AAABkcnMvZG93bnJldi54bWxEj0FrAjEUhO+F/ofwCr3VbFeQshrFSpV6&#10;qWgLXh+bt5vFzcuSpOvqrzeFgsdhZr5hZovBtqInHxrHCl5HGQji0umGawU/3+uXNxAhImtsHZOC&#10;CwVYzB8fZlhod+Y99YdYiwThUKACE2NXSBlKQxbDyHXEyauctxiT9LXUHs8JbluZZ9lEWmw4LRjs&#10;aGWoPB1+rYKYf+3Ntl/t/Kb6WL9Xx+uO+6tSz0/Dcgoi0hDv4f/2p1YwzuHvS/oBcn4DAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAASrOV4AAQAA5gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEACMMYpNQAAACTAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L3BpY3R1cmV4bWwueG1sUEsBAi0AFAAGAAgAAAAhAOF3n7HEAAAA2wAAAA8AAAAAAAAAAAAAAAAA&#10;nwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPcAAACQAwAAAAA=&#10;">
                         <v:imagedata r:id="rId10" o:title="7"/>
                       </v:shape>
-                      <v:rect id="Rectangle 38" o:spid="_x0000_s1028" style="position:absolute;left:2028;width:15;height:14;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpsK8ywwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeIXeNKvSVlej2GJpwVP9d35uXpPFzcuSpLr99k1B6HGYmd8w82XnGnGhEGvPCoaDAgRx&#10;5XXNRsF+99afgIgJWWPjmRT8UITlonc3x1L7K3/SZZuMyBCOJSqwKbWllLGy5DAOfEucvS8fHKYs&#10;g5E64DXDXSNHRfEkHdacFyy29GqpOm+/nQIztXFzfDy8nNZmWMv3Z7cuglPq4b5bzUAk6tJ/+Nb+&#10;0ArGY/j7kn+AXPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqbCvMsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#c0504d" stroked="f"/>
-[...6 lines deleted...]
-                      <v:shape id="Picture 49" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:1505;top:253;width:1426;height:2262;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARFuE3wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvBd8hHMEb0dRlFa1GEWFxb/15gENz+oPNSUliW9/eCIKXw8x8w2z3valFS85XlhXMZwkI4szq&#10;igsFt+vfdAXCB2SNtWVS8CQP+91wsMVU247P1F5CISKEfYoKyhCaVEqflWTQz2xDHL3cOoMhSldI&#10;7bCLcFPLnyRZSoMVx4USGzqWlN0vD6Pg6k+TJr+542NNUmb16ZBP2k6p8ag/bEAE6sM3/Gn/awW/&#10;C3h/iT9A7l4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAERbhN8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
+                      <v:rect id="Rectangle 38" o:spid="_x0000_s1028" style="position:absolute;left:2028;width:15;height:14;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAqbCvMsMA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2sCMRTE7wW/Q3iF3jSr0lZXo9hiacFT/Xd+bl6T&#10;xc3LkqS6/fZNQehxmJnfMPNl5xpxoRBrzwqGgwIEceV1zUbBfvfWn4CICVlj45kU/FCE5aJ3N8dS&#10;+yt/0mWbjMgQjiUqsCm1pZSxsuQwDnxLnL0vHxymLIOROuA1w10jR0XxJB3WnBcstvRqqTpvv50C&#10;M7Vxc3w8vJzWZljL92e3LoJT6uG+W81AJOrSf/jW/tAKxmP4+5J/gFz8AgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAqbCvMsMAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" fillcolor="#c0504d" stroked="f"/>
+                      <v:rect id="Rectangle 39" o:spid="_x0000_s1029" style="position:absolute;left:2028;width:15;height:14;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAJlk3RsMA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPT08CMRTE7yZ8h+aZeJMuooIrhYiBQOKJf56f22e7&#10;Yfu6aSss356amHiczMxvMpNZ5xpxohBrzwoG/QIEceV1zUbBfre8H4OICVlj45kUXCjCbNq7mWCp&#10;/Zk3dNomIzKEY4kKbEptKWWsLDmMfd8SZ+/bB4cpy2CkDnjOcNfIh6J4lg5rzgsWW3q3VB23P06B&#10;ebHx4/PpMP9amEEtVyO3KIJT6u62e3sFkahL/+G/9lorGD7C75f8A+T0CgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAJlk3RsMAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" fillcolor="#c0504d" stroked="f"/>
+                      <v:rect id="Rectangle 41" o:spid="_x0000_s1030" style="position:absolute;left:4208;width:15;height:14;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA1oupMcMA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2sCMRTE74LfIbxCb5rV0qqrUWyxtOCp/js/N6/J&#10;4uZlSVLdfvumUOhxmJnfMItV5xpxpRBrzwpGwwIEceV1zUbBYf86mIKICVlj45kUfFOE1bLfW2Cp&#10;/Y0/6LpLRmQIxxIV2JTaUspYWXIYh74lzt6nDw5TlsFIHfCW4a6R46J4kg5rzgsWW3qxVF12X06B&#10;mdm4PT0en88bM6rl28RtiuCUur/r1nMQibr0H/5rv2sFDxP4/ZJ/gFz+AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEA1oupMcMAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" fillcolor="#c0504d" stroked="f"/>
+                      <v:rect id="Rectangle 42" o:spid="_x0000_s1031" style="position:absolute;left:4208;width:15;height:14;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEApxQ9Q8AA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPy04CMRTdm/gPzTVxBx0wCI4UAgSiCSterq/Taztx&#10;ejtpCwx/bxckLk/OezrvXCMuFGLtWcGgX4Agrryu2Sg4Hja9CYiYkDU2nknBjSLMZ48PUyy1v/KO&#10;LvtkRA7hWKICm1JbShkrSw5j37fEmfvxwWHKMBipA15zuGvksChepcOac4PFllaWqt/92SkwbzZu&#10;v0an5ffaDGr5MXbrIjilnp+6xTuIRF36F9/dn1rBSx6bv+QfIGd/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXhtbC54&#10;bWxQSwECLQAUAAYACAAAACEApxQ9Q8AAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA9QAAAIUDAAAAAA==&#10;" fillcolor="#c0504d" stroked="f"/>
+                      <v:line id="Line 43" o:spid="_x0000_s1032" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2036,13" to="2036,42" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAzA/c8r8AAADbAAAADwAAAGRycy9kb3ducmV2LnhtbDxP3WrCMBS+F/YO4Qy8EU11UrfOtIgw&#10;kF1p9QEOzbEpa05KErV7+2Uwdvn9822r0fbiTj50jhUsFxkI4sbpjlsFl/PH/BVEiMgae8ek4JsC&#10;VOXTZIuFdg8+0b2OrUglHApUYGIcCilDY8hiWLiBOGlX5y3GBH0rtcdHKre9XGVZLi12nBYMDrQ3&#10;1HzVN6vg5o+8xoPWg7niZoz7z7ye5UpNn8fdO4hIifo3/6UPWsHLG/x+ST9Alj8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJzL2Nv&#10;bm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAzA/c8r8AAADbAAAADwAAAAAAAAAAAAAAAACh&#10;AgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAI0DAAAAAA==&#10;" strokecolor="#c0504d" strokeweight=".72pt"/>
+                      <v:rect id="Rectangle 45" o:spid="_x0000_s1033" style="position:absolute;left:2028;top:2548;width:15;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAbijno8MA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2sCMRTE7wW/Q3iCN81u6T+3RrHFotBTbe35dfOa&#10;LG5eliTq+u1NQehxmJnfMLNF71pxpBAbzwrKSQGCuPa6YaPg6/Nt/AQiJmSNrWdScKYIi/ngZoaV&#10;9if+oOM2GZEhHCtUYFPqKiljbclhnPiOOHu/PjhMWQYjdcBThrtW3hbFg3TYcF6w2NGrpXq/PTgF&#10;Zmrj+/f97uVnZcpGrh/dqghOqdGwXz6DSNSn//C1vdEK7kr4+5J/gJxfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAbijno8MAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" fillcolor="#c0504d" stroked="f"/>
+                      <v:rect id="Rectangle 46" o:spid="_x0000_s1034" style="position:absolute;left:2028;top:2548;width:15;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAnvp51MMA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPW2sCMRSE3wv+h3AKfdOs0ouuRtFiacGnens+bk6T&#10;xc3JkqS6/fdNQejjMDPfMLNF5xpxoRBrzwqGgwIEceV1zUbBfvfWH4OICVlj45kU/FCExbx3N8NS&#10;+yt/0mWbjMgQjiUqsCm1pZSxsuQwDnxLnL0vHxymLIOROuA1w10jR0XxLB3WnBcstvRqqTpvv50C&#10;M7Fxc3w6rE5rM6zl+4tbF8Ep9XDfLacgEnXpP3xrf2gFjyP4+5J/gJz/AgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAnvp51MMAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" fillcolor="#c0504d" stroked="f"/>
+                      <v:shape id="Picture 49" o:spid="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:1505;top:253;width:1426;height:2262;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ABEW4TfAAAAA2wAAAA8AAABkcnMvZG93bnJldi54bWxEj92KwjAUhO8F3yEcwRvR1GUVrUYRYXFv&#10;/XmAQ3P6g81JSWJb394IgpfDzHzDbPe9qUVLzleWFcxnCQjizOqKCwW36990BcIHZI21ZVLwJA/7&#10;3XCwxVTbjs/UXkIhIoR9igrKEJpUSp+VZNDPbEMcvdw6gyFKV0jtsItwU8ufJFlKgxXHhRIbOpaU&#10;3S8Po+DqT5Mmv7njY01SZvXpkE/aTqnxqD9sQATqwzf8af9rBb8LeH+JP0DuXgAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEABKs5XgABAADmAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQAIwxik1AAAAJMBAAALAAAAAAAAAAAAAAAAADEBAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAASAAAAAAAAAAAAAAAAAC4CAABkcnMvcGlj&#10;dHVyZXhtbC54bWxQSwECLQAUAAYACAAAACEAERbhN8AAAADbAAAADwAAAAAAAAAAAAAAAACfAgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA9wAAAIwDAAAAAA==&#10;">
                         <v:imagedata r:id="rId11" o:title=""/>
                       </v:shape>
                       <w10:anchorlock/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="00E306A3" w:rsidP="00580B43">
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="00E306A3" w:rsidP="00580B43">
             <w:pPr>
               <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                           </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>B)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                        </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>C)</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                         </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>D)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB108C" w:rsidRPr="002F188E" w:rsidRDefault="00CB108C" w:rsidP="00CB108C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E306A3" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гомогенная , </w:t>
+            </w:r>
+            <w:r w:rsidR="00E306A3" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB108C" w:rsidRPr="002F188E" w:rsidRDefault="00CB108C" w:rsidP="00CB108C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00E306A3" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E306A3" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гетерогенная, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E306A3" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB108C" w:rsidRPr="002F188E" w:rsidRDefault="00CB108C" w:rsidP="00CB108C">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E306A3" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гетерогенная, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E306A3" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB108C" w:rsidRPr="002F188E" w:rsidRDefault="00CB108C" w:rsidP="00CB108C">
-[...172 lines deleted...]
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="00CB108C" w:rsidP="00CB108C">
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00D84637">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...8 lines deleted...]
-            <w:r w:rsidR="001C67E9" w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E306A3" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Гомогенная, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E306A3" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Отметьте верное утверждение:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Фенолфталеин в кислой среде – малиновый</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Фенолфталеин в щелочной среде становится красным</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Метиловый оранжевый в кислой среде становится желтым</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="00D84637">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Лакмус в нейтральной среде становится фиолетовым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D84637" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00D84637" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>[1]</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+          <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidR="000C023D" w:rsidRPr="002F188E">
+            <w:r w:rsidR="000C023D" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
+            <w:r w:rsidR="000C023D" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Химиялық реакция түрлері мен теңдеулер арасында сәйкестік орнатыңыз:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
+              <w:t>Установите соответствие между типами химических реакций и уравнениями.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
             <w:pPr>
               <w:ind w:right="343"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:jc w:val="center"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4746"/>
               <w:gridCol w:w="3895"/>
             </w:tblGrid>
-            <w:tr w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:trPr>
                 <w:trHeight w:val="275"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4746" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="00CB108C" w:rsidP="00580B43">
+                <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="343"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>Реакция теңдеулері</w:t>
-                  </w:r>
+                    <w:t>Уравнения</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>реакции</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3895" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="00CB108C" w:rsidP="00CB108C">
+                <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="343"/>
-                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>Химиялық реакция түрі</w:t>
-                  </w:r>
+                    <w:t>Тип</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>химической</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>реакции</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:trPr>
                 <w:trHeight w:val="275"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4746" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="004B3490" w:rsidP="00580B43">
+                <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="004B3490" w:rsidP="00580B43">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="343"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>А. Mg</w:t>
                   </w:r>
-                  <w:r w:rsidR="007C1E43" w:rsidRPr="002F188E">
+                  <w:r w:rsidR="007C1E43" w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>CO</w:t>
                   </w:r>
-                  <w:r w:rsidR="007C1E43" w:rsidRPr="002F188E">
+                  <w:r w:rsidR="007C1E43" w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> → Mg</w:t>
-[...1 lines deleted...]
-                  <w:r w:rsidR="007C1E43" w:rsidRPr="002F188E">
+                    <w:t xml:space="preserve"> → </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>O + CO</w:t>
-[...1 lines deleted...]
-                  <w:r w:rsidR="007C1E43" w:rsidRPr="002F188E">
+                    <w:t>Mg</w:t>
+                  </w:r>
+                  <w:r w:rsidR="007C1E43" w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>O</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidR="007C1E43" w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> + CO</w:t>
+                  </w:r>
+                  <w:r w:rsidR="007C1E43" w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3895" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="007C1E43" w:rsidP="00CB108C">
+                <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="343"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
-                      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>1.</w:t>
-[...15 lines deleted...]
-                    <w:t>Алмасу</w:t>
+                    <w:t>1.обмена</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:trPr>
                 <w:trHeight w:val="275"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4746" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
+                <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="343"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>B. Al</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>O</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> + 2Fe → Fe</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>O</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> + 2AI</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3895" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="007C1E43" w:rsidP="00CB108C">
+                <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="343"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
-                      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
-                    <w:t>2.</w:t>
-[...15 lines deleted...]
-                    <w:t>Қосылу</w:t>
+                    <w:t>2.соединения</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:trPr>
                 <w:trHeight w:val="275"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4746" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="004B3490" w:rsidP="00580B43">
+                <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="004B3490" w:rsidP="00580B43">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="343"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve">C. 2Ca + </w:t>
                   </w:r>
-                  <w:r w:rsidR="007C1E43" w:rsidRPr="002F188E">
+                  <w:r w:rsidR="007C1E43" w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>O</w:t>
                   </w:r>
-                  <w:r w:rsidR="007C1E43" w:rsidRPr="002F188E">
+                  <w:r w:rsidR="007C1E43" w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve">2 </w:t>
                   </w:r>
-                  <w:r w:rsidR="007C1E43" w:rsidRPr="002F188E">
+                  <w:r w:rsidR="007C1E43" w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve">→ </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>2CaO</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3895" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="007C1E43" w:rsidP="00CB108C">
+                <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="343"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
-                      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>3.</w:t>
                   </w:r>
-                  <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
-[...6 lines deleted...]
-                  <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
-                      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-                    <w:t>Айырылу</w:t>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>разложения</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:trPr>
                 <w:trHeight w:val="278"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4746" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
+                <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="343"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>D. AI</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>S</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidR="00F81609" w:rsidRPr="002F188E">
+                  <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> + 6HCl → 2Al</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>Cl</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> + 3H</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>S</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3895" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C1E43" w:rsidRPr="002F188E" w:rsidRDefault="007C1E43" w:rsidP="00CB108C">
+                <w:p w:rsidR="007C1E43" w:rsidRPr="005A28CD" w:rsidRDefault="007C1E43" w:rsidP="00580B43">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="343"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
-                      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
-                      <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-                    <w:t>Орынбасу</w:t>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:t>4.замещения</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
-[...26 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="007C1E43" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F81609" w:rsidRPr="002F188E">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B.</w:t>
             </w:r>
-            <w:r w:rsidR="00F81609" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C1E43" w:rsidRPr="002F188E">
+            <w:r w:rsidR="007C1E43" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A3, B4, C2, D1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C.</w:t>
             </w:r>
-            <w:r w:rsidR="00F81609" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F81609" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A3, B2, C4, D1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="00FC1A5A" w:rsidP="00D84637">
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00D84637">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F81609" w:rsidRPr="002F188E">
-[...46 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81609" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4. Из перечисленных веществ выберите ряд нерастворимых  и укажите, как влияет понижение температуры на растворимость твердых веществ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>NaCl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>MgSO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, увеличивается.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004B3490" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ca</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004B3490" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3490" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3490" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3490" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>AgCl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>CaCO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, уменьшается</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
-[...90 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>AlCl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
-[...194 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>CuCl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
-                <w:lang w:val="en-US"/>
-[...41 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
-[...40 lines deleted...]
-            <w:r w:rsidR="004B3490" w:rsidRPr="002F188E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ca</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004B3490" w:rsidRPr="002F188E">
+              <w:t>AgCl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="subscript"/>
-[...182 lines deleted...]
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00D84637">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, увеличивается</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="00D84637">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> H</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              <w:t>SO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>SO</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              <w:t>KCl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="subscript"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              <w:t>CuS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, уменьшается</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D84637" w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00D84637" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>[1]</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
-[...16 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
-            <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Определите вещество</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
-[...8 lines deleted...]
-            <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в схеме генетической связи неорганических веществ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00625F37" w:rsidRPr="005A28CD" w:rsidRDefault="00625F37" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> →</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC0E23" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00DC0E23" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB108C" w:rsidRPr="002F188E">
-[...56 lines deleted...]
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">→ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC0E23" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ca</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DC0E23" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(OH)</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC0E23" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...133 lines deleted...]
-            <w:r w:rsidR="00DC0E23" w:rsidRPr="002F188E">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CaCl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...20 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          </w:p>
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CaC</w:t>
+            </w:r>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
-[...1 lines deleted...]
-              <w:pStyle w:val="a3"/>
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B.</w:t>
+            </w:r>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ca</w:t>
+            </w:r>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-            <w:r w:rsidR="00625F37" w:rsidRPr="002F188E">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(PO</w:t>
+            </w:r>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00625F37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
-[...30 lines deleted...]
-            <w:r w:rsidR="00625F37" w:rsidRPr="002F188E">
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C.</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC0E23" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CaSO</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC0E23" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00625F37" w:rsidRPr="002F188E">
-[...64 lines deleted...]
-          <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="00FC1A5A" w:rsidP="00D84637">
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="00FC1A5A" w:rsidP="00D84637">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8505"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D.</w:t>
             </w:r>
-            <w:r w:rsidR="00DC0E23" w:rsidRPr="002F188E">
-[...10 lines deleted...]
-          <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:r w:rsidR="00DC0E23" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00DC0E23" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CaO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...137 lines deleted...]
-          <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+              </w:rPr>
+              <w:t xml:space="preserve"> Укажите ряд  элементов соответствующих  естественному семейству </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:jc w:val="center"/>
+              <w:tblInd w:w="1696" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2974"/>
               <w:gridCol w:w="3405"/>
             </w:tblGrid>
-            <w:tr w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2974" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
-                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                     </w:rPr>
-                    <w:t>Сілтілік металдар</w:t>
+                    <w:t xml:space="preserve"> Щелочные металлы</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3405" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>) Li, Na, K, Rb, Cs</w:t>
+                    <w:t xml:space="preserve">) Li, Na, K, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Rb</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>, Cs</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="00E722FA" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2974" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3405" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">2) Be, Mg, Ca,Sr, Ba, Ra </w:t>
+                    <w:t xml:space="preserve">2) Be, Mg, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Ca,Sr</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, Ba, Ra </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2974" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3405" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>) F, Cl, Br, I, At</w:t>
+                    <w:t xml:space="preserve">) F, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Cl</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>, Br, I, At</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="00E722FA" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2974" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3405" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>4) He, Ne, Ar, Kr, Xe, Rn</w:t>
-                  </w:r>
+                    <w:t xml:space="preserve">4) He, Ne, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Ar</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, Kr, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Xe</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Rn</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
-[...65 lines deleted...]
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D84637" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00D84637" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">         [1]</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B5130E" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00B5130E">
+          <w:p w:rsidR="00BB6224" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
-            <w:r w:rsidR="00BB6224" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00BB6224" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Из предложенного перечня выберите общие свойства металлов 1</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00BB6224" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00BB6224" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>I) и 2( II):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB6224" w:rsidRPr="005A28CD" w:rsidRDefault="00BB6224" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>А. восстановительные свойства</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB6224" w:rsidRPr="005A28CD" w:rsidRDefault="00BB6224" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>В.</w:t>
+            </w:r>
+            <w:r w:rsidR="000770B8" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>Ұсынылған</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+              <w:t>окислительные свойства</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB6224" w:rsidRPr="005A28CD" w:rsidRDefault="00BB6224" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>тізімнен</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+              <w:t>С.</w:t>
+            </w:r>
+            <w:r w:rsidR="000770B8" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="en-US"/>
-[...247 lines deleted...]
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+              </w:rPr>
+              <w:t xml:space="preserve"> амфотерные свойства</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="00BB6224" w:rsidP="00D84637">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>электрондарды</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              <w:t>D. принимают электроны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="00D84637" w:rsidP="00D84637">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...189 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Установите соответствие между формулой вещества и уравнением его электролитической диссоциации </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:jc w:val="center"/>
+              <w:tblInd w:w="175" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1634"/>
               <w:gridCol w:w="7762"/>
             </w:tblGrid>
-            <w:tr w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1634" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">1. </w:t>
                   </w:r>
-                  <w:r w:rsidR="003355ED" w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidR="003355ED" w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Li</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
-[...7 lines deleted...]
-                    <w:t>Cl →</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Cl</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> →</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7762" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                  </w:pPr>
-[...16 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                    <w:t>А</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">. </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidR="003355ED" w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>C</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>a</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve">2+ </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
-[...9 lines deleted...]
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> +  2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>OH</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1634" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...9 lines deleted...]
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">2. </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>HCl</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>→</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7762" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...9 lines deleted...]
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>B</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">. </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>K</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>+</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
-[...9 lines deleted...]
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> + </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>HCO</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1634" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...9 lines deleted...]
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">3. </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>KHCO</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve">3 </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>→</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7762" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...15 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>C</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">. </w:t>
+                  </w:r>
+                  <w:r w:rsidR="003355ED" w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Li</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>+</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
-[...9 lines deleted...]
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> + </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Cl</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1634" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve">4. </w:t>
                   </w:r>
-                  <w:r w:rsidR="003355ED" w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidR="003355ED" w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>C</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
-[...9 lines deleted...]
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>OH</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>)</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve">2 </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                      <w:lang w:val="kk-KZ"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>→</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7762" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="00CB108C">
+                <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...9 lines deleted...]
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>D</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">. </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>H</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>+</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
-[...9 lines deleted...]
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> + </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Cl</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="superscript"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
-[...32 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B. 1C, 2D, 3B, 4A.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="001C67E9" w:rsidRPr="005A28CD" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C. 1C, 2B, 3D, 4A</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001C67E9" w:rsidRPr="002F188E" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
+          <w:p w:rsidR="001C67E9" w:rsidRPr="00E722FA" w:rsidRDefault="001C67E9" w:rsidP="001C67E9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D. 1B, 2D, 3C, 4A.</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00B5130E">
+          <w:p w:rsidR="00785A9C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00144F58">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
-            <w:r w:rsidR="00144F58" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00144F58" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00144F58" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Қазақстанда</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+              <w:t xml:space="preserve">В </w:t>
+            </w:r>
+            <w:r w:rsidR="00785A9C" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Казахстане</w:t>
+            </w:r>
+            <w:r w:rsidR="00785A9C" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>өнеркәсіптің</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00785A9C" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>медь, активно используемая практически во всех отраслях промышленности, добывается из различных руд, самой распространенной из которых является борнит.</w:t>
+            </w:r>
+            <w:r w:rsidR="00785A9C" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00734B25" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Определите</w:t>
+            </w:r>
+            <w:r w:rsidR="00734B25" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00785A9C" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+              </w:rPr>
+              <w:t xml:space="preserve"> правильн</w:t>
+            </w:r>
+            <w:r w:rsidR="00734B25" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+              </w:rPr>
+              <w:t>ую последовательность стадий</w:t>
+            </w:r>
+            <w:r w:rsidR="00785A9C" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...274 lines deleted...]
-              <w:t>Кеннен мыс алу кезеңдерінің дұрыс реттілігін анықтаңыз.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> получения меди из руды.</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9340"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="00785A9C" w:rsidRPr="005A28CD" w:rsidRDefault="00785A9C" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
-                    <w:t>Кен өндіру</w:t>
+                    <w:t>Добыча руды</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="00785A9C" w:rsidRPr="005A28CD" w:rsidRDefault="00785A9C" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
-                    <w:t>Механикалық өңдеу (илемдеу, соғу, штамптау)</w:t>
+                    <w:t>Механическая обработка (прокатка, ковка, штамповка)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="00785A9C" w:rsidRPr="005A28CD" w:rsidRDefault="00785A9C" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
-                    <w:t>Агломерация (белгілі бір мөлшердегі кенді дайындау)</w:t>
+                    <w:t>Агломерация (изготовление кусочков руды определенного размера)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="00785A9C" w:rsidRPr="005A28CD" w:rsidRDefault="00785A9C" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
-                    <w:t>Кеннен мысты қалпына келтіру (кендерден металдарды алу)</w:t>
+                    <w:t>Восстановление меди из руды (извлечение металлов из руд)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00785A9C" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="00785A9C" w:rsidRPr="005A28CD" w:rsidRDefault="00785A9C" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
-                    <w:t>Кенді байыту (бос жынысты - құрамында алынатын металл жоқ минералдарды жою)</w:t>
+                    <w:t>Обогащение руды (удаление пустой породы - минералов, не содержащих извлекаемого металла)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00734B25" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00734B25" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="00734B25" w:rsidRPr="005A28CD" w:rsidRDefault="00734B25" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
-                    <w:t>Мысты тазарту (қоспаларды кетіру)</w:t>
+                    <w:t>Очистка меди (удаление примесей)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00734B25" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00734B25" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="00734B25" w:rsidRPr="005A28CD" w:rsidRDefault="00734B25" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
-                    <w:t>Термиялық өңдеу (металды қатайту және босату)</w:t>
+                    <w:t>Термическая обработка (закалка и отпуск металла)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00734B25" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00734B25" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="00734B25" w:rsidRPr="005A28CD" w:rsidRDefault="00734B25" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="3"/>
                     </w:numPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
-                    <w:t>Кенді ұнтақтау</w:t>
+                    <w:t>Измельчение руды</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">                                           </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">                                         </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00580B43">
-[...111 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...103 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00734B25" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1, 3, 2, 4, 5, 6, 7, 8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...112 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00734B25" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1, 2, 4, 3, 5, 8, 7, 6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00144F58">
+            <w:r w:rsidR="00734B25" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2, 3, 1, 4, 5, 7, 6, 8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00144F58">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00734B25" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1, 8, 2, 5, 4, 6, 7, 3. </w:t>
             </w:r>
-            <w:r w:rsidR="00144F58" w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00144F58" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...24 lines deleted...]
-              <w:t>Қорытпаға сәйкес сипаттамаларды көрсетіңіз:</w:t>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. Укажите характеристики, соответствующие сплаву:  </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
-              <w:tblInd w:w="279" w:type="dxa"/>
+              <w:tblInd w:w="846" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="2835"/>
+              <w:gridCol w:w="2268"/>
               <w:gridCol w:w="6231"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00905E77">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:tcW w:w="2268" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00905E77" w:rsidP="00905E77">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
-                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                    <w:t>ТЕМІР ҚОРЫТПАСЫ</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>СПЛАВ ЖЕЛЕЗА</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6231" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00905E77" w:rsidP="00905E77">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
-                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                    <w:t>СИПАТТАМАЛАРЫ</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>ХАРАКТЕРИСТИКИ</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00905E77">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:tcW w:w="2268" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:ind w:left="360"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...19 lines deleted...]
-                    <w:t>Болат</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>1.Сталь</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6231" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...15 lines deleted...]
-                    <w:t>құрамында темір және 2% - дан астам көміртегі бар, сонымен қатар аз мөлшерде Si, Mn, P, S бар</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1) в состав входит железо и более 2% углерода, а также содержит небольшие количества </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Si</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Mn</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>P</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>S</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00905E77">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:tcW w:w="2268" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6231" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...15 lines deleted...]
-                    <w:t>соғу, илемдеу, штамптау оңай</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>2) легко поддается ковке, прокатке, штамповке</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00905E77">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:tcW w:w="2268" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6231" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...15 lines deleted...]
-                    <w:t>оның сынғыштығы бар</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>3) обладает хрупкостью</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00905E77">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:tcW w:w="2268" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6231" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>4) применяется для изготовления оружия, инструментов</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00905E77">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:tcW w:w="2268" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6231" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>5) сплав железа, содержащий менее 2% углерода</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00905E77">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
-                  <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:tcW w:w="2268" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6231" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>6) применяется для изготовления более прочных деталей машин, станков</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. 3, 1, 5.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. 1, 3, 6.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. 2, 4, 5.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...17 lines deleted...]
-            <w:r w:rsidR="002F188E" w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. 2, 4, 6.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00580B43">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
-            <w:r w:rsidR="00521855" w:rsidRPr="002F188E">
-[...25 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidR="00521855" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Укажите схему, которая описывает механизм образования ионной связи</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9340"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:trPr>
                 <w:trHeight w:val="1709"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:noProof/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:drawing>
-                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A2F9989" wp14:editId="5F21DEB4">
+                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5CC88F12" wp14:editId="15258620">
                         <wp:simplePos x="0" y="0"/>
                         <wp:positionH relativeFrom="column">
                           <wp:posOffset>2066925</wp:posOffset>
                         </wp:positionH>
                         <wp:positionV relativeFrom="paragraph">
                           <wp:posOffset>11430</wp:posOffset>
                         </wp:positionV>
                         <wp:extent cx="3762375" cy="992505"/>
                         <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                         <wp:wrapSquare wrapText="bothSides"/>
                         <wp:docPr id="3" name="Рисунок 3" descr="https://narodna-osvita.com.ua/uploads/grigorovich8rus/414-146.jpg"/>
                         <wp:cNvGraphicFramePr>
                           <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                         </wp:cNvGraphicFramePr>
                         <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="0" name="Picture 1" descr="https://narodna-osvita.com.ua/uploads/grigorovich8rus/414-146.jpg"/>
                                 <pic:cNvPicPr>
                                   <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                 </pic:cNvPicPr>
                               </pic:nvPicPr>
                               <pic:blipFill rotWithShape="1">
                                 <a:blip r:embed="rId12">
@@ -6816,131 +6219,131 @@
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln>
                                   <a:noFill/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                                     <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                                   </a:ext>
                                 </a:extLst>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                         <wp14:sizeRelH relativeFrom="page">
                           <wp14:pctWidth>0</wp14:pctWidth>
                         </wp14:sizeRelH>
                         <wp14:sizeRelV relativeFrom="page">
                           <wp14:pctHeight>0</wp14:pctHeight>
                         </wp14:sizeRelV>
                       </wp:anchor>
                     </w:drawing>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00B61CF3" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00B61CF3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>1.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:trPr>
                 <w:trHeight w:val="1266"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00B61CF3" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00B61CF3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:noProof/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:drawing>
-                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A3CE364" wp14:editId="3CEC733B">
+                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B45C190" wp14:editId="3E1FBB1B">
                         <wp:simplePos x="0" y="0"/>
                         <wp:positionH relativeFrom="column">
                           <wp:posOffset>2115185</wp:posOffset>
                         </wp:positionH>
                         <wp:positionV relativeFrom="paragraph">
                           <wp:posOffset>-3810</wp:posOffset>
                         </wp:positionV>
                         <wp:extent cx="3684905" cy="766445"/>
                         <wp:effectExtent l="0" t="0" r="0" b="0"/>
                         <wp:wrapSquare wrapText="bothSides"/>
                         <wp:docPr id="13" name="Рисунок 13" descr="Похожее изображение"/>
                         <wp:cNvGraphicFramePr>
                           <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                         </wp:cNvGraphicFramePr>
                         <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="0" name="Picture 25" descr="Похожее изображение"/>
                                 <pic:cNvPicPr>
                                   <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                 </pic:cNvPicPr>
                               </pic:nvPicPr>
                               <pic:blipFill rotWithShape="1">
                                 <a:blip r:embed="rId13">
@@ -6962,98 +6365,98 @@
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln>
                                   <a:noFill/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                                     <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                                   </a:ext>
                                 </a:extLst>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                         <wp14:sizeRelH relativeFrom="page">
                           <wp14:pctWidth>0</wp14:pctWidth>
                         </wp14:sizeRelH>
                         <wp14:sizeRelV relativeFrom="page">
                           <wp14:pctHeight>0</wp14:pctHeight>
                         </wp14:sizeRelV>
                       </wp:anchor>
                     </w:drawing>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>2.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:trPr>
                 <w:trHeight w:val="1539"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:noProof/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:drawing>
-                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55F1BE49" wp14:editId="361DCFE9">
+                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3980F4D0" wp14:editId="233CAF8C">
                         <wp:simplePos x="0" y="0"/>
                         <wp:positionH relativeFrom="column">
                           <wp:posOffset>2257425</wp:posOffset>
                         </wp:positionH>
                         <wp:positionV relativeFrom="paragraph">
                           <wp:posOffset>24130</wp:posOffset>
                         </wp:positionV>
                         <wp:extent cx="3571875" cy="871220"/>
                         <wp:effectExtent l="0" t="0" r="9525" b="5080"/>
                         <wp:wrapSquare wrapText="bothSides"/>
                         <wp:docPr id="14" name="Рисунок 14" descr="Похожее изображение"/>
                         <wp:cNvGraphicFramePr>
                           <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                         </wp:cNvGraphicFramePr>
                         <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="0" name="Picture 27" descr="Похожее изображение"/>
                                 <pic:cNvPicPr>
                                   <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                 </pic:cNvPicPr>
                               </pic:nvPicPr>
                               <pic:blipFill rotWithShape="1">
                                 <a:blip r:embed="rId13">
@@ -7075,103 +6478,103 @@
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln>
                                   <a:noFill/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                                     <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                                   </a:ext>
                                 </a:extLst>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                         <wp14:sizeRelH relativeFrom="page">
                           <wp14:pctWidth>0</wp14:pctWidth>
                         </wp14:sizeRelH>
                         <wp14:sizeRelV relativeFrom="page">
                           <wp14:pctHeight>0</wp14:pctHeight>
                         </wp14:sizeRelV>
                       </wp:anchor>
                     </w:drawing>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>3.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:trPr>
                 <w:trHeight w:val="1689"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:noProof/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:noProof/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:drawing>
-                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="241BE43E" wp14:editId="5D0FDC7D">
+                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CFE4857" wp14:editId="722A1BDA">
                         <wp:simplePos x="0" y="0"/>
                         <wp:positionH relativeFrom="column">
                           <wp:posOffset>3019425</wp:posOffset>
                         </wp:positionH>
                         <wp:positionV relativeFrom="paragraph">
                           <wp:posOffset>2540</wp:posOffset>
                         </wp:positionV>
                         <wp:extent cx="2771775" cy="1167765"/>
                         <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                         <wp:wrapSquare wrapText="bothSides"/>
                         <wp:docPr id="19" name="Рисунок 19" descr="Похожее изображение"/>
                         <wp:cNvGraphicFramePr>
                           <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                         </wp:cNvGraphicFramePr>
                         <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="0" name="Picture 37" descr="Похожее изображение"/>
                                 <pic:cNvPicPr>
                                   <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                 </pic:cNvPicPr>
                               </pic:nvPicPr>
                               <pic:blipFill rotWithShape="1">
                                 <a:blip r:embed="rId14">
@@ -7193,3115 +6596,3263 @@
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln>
                                   <a:noFill/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                                     <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                                   </a:ext>
                                 </a:extLst>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                         <wp14:sizeRelH relativeFrom="page">
                           <wp14:pctWidth>0</wp14:pctWidth>
                         </wp14:sizeRelH>
                         <wp14:sizeRelV relativeFrom="page">
                           <wp14:pctHeight>0</wp14:pctHeight>
                         </wp14:sizeRelV>
                       </wp:anchor>
                     </w:drawing>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>4.</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00521855" w:rsidRPr="002F188E" w:rsidRDefault="00521855" w:rsidP="00580B43">
+                <w:p w:rsidR="00521855" w:rsidRPr="005A28CD" w:rsidRDefault="00521855" w:rsidP="00580B43">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidRDefault="008045D3" w:rsidP="00580B43">
+                <w:p w:rsidR="008045D3" w:rsidRPr="005A28CD" w:rsidRDefault="008045D3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00580B43">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00521855" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00521855" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00580B43">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00521855" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00521855" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00580B43">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00521855" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00521855" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B61CF3" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00144F58">
+          <w:p w:rsidR="00B61CF3" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00144F58">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00521855" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00521855" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 4</w:t>
             </w:r>
-            <w:r w:rsidR="002F188E" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00144F58" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...23 lines deleted...]
-              <w:t>Кремний карбиді үшін кристалдық тордың түрін және химиялық байланыстың түрін анықтаңыз:</w:t>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12. Определите для карбида кремния </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тип кристаллической решетки и вид химической связи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:jc w:val="center"/>
+              <w:tblInd w:w="846" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="423"/>
               <w:gridCol w:w="8076"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="423" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8076" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...5 lines deleted...]
-                    <w:t>Атомдық; ковалентті</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Атомная; ковалентная</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="423" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8076" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...6 lines deleted...]
-                    <w:t>Иондық; иондық</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Ионная; ионная</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="423" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8076" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...6 lines deleted...]
-                    <w:t>Молекулалық; ковалентті</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Молекулярная; ковалентная</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="423" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8076" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...6 lines deleted...]
-                    <w:t>Металл; металл</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Металлическая; металлическая</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. 2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. 3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00144F58">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00144F58">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...17 lines deleted...]
-            <w:r w:rsidR="002F188E" w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B30789" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00580B43">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00B30789" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
-            <w:r w:rsidR="00B30789" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00B30789" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B5130E" w:rsidRPr="002F188E">
+              <w:t xml:space="preserve"> Прогнозируйте смещение химического равновесия</w:t>
+            </w:r>
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t>Жүйеде температура көтерілген кезде Ле Шателье – Браун принципі бойынша химиялық тепе – теңдіктің сысуын болжаңыз:</w:t>
+              <w:t xml:space="preserve"> по принципу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>Ле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B30789" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>Шателье</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Брауна при повышении температуры в системе</w:t>
+            </w:r>
+            <w:r w:rsidR="00B30789" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4670"/>
               <w:gridCol w:w="4675"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00B30789" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00B30789" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00580B43">
+                <w:p w:rsidR="00B30789" w:rsidRPr="005A28CD" w:rsidRDefault="00B30789" w:rsidP="00580B43">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                     </w:rPr>
-                    <w:t>Реакция теңдеулері</w:t>
+                    <w:t>Уравнение реакции</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4675" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00B30789" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00580B43">
+                <w:p w:rsidR="00B30789" w:rsidRPr="005A28CD" w:rsidRDefault="00B30789" w:rsidP="00580B43">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                     </w:rPr>
-                    <w:t>Химиялық тепе-теңдіктіңмещысуы</w:t>
+                    <w:t>Смещение химического равновесия</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007516BA" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                 </w:tcPr>
-                <w:p w:rsidR="007516BA" w:rsidRPr="002F188E" w:rsidRDefault="007516BA" w:rsidP="00580B43">
+                <w:p w:rsidR="007516BA" w:rsidRPr="005A28CD" w:rsidRDefault="007516BA" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="8"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>N</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve">2 </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>+ O</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                   <m:oMath>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                         <w:vertAlign w:val="subscript"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <m:t>↔</m:t>
                     </m:r>
                   </m:oMath>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> 2NO - Q</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="007516BA" w:rsidRPr="002F188E" w:rsidRDefault="007516BA" w:rsidP="00580B43">
+                <w:p w:rsidR="007516BA" w:rsidRPr="005A28CD" w:rsidRDefault="007516BA" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="8"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>H</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> + C</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>H</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>6</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <m:oMath>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                         <w:vertAlign w:val="subscript"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <m:t>↔</m:t>
                     </m:r>
                   </m:oMath>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> C</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>H</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>8</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> + Q</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4675" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007516BA" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="007516BA" w:rsidRPr="005A28CD" w:rsidRDefault="007516BA" w:rsidP="00580B43">
                   <w:pPr>
+                    <w:pStyle w:val="aa"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="10"/>
+                    </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                     </w:rPr>
-                    <w:t>A.Тікелей реакцияға ауысады</w:t>
+                    <w:t>Смещается в сторону прямой реакции</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007516BA" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="007516BA" w:rsidRPr="002F188E" w:rsidRDefault="007516BA" w:rsidP="00580B43">
+                <w:p w:rsidR="007516BA" w:rsidRPr="005A28CD" w:rsidRDefault="007516BA" w:rsidP="00580B43">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4675" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007516BA" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="007516BA" w:rsidRPr="005A28CD" w:rsidRDefault="007516BA" w:rsidP="00580B43">
                   <w:pPr>
+                    <w:pStyle w:val="aa"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="10"/>
+                    </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-                      <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-                    <w:t>ері реакцияға ауысады</w:t>
+                    </w:rPr>
+                    <w:t>Смещается в сторону обратной реакции</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007516BA" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="007516BA" w:rsidRPr="002F188E" w:rsidRDefault="007516BA" w:rsidP="00580B43">
+                <w:p w:rsidR="007516BA" w:rsidRPr="005A28CD" w:rsidRDefault="007516BA" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="aa"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4675" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="007516BA" w:rsidRPr="002F188E" w:rsidRDefault="00B5130E" w:rsidP="00B5130E">
+                <w:p w:rsidR="007516BA" w:rsidRPr="005A28CD" w:rsidRDefault="007516BA" w:rsidP="00580B43">
                   <w:pPr>
+                    <w:pStyle w:val="aa"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="10"/>
+                    </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-                      <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-                    <w:t>епе-теңдіктіңмещысуы болмайды</w:t>
+                    </w:rPr>
+                    <w:t>Не происходит смещения равновесия</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00580B43">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="007516BA" w:rsidRPr="002F188E">
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1А, 2С</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00580B43">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="007516BA" w:rsidRPr="002F188E">
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1С, 2А</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00580B43">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="007516BA" w:rsidRPr="002F188E">
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1В, 2С</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FC1A5A" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00144F58">
+          <w:p w:rsidR="00FC1A5A" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00144F58">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="007516BA" w:rsidRPr="002F188E">
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
-            <w:r w:rsidR="007516BA" w:rsidRPr="002F188E">
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="007516BA" w:rsidRPr="002F188E">
+            <w:r w:rsidR="007516BA" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, 2В</w:t>
             </w:r>
-            <w:r w:rsidR="00144F58" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00144F58" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...28 lines deleted...]
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14. Укажите физические свойства, соответствующие   черному фосфору:  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>Белое кристаллическое вещество с чесночным запахом</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Полупроводник, графитоподобный</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+              <w:t xml:space="preserve">Полупроводник, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>графитоподобный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Относительно мягкий, светится в темноте</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+              <w:t xml:space="preserve">Относительно </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мягкий</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, светится в темноте</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">     4.</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Не ядовит, не имеет запаха</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+              <w:t xml:space="preserve">Не </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ядовит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, не имеет запаха</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t>Практически не растворим, темно- красного цвета</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A.2,4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B.4,5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C.1,3</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D.3,4</w:t>
             </w:r>
-            <w:r w:rsidR="002F188E" w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002916ED" w:rsidRPr="002F188E" w:rsidRDefault="002916ED" w:rsidP="00580B43">
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выберите </w:t>
+            </w:r>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сокращенное</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ионное уравнение реакции к данному молекулярному уравнению </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C22357" w:rsidRPr="005A28CD" w:rsidRDefault="00C22357" w:rsidP="00580B43">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...22 lines deleted...]
-            <w:r w:rsidR="00C22357" w:rsidRPr="002F188E">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BaCl</w:t>
             </w:r>
-            <w:r w:rsidR="00C22357" w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00C22357" w:rsidRPr="002F188E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → BaSO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>↓+ 2HCl</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ba</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2+</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + CO</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2-</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → BaCO</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>↓</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ba</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2+</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + SO</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2-</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → BaSO</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>↓</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ba</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2+</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
-            <w:r w:rsidR="00C22357" w:rsidRPr="002F188E">
-[...9 lines deleted...]
-            <w:r w:rsidR="00C22357" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3-</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → Ba</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(PO</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00C22357" w:rsidRPr="002F188E">
-[...457 lines deleted...]
-            <w:r w:rsidR="00C22357" w:rsidRPr="002F188E">
+            <w:r w:rsidR="00C22357" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> ↓</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE2ABB" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00144F58">
+          <w:p w:rsidR="00DE2ABB" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00144F58">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ba</w:t>
+            </w:r>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2+</w:t>
+            </w:r>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SiO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2-</w:t>
+            </w:r>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>BaSiO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00002772" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>↓</w:t>
+            </w:r>
+            <w:r w:rsidR="00144F58" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D84637" w:rsidRDefault="00D84637" w:rsidP="00D84637">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
-[...40 lines deleted...]
-            <w:r w:rsidR="00002772" w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Часть</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> В</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidRDefault="005A28CD" w:rsidP="00D84637">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16. Хлор первым получил в 1774г шведский химик Карл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шееле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) Напишите электронно-графическую формулу внешнего энергетического уровня атома хлора</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">___________________________________________________________________________ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Определите тип кристаллической </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>решетки  в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> молекуле хлора.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">___________________________________________________________________________ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>c) Хлор при обычных условиях представляет собой газ_______________________воздуха,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2,5 раза, ________________ в воде.   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                        </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) Закончите уравнение химической реакции взаимодействия хлора с железом:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
-                <w:lang w:val="en-US"/>
-[...24 lines deleted...]
-            <w:r w:rsidR="00002772" w:rsidRPr="002F188E">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
-                <w:lang w:val="en-US"/>
-[...63 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → _____________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>____</w:t>
             </w:r>
-            <w:r w:rsidR="002916ED" w:rsidRPr="002F188E">
-[...286 lines deleted...]
-          <w:p w:rsidR="002916ED" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Расставьте коэффициенты методом электронного баланса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:ind w:left="1080"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...119 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">_____________________________________________________________________________________________________________________________________  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) Вычислите массу хлорида серебра, получе</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72FC1" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нного при реакции обмена между 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0г хлорида калия и </w:t>
+            </w:r>
+            <w:r w:rsidR="00E72FC1" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г нитрата серебра.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9340"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00CB108C">
+                <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00D90F1D" w:rsidRPr="002F188E" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D90F1D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D90F1D" w:rsidRPr="005A28CD" w:rsidRDefault="00D90F1D" w:rsidP="00D84637">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...17 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                                                                       </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002916ED" w:rsidRPr="002F188E" w:rsidRDefault="002916ED" w:rsidP="00580B43">
-[...102 lines deleted...]
-              <w:t xml:space="preserve">                                                                                                                                        </w:t>
+          <w:p w:rsidR="006559B7" w:rsidRPr="005A28CD" w:rsidRDefault="006559B7" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B9430B" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Аммиак относится к числу важнейших продуктов химической промышленности, ежегодное его мировое производство достигает 150 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B9430B" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>млн</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00B9430B" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тонн.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008045D3" w:rsidRPr="005A28CD" w:rsidRDefault="008045D3" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)  Определите виды формул молекулы аммиака                                                                                                                                                                                                          </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3113"/>
               <w:gridCol w:w="3113"/>
               <w:gridCol w:w="3114"/>
             </w:tblGrid>
-            <w:tr w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3113" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidRDefault="008045D3" w:rsidP="00580B43">
+                <w:p w:rsidR="008045D3" w:rsidRPr="005A28CD" w:rsidRDefault="008045D3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:noProof/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
                     <w:drawing>
-                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B0A060B" wp14:editId="1A968228">
+                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A1FCBF4" wp14:editId="30E04D12">
                         <wp:simplePos x="0" y="0"/>
                         <wp:positionH relativeFrom="column">
                           <wp:posOffset>515620</wp:posOffset>
                         </wp:positionH>
                         <wp:positionV relativeFrom="paragraph">
                           <wp:posOffset>17780</wp:posOffset>
                         </wp:positionV>
                         <wp:extent cx="866775" cy="648970"/>
                         <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                         <wp:wrapSquare wrapText="bothSides"/>
                         <wp:docPr id="5" name="Рисунок 5" descr="https://fb.ru/misc/i/thumb/a/4/2/8/3/3/9/428339.jpg"/>
                         <wp:cNvGraphicFramePr>
                           <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                         </wp:cNvGraphicFramePr>
                         <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="0" name="Picture 1" descr="https://fb.ru/misc/i/thumb/a/4/2/8/3/3/9/428339.jpg"/>
                                 <pic:cNvPicPr>
                                   <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                 </pic:cNvPicPr>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId15" cstate="print">
@@ -10320,95 +9871,95 @@
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="866775" cy="648970"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln>
                                   <a:noFill/>
                                 </a:ln>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                         <wp14:sizeRelH relativeFrom="page">
                           <wp14:pctWidth>0</wp14:pctWidth>
                         </wp14:sizeRelH>
                         <wp14:sizeRelV relativeFrom="page">
                           <wp14:pctHeight>0</wp14:pctHeight>
                         </wp14:sizeRelV>
                       </wp:anchor>
                     </w:drawing>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidRDefault="008045D3" w:rsidP="00580B43">
+                <w:p w:rsidR="008045D3" w:rsidRPr="005A28CD" w:rsidRDefault="008045D3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidRDefault="008045D3" w:rsidP="00580B43">
+                <w:p w:rsidR="008045D3" w:rsidRPr="005A28CD" w:rsidRDefault="008045D3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3113" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidRDefault="008045D3" w:rsidP="00580B43">
+                <w:p w:rsidR="008045D3" w:rsidRPr="005A28CD" w:rsidRDefault="008045D3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:noProof/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:drawing>
-                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F15ADAB" wp14:editId="3DB44819">
+                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AF2832D" wp14:editId="149F1484">
                         <wp:simplePos x="0" y="0"/>
                         <wp:positionH relativeFrom="column">
                           <wp:posOffset>481330</wp:posOffset>
                         </wp:positionH>
                         <wp:positionV relativeFrom="paragraph">
                           <wp:posOffset>17780</wp:posOffset>
                         </wp:positionV>
                         <wp:extent cx="781050" cy="534670"/>
                         <wp:effectExtent l="0" t="0" r="0" b="0"/>
                         <wp:wrapSquare wrapText="bothSides"/>
                         <wp:docPr id="6" name="Рисунок 6" descr="http://bioword.ru/A/pic_a/A193.jpg"/>
                         <wp:cNvGraphicFramePr>
                           <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                         </wp:cNvGraphicFramePr>
                         <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="0" name="Picture 5" descr="http://bioword.ru/A/pic_a/A193.jpg"/>
                                 <pic:cNvPicPr>
                                   <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                 </pic:cNvPicPr>
                               </pic:nvPicPr>
                               <pic:blipFill rotWithShape="1">
                                 <a:blip r:embed="rId16">
@@ -10435,70 +9986,70 @@
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                                     <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                                   </a:ext>
                                 </a:extLst>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                         <wp14:sizeRelH relativeFrom="page">
                           <wp14:pctWidth>0</wp14:pctWidth>
                         </wp14:sizeRelH>
                         <wp14:sizeRelV relativeFrom="page">
                           <wp14:pctHeight>0</wp14:pctHeight>
                         </wp14:sizeRelV>
                       </wp:anchor>
                     </w:drawing>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3114" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidRDefault="008045D3" w:rsidP="00580B43">
+                <w:p w:rsidR="008045D3" w:rsidRPr="005A28CD" w:rsidRDefault="008045D3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:noProof/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:drawing>
-                      <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="760B9D00" wp14:editId="36930708">
+                      <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28971F5B" wp14:editId="489AA586">
                         <wp:extent cx="840386" cy="657225"/>
                         <wp:effectExtent l="0" t="0" r="0" b="0"/>
                         <wp:docPr id="2" name="Рисунок 2" descr="Картинки по запросу формула аммиака"/>
                         <wp:cNvGraphicFramePr>
                           <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                         </wp:cNvGraphicFramePr>
                         <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="0" name="Picture 3" descr="Картинки по запросу формула аммиака"/>
                                 <pic:cNvPicPr>
                                   <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                 </pic:cNvPicPr>
                               </pic:nvPicPr>
                               <pic:blipFill rotWithShape="1">
                                 <a:blip r:embed="rId17">
                                   <a:extLst>
                                     <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                       <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                     </a:ext>
                                   </a:extLst>
                                 </a:blip>
                                 <a:srcRect t="-2" r="71841" b="31074"/>
                                 <a:stretch/>
@@ -10508,4521 +10059,3885 @@
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="840386" cy="657225"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln>
                                   <a:noFill/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                                     <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                                   </a:ext>
                                 </a:extLst>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3113" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidRDefault="008045D3" w:rsidP="00580B43">
+                <w:p w:rsidR="008045D3" w:rsidRPr="005A28CD" w:rsidRDefault="008045D3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>A</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3113" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidRDefault="008045D3" w:rsidP="00580B43">
+                <w:p w:rsidR="008045D3" w:rsidRPr="005A28CD" w:rsidRDefault="008045D3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>B</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3114" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="008045D3" w:rsidRPr="002F188E" w:rsidRDefault="008045D3" w:rsidP="00580B43">
+                <w:p w:rsidR="008045D3" w:rsidRPr="005A28CD" w:rsidRDefault="008045D3" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>C</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00643B11" w:rsidRPr="002F188E" w:rsidRDefault="00643B11" w:rsidP="00580B43">
-[...20 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00643B11" w:rsidRPr="005A28CD" w:rsidRDefault="00643B11" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00643B11" w:rsidRPr="005A28CD" w:rsidRDefault="00643B11" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) Напишите молекулярную формулу азотной кислоты_____________________________,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A7FC8" w:rsidRPr="005A28CD" w:rsidRDefault="00643B11" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>укажите вид химической связи_________________</w:t>
+            </w:r>
+            <w:r w:rsidR="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E119B0" w:rsidRPr="005A28CD" w:rsidRDefault="007A7FC8" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidR="002916ED" w:rsidRPr="002F188E">
-[...85 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidR="00643B11" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E119B0" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Закончите уравнения химических реакций:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E119B0" w:rsidRPr="005A28CD" w:rsidRDefault="00643B11" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidR="00E119B0" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i) Cu + HNO</w:t>
+            </w:r>
+            <w:r w:rsidR="00E119B0" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E119B0" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>конц</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E119B0" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E119B0" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → NO</w:t>
+            </w:r>
+            <w:r w:rsidR="00E119B0" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E119B0" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + _______ + ______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E119B0" w:rsidRPr="005A28CD" w:rsidRDefault="00E119B0" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           ii) Cu + HNO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>разб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → NO   + _______ + ______         </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E119B0" w:rsidRPr="005A28CD" w:rsidRDefault="00E119B0" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          iii</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidR="00643B11" w:rsidRPr="002F188E">
-[...15 lines deleted...]
-            <w:r w:rsidR="00643B11" w:rsidRPr="002F188E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CuO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>HNO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> →</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD4A05" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ________ + ________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                           </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD4A05" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                            </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>) Термическое разложение нитратов происходит с выделением кислорода.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Закончите уравнение химической реакции.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>NaNO</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
-                <w:lang w:val="en-US"/>
-[...411 lines deleted...]
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">3  </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">→ ________ + ________                                                                                     </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E119B0" w:rsidRPr="002F188E" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
-[...148 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="00E119B0" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) При производстве аммиака прямым синтезом из </w:t>
+            </w:r>
+            <w:r w:rsidR="007A656E" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100л </w:t>
+            </w:r>
+            <w:r w:rsidR="00D36B37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D36B37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>н.у</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D36B37" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">.) </w:t>
             </w:r>
-            <w:r w:rsidR="002916ED" w:rsidRPr="002F188E">
-[...243 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="007A656E" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">азота получили </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="007A656E" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="007A656E" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">л </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продукта</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Сколько процентов это составляет от теоретически возможного выхода?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>[3]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                             </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9340"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00CD4A05" w:rsidRPr="002F188E" w:rsidTr="00FA3658">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="00FA3658">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9340" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00CD4A05" w:rsidRPr="002F188E" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+                <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD4A05" w:rsidRPr="002F188E" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+                <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD4A05" w:rsidRPr="002F188E" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+                <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD4A05" w:rsidRPr="002F188E" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+                <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD4A05" w:rsidRPr="002F188E" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+                <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD4A05" w:rsidRPr="002F188E" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+                <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="009F679B" w:rsidRPr="002F188E" w:rsidRDefault="009F679B" w:rsidP="00580B43">
+                <w:p w:rsidR="009F679B" w:rsidRPr="005A28CD" w:rsidRDefault="009F679B" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="009F679B" w:rsidRPr="002F188E" w:rsidRDefault="009F679B" w:rsidP="00580B43">
+                <w:p w:rsidR="009F679B" w:rsidRPr="005A28CD" w:rsidRDefault="009F679B" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD4A05" w:rsidRPr="002F188E" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+                <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00CD4A05" w:rsidRPr="002F188E" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
+                <w:p w:rsidR="00CD4A05" w:rsidRPr="005A28CD" w:rsidRDefault="00CD4A05" w:rsidP="00580B43">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="002916ED" w:rsidRPr="002F188E" w:rsidRDefault="00643B11" w:rsidP="002916ED">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00643B11" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidR="002916ED" w:rsidRPr="002F188E">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00753D2B" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">18. </w:t>
             </w:r>
-            <w:r w:rsidR="002916ED" w:rsidRPr="002F188E">
-[...203 lines deleted...]
-              <w:t>а) Зат формуласы мен органикалық қосылыстар класы арасындағы сәйкестікті анықтаңыз:</w:t>
+            <w:r w:rsidR="00753D2B" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Все органические вещества, составляющие основу тканей живых организмов, имеют в своём составе углерод. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) Установите соответствие между формулой вещества и классом органических соединений:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4670"/>
               <w:gridCol w:w="4670"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Формула</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Класс органических соединений</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="12"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>C</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>H</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>5</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>OH</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="13"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Карбоновые кислоты</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="12"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>HCOH</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002916ED" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="13"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Аминокислоты</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="12"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>HCOOH</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002916ED" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="13"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...6 lines deleted...]
-                    <w:t>Спиртттер</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Спирты</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="12"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>NH</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>CH</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>COOH</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002916ED" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="13"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...6 lines deleted...]
-                    <w:t>Альдегидтер</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Альдегиды</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
-[...58 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1)_________ 2)_________ 3) _________ 4) _________                                                            </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...33 lines deleted...]
-          <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Укажите химическую формулу гомолога этана:                                                               </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2335"/>
               <w:gridCol w:w="2335"/>
               <w:gridCol w:w="2335"/>
               <w:gridCol w:w="2335"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2335" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="14"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>C</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>H</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2335" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="14"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> CH</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                     </w:rPr>
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2335" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="14"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> C</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>H</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2335" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="14"/>
                     </w:numPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>C</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>6</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>H</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>6</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="002916ED" w:rsidRPr="002F188E" w:rsidRDefault="002916ED" w:rsidP="00753D2B">
-[...141 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответ:____________                                                                                                                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Составьте формулу изомера пентана и дайте название по номенклатуре </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IUPAC</w:t>
             </w:r>
-            <w:r w:rsidR="002916ED" w:rsidRPr="002F188E">
-[...9 lines deleted...]
-          <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:jc w:val="center"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5470"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:trPr>
                 <w:trHeight w:val="1964"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5470" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
-[...4 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="005A28CD" w:rsidRDefault="005A28CD" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)  Пластиковая упаковка трудно поддается переработке и наносят вред природе. Экологи многих стран призывают отказаться от использования полиэтиленовых пакетов. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...9 lines deleted...]
-          <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) Укажите формулу структурного звена в уравнении реакции полимеризации этилена.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>nCH</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>= CH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>→ ( - CH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - CH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> - )</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
-              </w:rPr>
-[...22 lines deleted...]
-            <w:r w:rsidR="00753D2B" w:rsidRPr="002F188E">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ответ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">:____________________                                                                                                    </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002F188E" w:rsidRPr="002F188E" w:rsidRDefault="002F188E" w:rsidP="00753D2B">
-[...20 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...15 lines deleted...]
-              <w:t>Белоктардың, майлардың және көмірсулардың биологиялық маңызын жаз.</w:t>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) Напишите биологическое значение белков, жиров и углеводов.</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4670"/>
               <w:gridCol w:w="4670"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>Класс</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002F188E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>биологиялық маңызы</w:t>
+                    <w:t>Биологическое значение</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002F188E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...6 lines deleted...]
-                    <w:t>БЕЛОКТАР</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>БЕЛКИ</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002F188E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...6 lines deleted...]
-                    <w:t>МАЙЛАР</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>ЖИРЫ</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002F188E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...16 lines deleted...]
-                    <w:t>ӨМІРСУЛАР</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>УГЛЕВОДЫ</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4670" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
-[...28 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                         </w:t>
+            </w:r>
+            <w:r w:rsidR="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                              </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...68 lines deleted...]
-              <w:t>Баламалы отынның артықшылықтары мен кемшіліктерін анықтаңыз.</w:t>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Вычислите массовую долю углерода в составе ацетилена.                                             </w:t>
+            </w:r>
+            <w:r w:rsidR="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="00753D2B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) Определите преимущества и недостатки альтернативных видов т</w:t>
+            </w:r>
+            <w:r w:rsidR="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оплива.                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                  </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a4"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3113"/>
               <w:gridCol w:w="3113"/>
               <w:gridCol w:w="3114"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3113" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002F188E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Баламалы отын түрлері</w:t>
+                    <w:t>Альтернативные виды топлива</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3113" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002F188E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Артықшылықтары</w:t>
+                    <w:t>Преимущества</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3114" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002F188E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
+                  <w:r w:rsidRPr="005A28CD">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Кемшіліктер</w:t>
+                    <w:t>Недостатки</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidTr="00CB108C">
+            <w:tr w:rsidR="005A28CD" w:rsidRPr="005A28CD" w:rsidTr="002B745E">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3113" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="002F188E" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="002F188E">
-[...6 lines deleted...]
-                    <w:t>Сутегі</w:t>
+                  <w:r w:rsidRPr="005A28CD">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>Водород</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3113" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3114" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00753D2B" w:rsidRPr="002F188E" w:rsidRDefault="00753D2B" w:rsidP="00CB108C">
+                <w:p w:rsidR="00753D2B" w:rsidRPr="005A28CD" w:rsidRDefault="00753D2B" w:rsidP="002B745E">
                   <w:pPr>
                     <w:pStyle w:val="a3"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00643B11" w:rsidRPr="002F188E" w:rsidRDefault="00643B11" w:rsidP="00580B43">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+          <w:p w:rsidR="00643B11" w:rsidRPr="005A28CD" w:rsidRDefault="00643B11" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                                </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F4153D" w:rsidRPr="002F188E" w:rsidRDefault="00F4153D" w:rsidP="00580B43">
-[...30 lines deleted...]
-          <w:p w:rsidR="002F188E" w:rsidRPr="002F188E" w:rsidRDefault="002F188E" w:rsidP="002F188E">
+          <w:p w:rsidR="00F4153D" w:rsidRPr="005A28CD" w:rsidRDefault="00F4153D" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0037464D" w:rsidRPr="005A28CD" w:rsidRDefault="00F4153D" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F2361B" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F2564D" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Алюминий занимает первое место среди металлов по распространенности в земной коре.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F2564D" w:rsidRPr="005A28CD" w:rsidRDefault="00F2564D" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) Составьте уравнения реакций по схеме:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F2564D" w:rsidRPr="005A28CD" w:rsidRDefault="00F2564D" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Al</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(SO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → Al(OH)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>→ Al(NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="00F2564D" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>↓</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="00F2564D" w:rsidP="00580B43">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Al</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>OH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+            <w:r w:rsidR="005C27A1" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                              </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00967C7D" w:rsidRPr="005A28CD" w:rsidRDefault="00967C7D" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>_______________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Определите реакцию среды раствора выделенной соли в задании </w:t>
+            </w:r>
+            <w:r w:rsidR="00237084" w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002F188E">
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>_____________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">______________________________ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с) Гидроксид алюминия входит в состав лека</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рств дл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">я понижения кислотности желудочного сока. На каком свойстве основано его применения в этом случае. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">____________________________ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A28CD" w:rsidRDefault="005A28CD" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A28CD" w:rsidRDefault="005A28CD" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="008803E2" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Составьте уравнения реакции получения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008803E2" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алюмотермическим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008803E2" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методом металла железа из его оксида </w:t>
+            </w:r>
+            <w:r w:rsidR="008803E2" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Fe</w:t>
+            </w:r>
+            <w:r w:rsidR="008803E2" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...13 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="008803E2" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidR="008803E2" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="subscript"/>
-                <w:lang w:val="en-US"/>
-[...22 lines deleted...]
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F188E">
-[...93 lines deleted...]
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="00F2564D" w:rsidP="00580B43">
+            <w:r w:rsidR="008803E2" w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008803E2" w:rsidRPr="005A28CD" w:rsidRDefault="008803E2" w:rsidP="00580B43">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F188E">
-[...298 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="005A28CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>___________________________________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008803E2" w:rsidRPr="002F188E" w:rsidRDefault="008803E2" w:rsidP="00580B43">
-[...10 lines deleted...]
-          <w:p w:rsidR="00FA3658" w:rsidRPr="002F188E" w:rsidRDefault="00FA3658" w:rsidP="00FA3658">
+          <w:p w:rsidR="008803E2" w:rsidRPr="005A28CD" w:rsidRDefault="008803E2" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FA3658" w:rsidRPr="005A28CD" w:rsidRDefault="00FA3658" w:rsidP="00FA3658">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005C27A1" w:rsidRPr="002F188E" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
-[...395 lines deleted...]
-          <w:p w:rsidR="0001733C" w:rsidRPr="002F188E" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005C27A1" w:rsidRPr="005A28CD" w:rsidRDefault="005C27A1" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0001733C" w:rsidRPr="005A28CD" w:rsidRDefault="0001733C" w:rsidP="00580B43">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC69C4" w:rsidRPr="002F188E" w:rsidRDefault="00AC69C4" w:rsidP="00AC69C4">
+    <w:p w:rsidR="00AC69C4" w:rsidRPr="005A28CD" w:rsidRDefault="00AC69C4" w:rsidP="00AC69C4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AC69C4" w:rsidRPr="002F188E">
+    <w:sectPr w:rsidR="00AC69C4" w:rsidRPr="005A28CD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="07E92538"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2D63D62"/>
     <w:lvl w:ilvl="0" w:tplc="DF9CFD9A">
@@ -16275,172 +15190,168 @@
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B2404"/>
     <w:rsid w:val="00002772"/>
     <w:rsid w:val="00002F89"/>
     <w:rsid w:val="0000605B"/>
     <w:rsid w:val="000104E8"/>
     <w:rsid w:val="00011BFD"/>
     <w:rsid w:val="0001733C"/>
     <w:rsid w:val="00020C6C"/>
     <w:rsid w:val="000770B8"/>
     <w:rsid w:val="000C023D"/>
     <w:rsid w:val="000E39C8"/>
     <w:rsid w:val="000E3F0C"/>
     <w:rsid w:val="00122A5B"/>
     <w:rsid w:val="00144F58"/>
     <w:rsid w:val="001647A5"/>
     <w:rsid w:val="00165507"/>
     <w:rsid w:val="001B2404"/>
     <w:rsid w:val="001B35BB"/>
     <w:rsid w:val="001C1684"/>
     <w:rsid w:val="001C67E9"/>
     <w:rsid w:val="001D356A"/>
     <w:rsid w:val="001F3A86"/>
     <w:rsid w:val="002122FA"/>
     <w:rsid w:val="00237084"/>
     <w:rsid w:val="00290530"/>
-    <w:rsid w:val="002916ED"/>
-    <w:rsid w:val="002F188E"/>
     <w:rsid w:val="00306C94"/>
     <w:rsid w:val="003227A8"/>
     <w:rsid w:val="003355ED"/>
     <w:rsid w:val="003562F8"/>
     <w:rsid w:val="00362861"/>
     <w:rsid w:val="0037464D"/>
     <w:rsid w:val="00446C7E"/>
     <w:rsid w:val="00447B4D"/>
     <w:rsid w:val="00476E74"/>
     <w:rsid w:val="0049620D"/>
     <w:rsid w:val="004B3490"/>
     <w:rsid w:val="004E1077"/>
     <w:rsid w:val="00521855"/>
     <w:rsid w:val="0054105F"/>
     <w:rsid w:val="00580B43"/>
+    <w:rsid w:val="005A28CD"/>
     <w:rsid w:val="005A65BE"/>
     <w:rsid w:val="005C27A1"/>
     <w:rsid w:val="005D4C22"/>
     <w:rsid w:val="00607E7A"/>
     <w:rsid w:val="00625F37"/>
     <w:rsid w:val="006317A1"/>
     <w:rsid w:val="00643B11"/>
     <w:rsid w:val="006442A8"/>
     <w:rsid w:val="006559B7"/>
     <w:rsid w:val="006E5969"/>
     <w:rsid w:val="00734B25"/>
     <w:rsid w:val="007516BA"/>
     <w:rsid w:val="00753D2B"/>
     <w:rsid w:val="00785A9C"/>
     <w:rsid w:val="00787A11"/>
     <w:rsid w:val="007A656E"/>
     <w:rsid w:val="007A7FC8"/>
     <w:rsid w:val="007C1E43"/>
     <w:rsid w:val="008045D3"/>
     <w:rsid w:val="00804CE9"/>
     <w:rsid w:val="008803E2"/>
     <w:rsid w:val="008815A0"/>
     <w:rsid w:val="00893558"/>
     <w:rsid w:val="008D3E4C"/>
     <w:rsid w:val="008E3558"/>
     <w:rsid w:val="008F5A90"/>
     <w:rsid w:val="008F74CD"/>
-    <w:rsid w:val="00905E77"/>
+    <w:rsid w:val="00900216"/>
     <w:rsid w:val="009239DF"/>
     <w:rsid w:val="00967C7D"/>
     <w:rsid w:val="00973AFD"/>
     <w:rsid w:val="00973DC0"/>
     <w:rsid w:val="009F679B"/>
     <w:rsid w:val="00AA7CA0"/>
     <w:rsid w:val="00AC69C4"/>
     <w:rsid w:val="00AD0012"/>
     <w:rsid w:val="00AE5D64"/>
     <w:rsid w:val="00B008B4"/>
     <w:rsid w:val="00B30789"/>
-    <w:rsid w:val="00B5130E"/>
     <w:rsid w:val="00B61CF3"/>
     <w:rsid w:val="00B70DB5"/>
     <w:rsid w:val="00B9430B"/>
     <w:rsid w:val="00BB6224"/>
     <w:rsid w:val="00BD7838"/>
-    <w:rsid w:val="00BF456F"/>
     <w:rsid w:val="00C031F2"/>
     <w:rsid w:val="00C22357"/>
     <w:rsid w:val="00C71E40"/>
     <w:rsid w:val="00CA7D23"/>
-    <w:rsid w:val="00CB108C"/>
     <w:rsid w:val="00CD4A05"/>
     <w:rsid w:val="00D0393B"/>
     <w:rsid w:val="00D36B37"/>
     <w:rsid w:val="00D66095"/>
     <w:rsid w:val="00D82111"/>
     <w:rsid w:val="00D84637"/>
     <w:rsid w:val="00D874F5"/>
     <w:rsid w:val="00D90F1D"/>
     <w:rsid w:val="00DA4D6A"/>
     <w:rsid w:val="00DB47C9"/>
     <w:rsid w:val="00DC050E"/>
     <w:rsid w:val="00DC0E23"/>
     <w:rsid w:val="00DE2ABB"/>
     <w:rsid w:val="00E119B0"/>
     <w:rsid w:val="00E14FD3"/>
     <w:rsid w:val="00E306A3"/>
     <w:rsid w:val="00E67512"/>
     <w:rsid w:val="00E71179"/>
+    <w:rsid w:val="00E722FA"/>
     <w:rsid w:val="00E72FC1"/>
     <w:rsid w:val="00F000B0"/>
     <w:rsid w:val="00F2361B"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F4153D"/>
     <w:rsid w:val="00F417B3"/>
     <w:rsid w:val="00F711BA"/>
     <w:rsid w:val="00F81609"/>
     <w:rsid w:val="00FA3658"/>
     <w:rsid w:val="00FC1A5A"/>
     <w:rsid w:val="00FD6DC7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -17103,51 +16014,50 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136361323">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -17401,70 +16311,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>8519</Characters>
+  <Pages>7</Pages>
+  <Words>1566</Words>
+  <Characters>8929</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9994</CharactersWithSpaces>
+  <CharactersWithSpaces>10475</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Гость</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>