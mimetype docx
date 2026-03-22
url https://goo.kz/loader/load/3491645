--- v0 (2025-12-05)
+++ v1 (2026-03-22)
@@ -1,7416 +1,10222 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="62BC3734" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="00EA05FF" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
-      <w:pPr>
+    <w:p w14:paraId="1BCB688D" w14:textId="77777777" w:rsidR="00BE1B90" w:rsidRPr="00BE1B90" w:rsidRDefault="00BE1B90" w:rsidP="00BE1B90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EA05FF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«Ясли-сад № 111 г. Павлодара» отдела образования г. Павлодара, управления образования Павлодарской области</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Павлодар қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аласының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 111 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәбилер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6576A5B0" w14:textId="77777777" w:rsidR="00BE1B90" w:rsidRPr="00BE1B90" w:rsidRDefault="00BE1B90" w:rsidP="00BE1B90">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EA05FF">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Негізгі қызметкердің декреттік демалыс кезеңіне мемлекеттік  және орыс тілде оқытылатын тәрбиешінің уақытша бос </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орын </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымдарына орналасуға ашық конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE1B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BF412F" w14:textId="77777777" w:rsidR="00EA05FF" w:rsidRDefault="00EA05FF" w:rsidP="00EA05FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ых</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EA05FF">
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="415"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1047"/>
+        <w:gridCol w:w="1061"/>
+        <w:gridCol w:w="1390"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="2268"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003C4F3A" w14:paraId="6FFDEDA8" w14:textId="77777777" w:rsidTr="003C4F3A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B345F4C" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1338BB6E" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00BE1B90" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE1B90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE1B90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="027B361E" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BE1B90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD7D77E" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00BE1B90" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жүктеме көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1061" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3272D844" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00BE1B90" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқыту тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ADF6ADD" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00BE1B90" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МДҰ мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68138908" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00BE1B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Байланыс телефондары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> электрон</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ді пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="507CF5B6" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00BE1B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>онкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тың өткізілу күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64EB1FFB" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00BE1B90" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лауазымдық жалақы мөлшері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C4F3A" w14:paraId="3E3E3B78" w14:textId="77777777" w:rsidTr="003C4F3A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9335BF" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5981D9FE" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00BE1B90" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәрбиеші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6594DDFB" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1061" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B14D7ED" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00BE1B90" w:rsidRDefault="003C4F3A" w:rsidP="00BE1B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09AC6E9A" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00BE1B90">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Камзин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,  80</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="371BB2B5" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">61-41-17, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CA39C66" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>61-41-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB3DC4E" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00BE1B90" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sad</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1B90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>111@</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE1B90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BE1B90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1781B6" w14:textId="769961EC" w:rsidR="003C4F3A" w:rsidRPr="00AD76EB" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4797">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.04.2023-</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4797">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D81A2E" w14:textId="021D0421" w:rsidR="003C4F3A" w:rsidRPr="003C4F3A" w:rsidRDefault="003C4F3A" w:rsidP="00EA05FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C4F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>137045,00 – 184933,00 теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C4F3A" w14:paraId="309EC033" w14:textId="77777777" w:rsidTr="003C4F3A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="415" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="747C2D5A" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00AD76EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE4CFD4" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00BE1B90" w:rsidRDefault="003C4F3A" w:rsidP="00AD76EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәрбиеші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1705D4DB" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00AD76EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1,25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1061" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C38B0E" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00BE1B90" w:rsidRDefault="003C4F3A" w:rsidP="00AD76EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1390" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49BA8C73" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00AD76EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Камзин</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,  80</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA05FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AAF4FE" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRDefault="003C4F3A" w:rsidP="00AD76EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">61-41-17, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D85663F" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRDefault="003C4F3A" w:rsidP="00AD76EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>61-41-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01B08503" w14:textId="77777777" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00AD76EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sad111@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEB7CF5" w14:textId="4DF569D4" w:rsidR="003C4F3A" w:rsidRPr="00EA05FF" w:rsidRDefault="003C4F3A" w:rsidP="00AD76EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4797">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.04.2023-</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4797">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.05.2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4425BE0A" w14:textId="2E340C0E" w:rsidR="003C4F3A" w:rsidRPr="003C4F3A" w:rsidRDefault="003C4F3A" w:rsidP="00AD76EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C4F3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>137045,00 – 184933,00 теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="55403BF8" w14:textId="77777777" w:rsidR="00EA05FF" w:rsidRDefault="00EA05FF" w:rsidP="00EA05FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> должност</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C4971F6" w14:textId="77777777" w:rsidR="00650CB6" w:rsidRPr="00650CB6" w:rsidRDefault="00650CB6" w:rsidP="00650CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> воспитател</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 2012  жылғы 21 ақпандағы  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының педагог лауазымына орналасуға конкурс өткізу тәртібі туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» бұйрығы </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде өткізіледі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A5AE2D" w14:textId="263EDAB2" w:rsidR="00AD2139" w:rsidRPr="00650CB6" w:rsidRDefault="00650CB6" w:rsidP="00AD76EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650CB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00EA05FF">
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстың өткізілетін күні мен орны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4F3A" w:rsidRPr="003C4F3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4797">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4F3A" w:rsidRPr="003C4F3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.04.2023-</w:t>
+      </w:r>
+      <w:r w:rsidR="000C4797">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4F3A" w:rsidRPr="003C4F3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.05.2023</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4F3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2139" w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>., Павлодар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаласы, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2139" w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Камз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2139" w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 80/1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1717DCF3" w14:textId="77777777" w:rsidR="00AD2139" w:rsidRPr="00650CB6" w:rsidRDefault="00650CB6" w:rsidP="00AD76EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00EA05FF">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс кезеңдері</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2139" w:rsidRPr="00650CB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> языком обучения на период декретного отпуска основн</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09841FA3" w14:textId="77777777" w:rsidR="00650CB6" w:rsidRPr="00650CB6" w:rsidRDefault="00650CB6" w:rsidP="00650CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBE5D06" w14:textId="77777777" w:rsidR="00650CB6" w:rsidRPr="00650CB6" w:rsidRDefault="00650CB6" w:rsidP="00650CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) конкурсқа қатысуға ниет білдірген адамдардан құжаттарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E037A7C" w14:textId="77777777" w:rsidR="00650CB6" w:rsidRPr="00650CB6" w:rsidRDefault="00650CB6" w:rsidP="00650CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үміткерлердің құжаттарының педагогтердің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лгілік біліктілік сипаттамаларымен бекітілген </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іліктілік талаптарына сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067EAF95" w14:textId="77777777" w:rsidR="00650CB6" w:rsidRPr="004C4C1E" w:rsidRDefault="00650CB6" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) конкурстық комиссиясыны отырысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45229403" w14:textId="77777777" w:rsidR="00650CB6" w:rsidRPr="004C4C1E" w:rsidRDefault="00650CB6" w:rsidP="00650CB6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EA05FF">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650CB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдер беру мерзімі мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұқаралық ақпарат құралдарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде бос лауазымға орналасуға арналған құжаттар «Павлодар қаласының № 111 сәбилер бақшасы» КМҚК  Павлодар қаласы, Камзин к-сі, 80/1 мекенжайы бойынша (электрондық пошта немесе қағаз тасығыш арқылы) қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A95095C" w14:textId="77777777" w:rsidR="00650CB6" w:rsidRDefault="00650CB6" w:rsidP="00650CB6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="06EF48C3" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2294F932" w14:textId="77777777" w:rsidR="00650CB6" w:rsidRPr="004C4C1E" w:rsidRDefault="00650CB6" w:rsidP="00650CB6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- жоғары және (немесе) жоғары оқу орнынан кейінгі немесе техникалық және кәсіптік педагогикалық білім немесе </w:t>
+      </w:r>
+      <w:r w:rsidR="004C4C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ектепке дейінгі тәрбие және оқыту</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыты бойынша жоғары және (немесе) жоғары және (немесе) жоғары оқу орнынан кейінгі және (немесе) техникалық және кәсіптік педагогикалық білім немесе педагогикалық қайта даярлауды растайтын құжат, жұмыс өтіліне талаптар қойылмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4828C6C9" w14:textId="77777777" w:rsidR="00650CB6" w:rsidRDefault="00650CB6" w:rsidP="00650CB6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00650CB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5EDBC5" w14:textId="77777777" w:rsidR="0030458D" w:rsidRPr="0054572B" w:rsidRDefault="0030458D" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- балалардың өмірі мен денсаулығын қорғауды қамтамасыз етеді, оларды тәрбиелеу мен оқытуда Денсаулық сақтау технологияларын қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5521EABC" w14:textId="77777777" w:rsidR="0030458D" w:rsidRPr="0054572B" w:rsidRDefault="0030458D" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мемлекеттік жалпыға міндетті білім беру стандартының талаптарына, мектепке дейінгі тәрбие мен жас тобын оқытудың үлгілік оқу жоспарына сәйкес ұйымдастырылған оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113703CB" w14:textId="77777777" w:rsidR="0030458D" w:rsidRPr="0054572B" w:rsidRDefault="0030458D" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- режимдік сәттерді ұйымдастырады және өткізеді (таңертеңгі қабылдау, таңертеңгілік гимнастика, күн ішінде тамақтану, балалардың іс-әрекетін басқарады (ойын, шығармашылық, танымдық, қозғалыс, бейнелеу, еңбек, эксперименттік, дербес және басқалар), серуендеу, күндізгі ұйқы, жеке жұмыс, сауықтыру іс-шаралары, пәндік-дамытушылық орта жасайды);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06993FE4" w14:textId="77777777" w:rsidR="0030458D" w:rsidRPr="0054572B" w:rsidRDefault="0030458D" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- балалармен жұмыс істеуде тұлғаға бағытталған тәсілді жүзеге асырады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4034C9B2" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="0054572B" w:rsidRDefault="004C4C1E" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дамуында ауытқулары бар балалармен түзету қызметі саласындағы мамандарға көмек көрсетеді, мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын, оқу-әдістемелік әдебиеттерді зерделеу негізінде және топ балаларының жеке білім беру қажеттіліктерін ескере отырып, тәрбие-білім беру процесін жоспарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442A9086" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="0054572B" w:rsidRDefault="004C4C1E" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-қол жеткізілген нәтижелерді талдау негізінде тәрбие-білім беру қызметін жобалайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF73CDF" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="0054572B" w:rsidRDefault="004C4C1E" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- мектепке түсу кезінде тең бастапқы мүмкіндіктерді қамтамасыз ету үшін ерекше білім беру қажеттіліктері бар балаларды білім беру ортасына әлеуметтендіруді жүзеге асырады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE708D6" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="0054572B" w:rsidRDefault="004C4C1E" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- мамандардың ұсынымдарын ескере отырып, ерекше білім беру қажеттіліктері бар әрбір балаға жеке көзқарасты қамтамасыз етеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C4ABAB4" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="0054572B" w:rsidRDefault="004C4C1E" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- мектепке дейінгі ұйымда өткізілетін іс-шараларға (кеңестер, педагогикалық және әдістемелік кеңестер, конкурстар және басқалар)қатысады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E977BC" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="0054572B" w:rsidRDefault="004C4C1E" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- отандық тәжірибені зерделеу негізінде озық тәжірибелерді зерделеу, жалпылау, тарату және енгізумен айналысады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA35A2A" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="0054572B" w:rsidRDefault="004C4C1E" w:rsidP="004C4C1E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мектеп жасына дейінгі балаларды тәрбиелеу және оқыту мәселелері бойынша ата-аналарға консультациялық көмек көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C6C231" w14:textId="080324E9" w:rsidR="00806651" w:rsidRPr="0054572B" w:rsidRDefault="004C4C1E" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық жалақы мөлшері</w:t>
+      </w:r>
+      <w:r w:rsidR="00806651" w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0054572B" w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>137045,00 – 184933,00</w:t>
+      </w:r>
+      <w:r w:rsidR="0054572B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теңге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2114AFD7" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRDefault="004C4C1E" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0054572B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AA7D02" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="004D465D" w:rsidRDefault="004C4C1E" w:rsidP="004D465D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін қызметке тағайындау, қызметтен босату қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 21 ақпандағы № 57 бұйрығына 10-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748A8E84" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="004D465D" w:rsidRDefault="004C4C1E" w:rsidP="004D465D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="028A412A" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="004D465D" w:rsidRDefault="004C4C1E" w:rsidP="004D465D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке парақ (нақты тұрғылықты жері мен байланыс телефондары көрсетілген);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF28841" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="004D465D" w:rsidRDefault="004C4C1E" w:rsidP="004D465D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F61EE98" w14:textId="77777777" w:rsidR="004C4C1E" w:rsidRPr="004D465D" w:rsidRDefault="004C4C1E" w:rsidP="004D465D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жолын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0B2AE7" w14:textId="77777777" w:rsidR="00355EF2" w:rsidRPr="004D465D" w:rsidRDefault="004C4C1E" w:rsidP="004D465D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығымен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7679CDD6" w14:textId="77777777" w:rsidR="00355EF2" w:rsidRPr="004D465D" w:rsidRDefault="00355EF2" w:rsidP="004D465D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39DA7691" w14:textId="77777777" w:rsidR="00355EF2" w:rsidRPr="004D465D" w:rsidRDefault="00355EF2" w:rsidP="004D465D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) наркологиялық ұйымнан анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D035AD7" w14:textId="77777777" w:rsidR="00355EF2" w:rsidRPr="004D465D" w:rsidRDefault="00CC0B9D" w:rsidP="004D465D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сертификаттаудан өту</w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сертификат </w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе </w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог-модератордан </w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төмен емес</w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданыстағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлік </w:t>
+      </w:r>
+      <w:r w:rsidR="00355EF2" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C0AC7E" w14:textId="77777777" w:rsidR="00CC0B9D" w:rsidRPr="004D465D" w:rsidRDefault="00CC0B9D" w:rsidP="004D465D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r w:rsidR="004D465D" w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін қызметке тағайындау, қызметтен босату қағидаларын бекіту туралы"Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 21 ақпандағы № 57 бұйрығына 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA63510" w14:textId="77777777" w:rsidR="004D465D" w:rsidRPr="004D465D" w:rsidRDefault="004D465D" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="494E981B" w14:textId="73759FD8" w:rsidR="001A5626" w:rsidRPr="004D465D" w:rsidRDefault="004D465D" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004D465D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5626" w:rsidRPr="004D465D">
+        <w:t xml:space="preserve"> 61-41-17, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4F3A">
+        <w:t>61-41-16</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672E0FDC" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2352C5" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F2B4653" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A35DA9C" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F106146" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="727082A8" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61516B21" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B87B3D2" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="700A492A" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55A5D435" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55CACA26" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FB9E5ED" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B691EE" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="00B65925" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C0959AF" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="00B65925" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DC28317" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="00B65925" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A2BCE36" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="00B65925" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D92EB0C" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="00B65925" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="785007BE" w14:textId="77777777" w:rsidR="00B65925" w:rsidRPr="00B65925" w:rsidRDefault="00B65925" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="314602CE" w14:textId="77777777" w:rsidR="00B65925" w:rsidRPr="00B65925" w:rsidRDefault="00B65925" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65E65933" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="00B65925" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50F8D47D" w14:textId="77777777" w:rsidR="00B65925" w:rsidRDefault="00B65925" w:rsidP="00B65925">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74FCACE1" w14:textId="77777777" w:rsidR="00B65925" w:rsidRDefault="00B65925" w:rsidP="00B65925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C811C0A" w14:textId="77777777" w:rsidR="004D465D" w:rsidRDefault="004D465D" w:rsidP="00B65925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="201D7F7B" w14:textId="77777777" w:rsidR="004D465D" w:rsidRDefault="004D465D" w:rsidP="00B65925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26B04EFA" w14:textId="77777777" w:rsidR="004D465D" w:rsidRDefault="004D465D" w:rsidP="00B65925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54D296A0" w14:textId="77777777" w:rsidR="004D465D" w:rsidRDefault="004D465D" w:rsidP="00B65925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02863BFC" w14:textId="77777777" w:rsidR="00B65925" w:rsidRPr="005534F7" w:rsidRDefault="00B65925" w:rsidP="00B65925">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="414"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="2626"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A875B6" w14:paraId="66074A62" w14:textId="77777777" w:rsidTr="00CF2A40">
-[...1607 lines deleted...]
-      <w:tr w:rsidR="00A875B6" w:rsidRPr="001A5626" w14:paraId="38E3C297" w14:textId="77777777" w:rsidTr="00CF2A40">
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="34BBADAA" w14:textId="77777777" w:rsidTr="00B65925">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C32B227" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="3A1C4450" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FE93C16" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="69759311" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="11B3017F" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E97E37E" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1B4D0F06" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03FF3D55" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="76462142" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71E09036" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B76D723" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F095982" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14ACE018" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
-[...61 lines deleted...]
-    <w:p w14:paraId="577256B3" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+    <w:p w14:paraId="1F0219A4" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="001A5626">
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E9E7BFA" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="424F5686" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1106DFAB" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
-      </w:r>
+        <w:t>жариялағанмемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B72326" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+    <w:p w14:paraId="4FBF5F4A" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CC6C28" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+    <w:p w14:paraId="7BB76E40" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515DFE0A" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
-[...37 lines deleted...]
-    <w:p w14:paraId="5DA66B0B" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+    <w:p w14:paraId="470D7B52" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="54657D08" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B40CC2F" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A5626">
+      <w:r w:rsidRPr="00B65925">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A5626">
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FE60749" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="547A754B" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B237B0" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B65925">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмысорны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0F2F4F" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4796B168" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B20B619" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F6DCB0" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78F2B2D5" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+    <w:p w14:paraId="097D0C4E" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="11C3877F" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4DC0F0" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1531DF31" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEF7E4B" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="354C1C4A" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60CCEB8B" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001A5626">
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30752DB5" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...40 lines deleted...]
-    <w:p w14:paraId="4D1490E7" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A67360C" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2907D9BE" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0491342B" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="518B05E0" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...9 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="2D39101D" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6D3B50" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...48 lines deleted...]
-    <w:p w14:paraId="0BD4E30F" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42895D34" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="01175AA5" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC9785F" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77FD20A6" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+    <w:p w14:paraId="0E1B9E3F" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="44DA8B69" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5492802C" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A875B6" w:rsidRPr="001A5626" w14:paraId="36DED617" w14:textId="77777777" w:rsidTr="00CF2A40">
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="35D45C92" w14:textId="77777777" w:rsidTr="00B65925">
         <w:trPr>
-          <w:trHeight w:val="951"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F231596" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="134BF50C" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="640497C3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFFD82F" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="1F3EFBD8" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>Оқуорныныңатауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40580625" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="4E504571" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Периодобучения</w:t>
-            </w:r>
+              <w:t>Оқукезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF08F63" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="7884CDD3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="26B9898E" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Дипломбойыншамамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="19D90653" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A5626">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A875B6" w:rsidRPr="001A5626" w14:paraId="7EF05A4F" w14:textId="77777777" w:rsidTr="00CF2A40">
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="459DEB78" w14:textId="77777777" w:rsidTr="00B65925">
         <w:trPr>
-          <w:trHeight w:val="979"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC81177" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="2EF00C48" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F52C54B" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="4A13E552" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45679787" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="78515958" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="322CE23F" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="63DD8E03" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65C57737" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+    <w:p w14:paraId="565F4763" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="637B762F" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+    <w:p w14:paraId="20429747" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...26 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Стаж педагогической работы:_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
       <w:r w:rsidRPr="001A5626">
-        <w:rPr>
-[...212 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65391465" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+        <w:t>_________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35B2515D" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E83D12" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="28BAEB60" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C7B9EAD" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалықжұмысөтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">              ______________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D832319" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерімбар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE63E2A" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DEBA10E" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538E8115" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFAEB28" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611C1FEB" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F0151AA" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымидәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымиатағы,сондай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-аққосымшамәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>барболса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A6B1B0" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55FB78FD" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5D69C3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AF2E3D" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108DB02E" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AC9C45" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F3C873" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="115DC543" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55655AE1" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C5C44C7" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
-      </w:r>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E49C17" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w14:paraId="6AC7545E" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BFC7E53" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AB1BCE4" w14:textId="77777777" w:rsidR="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E44EC81" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
-[...6 lines deleted...]
-    <w:p w14:paraId="71CFCA35" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRDefault="00A875B6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A875B6" w:rsidRPr="001A5626" w14:paraId="3F6B2B39" w14:textId="77777777" w:rsidTr="00CF2A40">
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="40665A44" w14:textId="77777777" w:rsidTr="00B65925">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF737DB" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="7FA85037" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="771A4291" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78196CF7" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="4578A6CB" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="02764B07" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40A385CC" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0F28F26F" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C50CAF5" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="30E94A38" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22870FC4" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="00D1122D" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3274A839" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D660A25" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+    <w:p w14:paraId="31A1A817" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1E9FD827" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21BA357A" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D465D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A5626">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7534182C" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
+    <w:p w14:paraId="7FA248DB" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5626">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD1FAF7" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="001A5626">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...21 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A875B6" w:rsidRPr="001A5626" w14:paraId="1A9B79F3" w14:textId="77777777" w:rsidTr="00CF2A40">
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="3ACC6654" w14:textId="77777777" w:rsidTr="00B65925">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD49078" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="05957D85" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07B70D62" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="52FD1C1A" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14892E83" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="532BE18B" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DCA1D1F" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="55787201" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Кол-во баллов(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DCC1DAD" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="08BA6868" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="724421AA" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5626">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001A5626">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="6F413147" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E7E69D3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="62AE9E2A" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FF69B48" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="12AFF3D3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалықжәнекәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="032990E4" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарыкүндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA826E2" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарыкүндізгіүздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09E8A4D1" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D07A1F2" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарысыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC8758" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="49CECCD4" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="330C69BA" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E40E500" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялықдәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A9E2870" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="408218D8" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59FFED3C" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A3CFDAC" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DC9863" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="06AD0E85" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D94CA11" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7018BAFA" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FC9E9A0" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0014930B" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3059C079" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E39B3A0" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="0FCD2073" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3812AE80" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3FBD4874" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктіліксанаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B916FD1" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басқақұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="757B916B" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кіншісанат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2086B6AD" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іріншісанат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B1AC79D" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарысанат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D68B7C9" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="355F8DA3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DC9642F" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22151ADF" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB48E8B" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="000C4797" w14:paraId="1425BF3E" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4B6286DC" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1DDC90C6" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31AAB028" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C34B928" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DB03071" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B3F0ABC" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8BA429" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="5C5297C9" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07267B3A" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A522168" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6BD87B9B" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңқосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6B0AC791" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсібитәжірибеніңнәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1796F300" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтежақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F4FB14" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1550EAF6" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="000C4797" w14:paraId="4CAFD632" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6795F19A" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E629D3F" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28378734" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="754A9F8B" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AD7868A" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49513D77" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="000C4797" w14:paraId="27270CB4" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="10B91F72" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28F825BE" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсібижетістіктерініңкөрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="52CCAEE2" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білімалушылардыңолимпиадаларжәнеконкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылымижобаларбойыншажеңімпаздардыңграмоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="115DEB2C" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімніңолимпиадаларжәнеконкурстаржеңімпаздарыныңграмоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B13AD02" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1CE0FE25" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадаларжәнеконкурстаржеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E8291CD" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылымижобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="722066CC" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадаларжәнеконкурстаржеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60148DBA" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F8E0EE3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57DDC6AC" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="721B94C4" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="24BBCC17" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="201F25A4" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65F3CCA8" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелікқызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54FF3F31" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлықшығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F2825CC" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесінеенгеноқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесебірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="223EEBA3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесінеенгеноқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесебірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62E28E99" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopusтізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2885813D" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="000C4797" w14:paraId="74566116" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53915A68" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A462FA3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="419E2A40" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметінрастайтынқұжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6BC7AF44" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="669BB19F" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DFA0C94" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CC19893" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0747B3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="000C4797" w14:paraId="1F8EE1D6" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30D778A3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="553BD191" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстықдайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72E38509" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пәндікдайындықсертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D73908D" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлықсауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="757D2273" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C9F7C94" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, «Python </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тіліндебағдарламалаунегіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>программаларыбойыншаоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft»Курсеражұмыстарынаоқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D7B1BB2" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралықкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26E26504" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="564A0CEA" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71DE4B44" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77FA5CDF" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC9C9E0" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A5281C0" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TKTTeaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Test»Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in EMI Skills (English as a Medium of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Instruction)Teacher</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A486165" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TESOL»Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in teaching English for young </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>learnersInternational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65CD0D78" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TeenagersBecoming</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="068AB420" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TeachingOnline</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching for Educators: Development and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DeliveryEducational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ManagementKey</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122CE8F3" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FF16407" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching Mathematics with </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TechnologySpecial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A9751C2" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A286AED" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B9ACBB4" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C85AEC7" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="7FD9C869" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="477A848A" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="423B8C02" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0176F575" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BB33CFB" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36373ADC" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5626" w:rsidRPr="001A5626" w14:paraId="48AE0E1B" w14:textId="77777777" w:rsidTr="00B65925">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EA50B7" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-              <w:t>1</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0F3844" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
+          <w:p w14:paraId="18275DF7" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51EE664A" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00CF2A40">
-[...170 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="394C8C45" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00B65925">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3185 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A35F290" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRPr="001A5626" w:rsidRDefault="00A875B6" w:rsidP="00A875B6">
-[...11 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w14:paraId="48CF74C6" w14:textId="77777777" w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidRDefault="001A5626" w:rsidP="00806651">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BBBCFF5" w14:textId="77777777" w:rsidR="00A875B6" w:rsidRDefault="00A875B6"/>
-    <w:sectPr w:rsidR="00A875B6" w:rsidSect="00A875B6">
+    <w:sectPr w:rsidR="001A5626" w:rsidRPr="001A5626" w:rsidSect="00EA05FF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6B940D95" w14:textId="77777777" w:rsidR="0088114A" w:rsidRDefault="0088114A" w:rsidP="00B65925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2A614888" w14:textId="77777777" w:rsidR="0088114A" w:rsidRDefault="0088114A" w:rsidP="00B65925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
+  <w:font w:name="Times New Roman CYR">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="071EE85A" w14:textId="77777777" w:rsidR="0088114A" w:rsidRDefault="0088114A" w:rsidP="00B65925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="57C45BD6" w14:textId="77777777" w:rsidR="0088114A" w:rsidRDefault="0088114A" w:rsidP="00B65925">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F764238"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BCC44076"/>
+    <w:lvl w:ilvl="0" w:tplc="20000011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33115CF1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EA76480E"/>
+    <w:lvl w:ilvl="0" w:tplc="F9804F1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73A83B6F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3A48451C"/>
+    <w:lvl w:ilvl="0" w:tplc="B1687462">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1839074651">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1334260320">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="36779721">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007E2D7F"/>
+    <w:rsidRoot w:val="00FF100A"/>
     <w:rsid w:val="00056B3D"/>
+    <w:rsid w:val="0007679D"/>
+    <w:rsid w:val="000C4797"/>
     <w:rsid w:val="000F36DF"/>
+    <w:rsid w:val="001A5626"/>
+    <w:rsid w:val="0030458D"/>
+    <w:rsid w:val="00355EF2"/>
+    <w:rsid w:val="003C4F3A"/>
+    <w:rsid w:val="004C4C1E"/>
+    <w:rsid w:val="004D465D"/>
+    <w:rsid w:val="0054572B"/>
+    <w:rsid w:val="005534F7"/>
     <w:rsid w:val="00621385"/>
-    <w:rsid w:val="007E2D7F"/>
+    <w:rsid w:val="00650CB6"/>
+    <w:rsid w:val="00785D4F"/>
+    <w:rsid w:val="007C3191"/>
+    <w:rsid w:val="00806651"/>
+    <w:rsid w:val="0088114A"/>
     <w:rsid w:val="00971F06"/>
-    <w:rsid w:val="00A875B6"/>
+    <w:rsid w:val="00A4589B"/>
+    <w:rsid w:val="00AD2139"/>
+    <w:rsid w:val="00AD76EB"/>
+    <w:rsid w:val="00B65925"/>
+    <w:rsid w:val="00BE1B90"/>
+    <w:rsid w:val="00C73130"/>
+    <w:rsid w:val="00CB4A65"/>
+    <w:rsid w:val="00CC0B9D"/>
     <w:rsid w:val="00D9542B"/>
+    <w:rsid w:val="00DE043F"/>
     <w:rsid w:val="00E635D3"/>
-    <w:rsid w:val="00ED40C4"/>
+    <w:rsid w:val="00EA05FF"/>
+    <w:rsid w:val="00F86624"/>
+    <w:rsid w:val="00FF100A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-KZ"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4EF70047"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{0E5C240F-695B-45E8-AA67-07E78CB0BBE5}"/>
+  <w14:docId w14:val="0C14C2DB"/>
+  <w15:docId w15:val="{C5B86CB1-9F9A-4CFA-84F5-3BFE82DF20AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7756,180 +10562,312 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A875B6"/>
+    <w:rsid w:val="0007679D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00806651"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:lang w:val="ru-RU"/>
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00A875B6"/>
+    <w:rsid w:val="00EA05FF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD2139"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A875B6"/>
+    <w:rsid w:val="00A4589B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A4589B"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00806651"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B65925"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B65925"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B65925"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B65925"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0030458D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="701588856">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1279945998">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -7937,51 +10875,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8142,54 +11080,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2205</Words>
-  <Characters>12575</Characters>
+  <Words>2146</Words>
+  <Characters>12233</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14751</CharactersWithSpaces>
+  <CharactersWithSpaces>14351</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>USER</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>