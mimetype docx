--- v0 (2025-12-27)
+++ v1 (2026-03-26)
@@ -1,8598 +1,11614 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A643D6" w:rsidRPr="00B238BF" w:rsidRDefault="00B238BF" w:rsidP="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="0"/>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B238BF">
+      <w:r w:rsidRPr="00EE0FFD">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B238BF">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар облысы Білім беру басқармасы, Павлодар қаласының Білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B238BF">
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B238BF">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бөлімінің «Павлодар қаласының № 84 сəбилер бақшасы» КМҚК </w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3" w:rsidRPr="00EE0FFD">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B238BF">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>əдіскердің бос лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30C0C" w:rsidRPr="00EE0FFD">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve"> города Павлодара» отдела образования города</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тағайындауға ашық конкурс жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRPr="00C222E5" w:rsidRDefault="00B238BF" w:rsidP="00B238BF">
-[...51 lines deleted...]
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00A643D6">
+    <w:p w:rsidR="00F307ED" w:rsidRDefault="003459F2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:before="253"/>
+        <w:ind w:left="823"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED68B1">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED68B1">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED68B1">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED68B1">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3">
+        <w:t>3</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRPr="00AA441C" w:rsidRDefault="0054358F">
+    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="823"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:ind w:right="103" w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:t>«Павлодар қаласының № 84 сəбилер бақшасы» КМҚК Павлодар қ., Украинская көшесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 99</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, телефон 8 (7812) 51-60-98; эл.почта: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B66A5">
+        <w:t>sad84@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="102" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Сəбилер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тілдерінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>оқытады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Республикасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мектепке дейінгі тəрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="105" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>талаптары</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(немесе)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кəсіптік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>даярлау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>курстарынан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>өткенін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>құжат,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қойылмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="105" w:firstLine="726"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>тиісті бейін бойынша техникалық жəне кəсіптік білімі; мектепке дейінгі ұйымдардағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00B238BF">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>емес,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00B238BF">
-[...21 lines deleted...]
-        <w:t>5</w:t>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>емес;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="104" w:firstLine="726"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>педагог-шебер үшін тиісті бейін бойынша жоғары жəне (немесе) жоғары оқу орнынан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>білім;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйымдардағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00B238BF">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>емес,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>3</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>емес;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:right="376" w:firstLine="709"/>
-        <w:jc w:val="left"/>
+        <w:ind w:right="105" w:firstLine="896"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">КГКП «Ясли-сад № </w:t>
-[...78 lines deleted...]
-        <w:t>0</w:t>
+        <w:t>педагог-модератор,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагог-эксперт,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бейіні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>техникалық жəне кəсіптік білімі бар жағдайда педагогикалық жұмыс өтілі: қалалық жерде -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>емес,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-        <w:t>sad84@goo.edu.kz</w:t>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>емес.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="left"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...92 lines deleted...]
-        <w:t>программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      <w:r>
+        <w:t>Кəсіби</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>анықтай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>отырып,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>біліктілікке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>талаптар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(санаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жоқ):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:right="165" w:firstLine="708"/>
+        <w:ind w:left="142" w:right="96"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...369 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>əдіскеріне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сəйкес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>керек:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жоспарының,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бағдарламаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>білу,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>тəрбие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>əдістері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>білімі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="68"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ерекшеліктерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>отырып,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>процесін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жоспарлау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ұйымдастыру;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F849E3" w:rsidRDefault="00F849E3" w:rsidP="00F849E3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:right="165" w:firstLine="798"/>
+        <w:ind w:left="0" w:right="225"/>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>и</w:t>
-[...242 lines deleted...]
-        <w:t>лет;</w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>жылдық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>құру</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>ұйымдастыру;</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRDefault="00F849E3" w:rsidP="00F849E3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:right="165" w:firstLine="813"/>
+        <w:ind w:left="0" w:right="225"/>
       </w:pPr>
       <w:r>
-        <w:t>и</w:t>
-[...244 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>бақылау;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>ұйымдастырады;</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>ақпараттық-</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>коммуникациялық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="005B66A5">
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5">
         <w:rPr>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...63 lines deleted...]
-        <w:t>лет.</w:t>
+      <w:r w:rsidR="005B66A5">
+        <w:t>білу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
-[...62 lines deleted...]
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+    <w:p w:rsidR="00F849E3" w:rsidRDefault="00F849E3" w:rsidP="00F849E3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...9 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:t>категории):</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог-модератор":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
-[...465 lines deleted...]
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+    <w:p w:rsidR="00F849E3" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:left="1087" w:hanging="267"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>"педагог-модератор":</w:t>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Санаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
-[...352 lines deleted...]
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="00F849E3" w:rsidP="00F849E3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:left="1087" w:hanging="267"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t>"педагог-эксперт":</w:t>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдіснамасын</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білуі</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімді</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>циклограмма</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасау;</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістер</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолдану;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">əдістемелік </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірлестіктердің,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еминарлардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">конференциялардың </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
-[...429 lines deleted...]
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+    <w:p w:rsidR="00F849E3" w:rsidRPr="00F849E3" w:rsidRDefault="00F849E3" w:rsidP="00F849E3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:left="1087" w:hanging="267"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-        <w:t>"педагог-исследователь":</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогтерге</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>тех</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нологияларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>практикада</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">қолдану </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
-[...668 lines deleted...]
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="00F849E3" w:rsidP="00F849E3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:left="1087" w:hanging="267"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>"педагог-мастер":</w:t>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсету;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кəсіби</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арттыру;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпараттық-коммуникациялық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құзыреттілігін</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:ind w:firstLine="800"/>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...44 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог-сарапшы":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог-модератор"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сəйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келуі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек:</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>циклограмма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасау;</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəрбиелеуді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастыруды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дағдыларына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəрбиешілердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудандық,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кəсіби</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ету;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірлестіктер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кеңестер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>семинарлар,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конференциялар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастыру;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арттыру;</w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудандық/қалалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="39"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="39"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="39"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="39"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəжірибелерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жинақтау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпараттық-коммуникациялық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құзіреттілік.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог-зерттеуші":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="00F849E3" w:rsidP="00F849E3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог-сарапшы"</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатар:аудандық,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірлестіктердің,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>семинарлардың,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>к</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>онференциялардың</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="-57"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысына</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="4"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысу;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құзіреттілігін</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамыту;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етуге;</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудандық,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деңгейде</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыстың</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəжірибесін</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсыну;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəлімгерлік;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көпшілік</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алдында</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сөйлеу  жəне</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудиториямен  қарым-қатынас</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасау  дағдыларына</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болу;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="77"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жасына  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дейінгі  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларды  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тəрбиелеудің  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заманауи  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолдануға</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ізденістер</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізу;</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəрбие</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="4"/>
-        </w:rPr>
-[...77 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əзірлемелері</w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B66A5" w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог-шебер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>"педагог-зерттеуші"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="-57"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="4"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>семинарлар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конференциялардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="4"/>
-        </w:rPr>
-[...86 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысу;</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістерін,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əзірлеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəрбиешілердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ету;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəлімгерлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қоғамдастықтың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>даму</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стратегиясын</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конструктивті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтау;</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="49"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу-əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="50"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кеңесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="50"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="50"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="49"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу-əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="50"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кеңесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="-57"/>
-        </w:rPr>
-[...14 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мақұлданған,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуы;</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жобалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ету,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəлімгерлікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деңгейде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кəсіби</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қоғамдастық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>желісін</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамыту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Лауазымдық</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>міндеттер:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>етуді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оқу,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="9"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу-тақырыптық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоспарлар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="10"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламаларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="9"/>
-        </w:rPr>
-[...208 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құрастырады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Балаларға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таңдауға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(əзірлеуге)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ерекшелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>топтары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="6"/>
-        </w:rPr>
-[...50 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сабақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасайды.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тəрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мазмұнын,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысанын,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтауға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетеді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оқу-əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттамаларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əзірлеуді,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рецензиялауды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="45"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекітуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="44"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дайындауды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жаңартылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəжірибелерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықтауды,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зерделеуді,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таратуды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>енгізуді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етеді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құралдармен,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойындармен,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойыншықтармен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>топтарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жабдықтауды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оқу-əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасайды.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тəрбиешілер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сабақтар,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>семинарлар,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>топ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>консультациялар,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрмелер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өткізеді,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>топтардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оқу-педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="47"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="47"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="47"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдебиеттердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="48"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="47"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>банкін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="47"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүргізеді,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="48"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттамаларын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ресімдейді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тəрбиешілердің,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="52"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психологтардың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="52"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>логопедтердің,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="53"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>музыкалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="52"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетекшілердің,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="53"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="52"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мамандарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əрекеттесуін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйлестіреді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ерекше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="21"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="21"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="21"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="21"/>
-        </w:rPr>
-[...68 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психологиялық-педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:spacing w:val="-57"/>
-        </w:rPr>
-[...84 lines deleted...]
-        <w:t>конкурсов.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сүйемелдеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйлестіреді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тəрбиеші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмекшілеріне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кадрларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іріктеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>енгізеді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілікті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санаттарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(растау),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогтарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аттестаттау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйлестіреді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"Құндылықтарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізделген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұжырымдамасын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысандар,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отбасыларының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>енгізу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRPr="00AA441C" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
-        <w:ind w:left="114" w:right="165" w:firstLine="708"/>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA441C">
+      <w:r w:rsidRPr="00EE0FFD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Должностные</w:t>
-[...2034 lines deleted...]
-        <w:t xml:space="preserve">Должен знать: </w:t>
+        <w:t xml:space="preserve">Білуі тиіс: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
-        <w:r>
+        <w:r w:rsidRPr="00EE0FFD">
           <w:rPr>
             <w:color w:val="073A5D"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single" w:color="073A5D"/>
           </w:rPr>
-          <w:t>Конституцию</w:t>
+          <w:t>Конституциясын</w:t>
         </w:r>
-        <w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"Неке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ерлі-зайыптылық)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отбасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы" </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidRPr="00EE0FFD">
           <w:rPr>
             <w:color w:val="073A5D"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single" w:color="073A5D"/>
+          </w:rPr>
+          <w:t>Кодексін</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EE0FFD">
+          <w:rPr>
+            <w:color w:val="073A5D"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...99 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
         <w:rPr>
           <w:spacing w:val="9"/>
-        </w:rPr>
-[...336 lines deleted...]
-        <w:t>материалов.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағыттары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келешегін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>актілерді,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
-[...248 lines deleted...]
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:right="162" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-        <w:t>форме;</w:t>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стандарттарын,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дидактика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>принциптерін,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негіздерін,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психологияны,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəрбиелеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістерін,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еңбек туралы заңнама негіздерін, еңбекті қорғау нормалары мен ережелерін, техника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қауіпсіздігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өртке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорғанудың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ережелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормаларын,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:right="162" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...107 lines deleted...]
-        <w:t>цифровых документов (для идентификации);</w:t>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>материалдың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүйелендірудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидаларын.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...9 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-        <w:t>жительства и контактных телефонов – при наличии);</w:t>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Əдіскердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еңбекақысы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD" w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еңбек өтіліне , білі</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кт</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD" w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD" w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не байланысты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00660867" w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 820</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>теңге</w:t>
+      </w:r>
+      <w:r w:rsidR="00660867" w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ден бастап</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:right="162" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...82 lines deleted...]
-        <w:t>характеристиками педагогов;</w:t>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтінімдерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(немесе)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əлеуметтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>желілердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="61"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:left="1081" w:hanging="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабылдауды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="56"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сəбилер</w:t>
+      </w:r>
+      <w:r w:rsidR="00660867" w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақшасы» КМҚК </w:t>
+      </w:r>
+      <w:r w:rsidR="00660867" w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Украинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі, </w:t>
+      </w:r>
+      <w:r w:rsidR="00660867" w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>99</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:right="163" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...275 lines deleted...]
-        <w:t>21579);</w:t>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:left="1081" w:hanging="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>справку с психоневрологической организации;</w:t>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тізбесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсете</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысу туралы өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:left="1081" w:hanging="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>справку с наркологической организации;</w:t>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке басты куəландыратын құжат немесе цифрлық құжаттар сервисінен электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжат (сəйкестендіру үшін);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:right="162" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...206 lines deleted...]
-        <w:t>эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кадрларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>толтырылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы жəне байланыс телефондары көрсетілген – бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:right="162" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-        <w:t>должность воспитателя.</w:t>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілік талаптарына сəйкес білімі туралы құжаттардың көшірмелері;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="0054358F">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:ind w:right="163" w:firstLine="709"/>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...162 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Денсаулық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттамасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міндетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атқарушысының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ұлттық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сертификаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(бұдан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>əрі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ҰБС)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>модератордың,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагог-сарапшының,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагог-зерттеушінің,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагог-шебердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатының болуы туралы куəлік (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тəрбиешінің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушы ұсынған құжаттардың жəне (немесе) оларда қамтылған мемлекеттік қызметті көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(мəліметтердің)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дəйексіздігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
         <w:rPr>
           <w:spacing w:val="-57"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:t>оказания государственной услуги.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE0FFD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметті көрсетуден бас тартады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+    <w:p w:rsidR="00F307ED" w:rsidRPr="00F849E3" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-[...7 lines deleted...]
-        </w:tabs>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>телефоны и</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>электронные</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>адреса</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>для</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>уточнения</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>жəне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>информации:</w:t>
-[...54 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003459F2">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мекенжайлары: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8(7182) 51-60-98; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронды адресі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F849E3">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>sad84@goo.edu.kz</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A643D6">
+    <w:sectPr w:rsidR="00F307ED" w:rsidRPr="00F849E3">
       <w:pgSz w:w="11900" w:h="16820"/>
-      <w:pgMar w:top="1060" w:right="680" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1060" w:right="740" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="424A516F"/>
+    <w:nsid w:val="556C49C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C7488CF2"/>
-    <w:lvl w:ilvl="0" w:tplc="CC72ACF2">
+    <w:tmpl w:val="69881D76"/>
+    <w:lvl w:ilvl="0" w:tplc="9F9A3E7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1149" w:hanging="266"/>
-        <w:jc w:val="right"/>
+        <w:ind w:left="1087" w:hanging="266"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="3DF8D1FA">
+    <w:lvl w:ilvl="1" w:tplc="814824BC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2046" w:hanging="266"/>
+        <w:ind w:left="1986" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11809F10">
+    <w:lvl w:ilvl="2" w:tplc="8B525FA0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2952" w:hanging="266"/>
+        <w:ind w:left="2892" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="A9C21A12">
+    <w:lvl w:ilvl="3" w:tplc="075479E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3858" w:hanging="266"/>
+        <w:ind w:left="3798" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8B84B5EE">
+    <w:lvl w:ilvl="4" w:tplc="F91C6390">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4764" w:hanging="266"/>
+        <w:ind w:left="4704" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="DB9C6D96">
+    <w:lvl w:ilvl="5" w:tplc="1602D36A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5670" w:hanging="266"/>
+        <w:ind w:left="5610" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="8AF6A252">
+    <w:lvl w:ilvl="6" w:tplc="4050B412">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6576" w:hanging="266"/>
+        <w:ind w:left="6516" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="BAA609B8">
+    <w:lvl w:ilvl="7" w:tplc="8E4C77F4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7482" w:hanging="266"/>
+        <w:ind w:left="7422" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="1EF401B6">
+    <w:lvl w:ilvl="8" w:tplc="5F90B4DE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8388" w:hanging="266"/>
+        <w:ind w:left="8328" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6B6C5C5B"/>
+    <w:nsid w:val="73F41C52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9E3499AE"/>
-    <w:lvl w:ilvl="0" w:tplc="1B726F48">
+    <w:tmpl w:val="55F2B1BE"/>
+    <w:lvl w:ilvl="0" w:tplc="5C42E9E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="114" w:hanging="301"/>
+        <w:ind w:left="114" w:hanging="334"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A33EE8AA">
+    <w:lvl w:ilvl="1" w:tplc="B2284228">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1128" w:hanging="301"/>
+        <w:ind w:left="1122" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="7F9C0F0A">
+    <w:lvl w:ilvl="2" w:tplc="6C9400EA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2136" w:hanging="301"/>
+        <w:ind w:left="2124" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52F6FC26">
+    <w:lvl w:ilvl="3" w:tplc="51AE1AE6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3144" w:hanging="301"/>
+        <w:ind w:left="3126" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FD72AA48">
+    <w:lvl w:ilvl="4" w:tplc="68CCCF52">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4152" w:hanging="301"/>
+        <w:ind w:left="4128" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30DA9BDA">
+    <w:lvl w:ilvl="5" w:tplc="1B6A0CBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5160" w:hanging="301"/>
+        <w:ind w:left="5130" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6986AB66">
+    <w:lvl w:ilvl="6" w:tplc="B4B40892">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6168" w:hanging="301"/>
+        <w:ind w:left="6132" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F300CA80">
+    <w:lvl w:ilvl="7" w:tplc="340402C4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7176" w:hanging="301"/>
+        <w:ind w:left="7134" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="181E90FC">
+    <w:lvl w:ilvl="8" w:tplc="8C426928">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8184" w:hanging="301"/>
+        <w:ind w:left="8136" w:hanging="334"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A643D6"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00C222E5"/>
+    <w:rsidRoot w:val="00F307ED"/>
+    <w:rsid w:val="003459F2"/>
+    <w:rsid w:val="005B66A5"/>
+    <w:rsid w:val="00660867"/>
+    <w:rsid w:val="00BC6B6A"/>
+    <w:rsid w:val="00C30C0C"/>
+    <w:rsid w:val="00ED68B1"/>
+    <w:rsid w:val="00EE0FFD"/>
+    <w:rsid w:val="00F307ED"/>
+    <w:rsid w:val="00F849E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -8740,67 +11756,66 @@
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="ru-RU"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="823"/>
+      <w:ind w:left="2904" w:right="2255"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -8809,95 +11824,80 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="114"/>
-      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Title"/>
-[...11 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="114" w:firstLine="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
-[...4 lines deleted...]
-    <w:rsid w:val="00B238BF"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F849E3"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
@@ -9023,67 +12023,66 @@
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="ru-RU"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="823"/>
+      <w:ind w:left="2904" w:right="2255"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -9092,106 +12091,94 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="114"/>
-      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Title"/>
-[...11 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="114" w:firstLine="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
-[...4 lines deleted...]
-    <w:rsid w:val="00B238BF"/>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F849E3"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9438,49 +12425,64 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1441</Words>
-  <Characters>8215</Characters>
+  <Words>1435</Words>
+  <Characters>8186</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9637</CharactersWithSpaces>
+  <CharactersWithSpaces>9602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>