--- v0 (2025-12-05)
+++ v1 (2026-03-03)
@@ -1,7069 +1,11630 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
-[...25 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы Заң кемтар балаларды әлеуметтiк, медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдаудың нысандары мен әдiстерiн айқындайды, дамуында кемiстiгi бар балаларға көмек көрсетудiң тиiмдi жүйесiн жасауға, оларды тәрбиелеу, оқыту, еңбекке және кәсiби даярлау iсiмен байланысты проблемаларды шешуге, балалар мүгедектiгiнiң алдын алуға бағытталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="251" w:after="151" w:line="435" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z2"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 1. Термины и определения, используемые в настоящем Законе</w:t>
-[...183 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+        <w:t>1-бап. Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңда пайдаланылатын терминдер мен анықтамалар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңда мынадай негiзгi терминдер мен анықтамалар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) білім алу үшін арнаулы жағдайлар – мүмкіндігі шектеулі балалардың оларсыз білім беру бағдарламаларын меңгеруі мүмкін болмайтын, арнаулы оқу және жеке дамыту бағдарламаларын, оқыту әдістерін, техникалық, оқу және өзге де құралдарды, тыныс-тіршілік ортасын, психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық қолдап отыруды, медициналық, әлеуметті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және өзге де көрсетілетін қызметтерді қамтитын жағдайлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) кемтар бала (балалар) - белгiленген тәртiппен расталған, туа бiткен, тұқым қуалаған, жүре пайда болған аурулардан немесе жарақаттардың салдарынан тiршiлiк етуi шектелген, дене және (немесе) психикалық кемiстiгi бар он сегiз </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа дейiнгi бала (балалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) "қатер" тобындағы бала (балалар) - ерте қолға алынбағандықтан, әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау көрсетiлмегендiктен, дене және (немесе) психикалық дамуында кенжелеп қалу ықтималдығы жоғары болатын үш жасқа дейiнгi бала (балалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) дене кем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стiгi - ағзасы (ағзалары) дамуының және (немесе) жұмыс iстеуiнiң ұзақ уақыт бойы әлеуметтiк, медициналық және педагогикалық түзеу арқылы қолдауды қажет ететіндей созылмалы бұзылуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) диагностика – балалардың ауруының болу немесе болмау фактісін анық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға бағытталған медициналық көрсетілетін қызметтер кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) психикалық кемiстiк - адам психикасы дамуының және (немесе) жұмыс iстеуiнiң уақытша немесе тұрақты кемiстiгi, соның iшiнде: сенсорлық бұзылыстардың салдары; сөйлеу бұзылыстары; эмоциялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еркi жағынан бұзылыстары; ми зақымдануының салдары; ақыл-ой дамуының бұзылыстары, соның iшiнде ақыл-ой жағынан кенжелеп қалу; психикалық дамуының тежелуi және осыған байланысты оқы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйренудегі өзiндік қиындықтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>психического развития и связанные с этим специфические трудности в обучении;</w:t>
-[...158 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t>      6) күрдел</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кемiстiк - психикалық және дене кемiстiгiнiң кез келген ұштасуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) ауыр кемiстiк - мемлекеттiк (оның iшiнде арнаулы) бiлiм беру стандарттарына сәйкес бiлiм беру қолжетiмдi болмайтын және оқыту мүмкiндiктерi өзiн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзi қызмет көрсету дағдыларын, қоршаған дүние туралы қарапайым бiлiмдердi және қарапайым еңбек дағдыларын, немесе аясы тар кәсiби даярлықты меңгерумен шектелетiн дәрежедегi психикалық және (немесе) дене кем</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стiгi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) ерте қолға алу (ерте қолдау) - психикалы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дене бұзылыстары скринингiн, диагностиканы, емдеудi, дамыта оқытуды қамтитын, сәби жастағы (үш жасқа дейiнгi) балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) әлеуметтiк бейiмдеу - нысаналы әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау процесiнде кемтар балалардың қоғамда қабылданған құндылықтарды, мiнез-құлық ережелерi мен нормаларын игеруi мен қабылдауы және еңбекке даярлануы жолымен әлеуметтiк орта жағдайларына белсендi түрде икемделуi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) әлеуметтiк жұмыс - жекелеген адамдарға, отбасыларына олардың толық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әнді әлеуметтiк жұмыс істеуіне кедергі келтiретiн бұзылған немесе жойылған функцияларының орнын толтыра отырып әлеуметтiк құқықтары мен кепiлдiктерiн iске асыруда көмек көрсету жөнiндегi қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) скрининг - "қатер" тобындағы балаларды анықтау мақсатымен жаппай стандартталған тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="z55"/>
+      <w:bookmarkStart w:id="1" w:name="z37"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12) алып тасталды – Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
-[...51 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) медициналық оңалту - организмн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң бұзылған немесе семiп қалған функцияларын емдеуге, қалпына келтiруге бағытталған медициналық iс-шаралар кешенi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13-1) мүмкіндігі шектеулі балаларды әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау – мүмкіндігі шектеулі балаларға тұрмыс-тiршiлiгiндегi шектелудi еңсеру және оның орнын толтыру үшiн жағдай жасауды қамтамасыз ететiн және оларға басқа азаматтармен бiрдей қоғам өмiрiне қатысу мүмкiндiктерiн жасауға бағытталған арнаулы әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к, медициналық және бiлiм беру қызметтерiн ұсынатын бiлiм беру, халықты әлеуметтiк қорғау, денсаулық сақтау ұйымдарының қызметi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="z57"/>
+      <w:bookmarkStart w:id="2" w:name="z39"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14) алып тасталды – Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
-[...25 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15) арнаулы бiлiм беру - кемтар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға арнайы жағдайлар жасай отырып бiлiм беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="z59"/>
+      <w:bookmarkStart w:id="3" w:name="z41"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>16) алып тасталды – Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
-[...25 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) арнаулы бiлiм беру ұйымдары - мүмкіндігі шектеулі балалардың диагностикасы және консультациялар алуы, оларды психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық қолдау, оқыту мен тәрбиелеу үшiн құрылған ұйымдар: психологиялық-медициналық-педагогикалық консультациялар, оңалту орталықтары, психологиялық-педагогикалық түзеу кабинеттерi, балалар бақшалары, мектептер жанындағы логопедтiк пункттер және басқа да ұйымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="z61"/>
+      <w:bookmarkStart w:id="4" w:name="z43"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18) алып тасталды – Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
-[...181 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) психологиялық тексеру - кемтар балалардың психикалық жағдайының ерекшел</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ктерi мен психикалық дамуындағы әлеуеттiк мүмкіндіктерін анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20) әлеуметтiк тексеру - тиiстi жастағы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға арналған жас нормативтерiн ескере отырып, дене кiрiптарлығына, жинақылығы, әдеттегi қызметпен айналысу қабiлетi, экономикалық дербестiгi мен қоғамға кiрiгу қабiлетi шектелуiне байланысты болуы мүмкiн әлеуметтiк кемiстiктер дәрежесiн анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) медициналық тексеру - балалардың тiршiлi</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрекетiнiң шектелуiне себеп болатын жекелеген ағза немесе организм функциясының (функцияларының) бұзылу (болмау) түрiн, ауырлығын анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) педагогикалық тексеру - тиiстi жастағы балаларға арналған жас нормативтерiн ескере отырып, балалардың ақыл-ой жағынан даму ерекшелiктерiн және олардың ойын ойнауға, бiлiм алу мен қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынас жасауға әлеуеттiк мүмкiндiктерiн анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      23) кәсiби диагностика - бойындағы психикалық және (немесе) дене кемiстiгiн ескере отырып балалардың еңбек қызметiнiң немесе кәсiптiң дағдыларын </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен орындауға әлеуеттiк мүмкiндiктерiн анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) кемтар баланы оңалтудың жеке бағдарламасы - баланың соматикалық жай-күйi деңгейiнiң болжамын, психикалы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дене төзiмдiлiгiн, отбасының әлеуметтiк мәртебесi мен әлеуметтiк инфрақұрылым мүмкiндiктерiн ескере отырып, оның қажеттiлiктерiнiң құрылымына, ден қоятын мәселелерiнiң шеңберiне, құштарлықтарының деңгейiне сәйкес баланың тұрмыстық, қоғамдық, кәсiби қызметке қабiлетiн қалпына келтiруге бағытталған медициналық, психологиялық, педагогикалық және әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к iс-шаралар тiзбесi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      25) уәкiлеттi мемлекеттiк </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орган (б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұдан әрi - уәкiлеттi орган) - азаматтардың денсаулығын сақтау, бiлiм беру, халықты әлеуметтiк қорғау саласында басшылықты жүзеге асыратын орталық атқарушы органдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-бапқа өзгеріс енгізілді – Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z4"/>
+      <w:bookmarkStart w:id="5" w:name="z3"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 2. Законодательство Республики Казахстан о социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t>2-бап. Қазақстан Республикасының кемтар балаларды әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық жағынан түзеу арқылы қолдау туралы заңдары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...8 lines deleted...]
-        <w:t>      1. Законодательство Республики Казахстан о социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями основывается на </w:t>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы заңдары Қазақстан Республикасының </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="z31" w:history="1">
-        <w:r w:rsidRPr="00D81D46">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Конституции</w:t>
+          <w:t>Конституциясына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...63 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> негiзделедi және осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аң мен Қазақстан Республикасының өзге де нормативтiк құқықтық актiлерiнен тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Егер Қазақстан Республикасы бекiткен халықаралық шартта осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңдағыдан өзгеше ережелер белгiленген болса, халықаралық шарттың ережелерi қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Жетiм балаларды, психикалық аурулары бар балаларды, күнкөрiсi төмен отбасыларын және мемлекеттiң қолдауын қажет ететiн адамдардың өзге де санаттарын мемлекеттiк қолдауға байланысты қатынастар кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдауға байланысты бөлiгiнде ғана осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңмен реттеледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z6"/>
+      <w:bookmarkStart w:id="6" w:name="z4"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 3. Социальная и медико-педагогическая коррекционная поддержка детей с ограниченными возможностями, ее цели, задачи и принципы</w:t>
-[...544 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+        <w:t>3-бап. Кемтар балаларды әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 4. Компетенция Правительства Республики Казахстан</w:t>
-[...28 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау, оның мақсаттары, мiндеттерi мен принциптерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Кемтар балаларды әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогикалық түзеу арқылы қолдау баланың туғанынан басталып, ол кәмелеттiк жасқа толғанға дейiн, жаппай кешендi медициналық, психологиялық, педагогикалық және әлеуметтiк тексеру мен кәсiби диагностика жүргiзу, оңалтудың жеке бағдарламасын әзiрлеу, медициналық, педагогикалық, психологиялық, әлеуметтiк қызметтер көрсету және еңбекке баулу арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үргiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдаудың мақсаттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) туа б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ткен және тұқым қуалайтын ауруларды, қалыпты дамудан ауытқушылықтарды ерте бастан (туған кезден) анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) балалардың дамуындағы кенжелеп қалу </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұзылыстардың алдын алу, мүгедектiктiң ауыр түрлерiнен сақтандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) балалар мүгедект</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гiнiң деңгейiн төмендету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) кемтар балалардың дене, психика және өзге де қаб</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>леттерiнiң орнын толтыру немесе оларды қалпына келтiру, олардың әлеуметтiк құқықтарын iске асыру, неғұрлым толық әлеуметтiк бейiмделуiне жәрдемдесу болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдаудың мiндеттерi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) кемтар балаларды анықтау мен оларды есепке алудың б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рыңғай мемлекеттiк жүйесiн құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) арнаулы б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лiм берудi және арнаулы әлеуметтiк қызмет көрсетудi жүзуге асыратын ұйымдар желiсiн дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) кемтар балаларды әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к бейiмдеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) кемтар балалары бар отбасыларын әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к қолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдауды жүзеге асыратын ұйымдарды кадр, ғылыми және ұйымдастыру-әдiстемелiк жағынан қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) халықты әлеуметтiк қорғау, денсаулық сақтау, бiлiм беру ұйымдарының кемтар балаларды әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау мәселелерi жөнiндегi қызметiн сабақтастыру болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау мынадай принциптерге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) кемтар балалар мен олардың отбасыларына әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к қолдау және оңалту көмегiн көрсету кепiлдiгiне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) кемтар баласы бар отбасы мен әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық қолдауды жүзеге асыратын ұйымдар мамандарының ынтымақтастығына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) балалардың қабiлеттерiнiң шектелу дәрежесiне, жасына, әлеуметтiк мәртебесiне қарамастан, ерте қолдау мен бiлiм </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қол жеткiзуiне және тең құқықтылығына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) әрбiр балаға жеке тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғыдан келiп, әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау көрсетудi саралауға негiзделедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="251" w:after="151" w:line="435" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-тарау. КЕМТАР БАЛАЛАРДЫ ӘЛЕУМЕТТIК ЖӘНЕ МЕДИЦИНАЛЫ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИКАЛЫҚ ТҮЗЕУ АРҚЫЛЫ ҚОЛДАУ МӘСЕЛЕЛЕРIН МЕМЛЕКЕТТIК РЕТТЕУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:bookmarkStart w:id="7" w:name="z6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4-бап. Қазақстан Республикасы Үк</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>метiнiң құзыретi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кiметi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z402" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) кемтар балаларды әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау саласындағы әлеуметтiк қызмет көрсету мен әлеуметтiк қамсыздандырудың стандарттарын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) азаматтардың денсаулығын сақтау саласындағы уәкiлеттi органның ұсынуы бойынша кемтар балаларды әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау саласындағы медициналық көмектiң тегiн кепiлдiк берiлген көлемiн бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) алып тасталды – Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 56-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) өзіне Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z70" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституциясымен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, заңдарымен және Қазақстан Республикасы Президентінің актілері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үктелген өзге де функцияларды орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 4-бапқа өзгерістер енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2007.07.27 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z74" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 320</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-баптан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз), 2011.07.05 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z938" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2011.10.13 бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z178" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 31-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z402" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа енгізіледі); 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 56-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5-бап. Азаматтардың денсаулығын сақтау саласындағы уәк</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>леттi органның құзыретi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Азаматтардың денсаулығын сақтау саласындағы уәк</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>леттi орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) босандыру қызметтерін көрсететін денсаулық сақтау субъектілерінде (объектілерінде), медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санитариялық алғашқы көмек және (немесе) консультациялық-диагностикалық көмек көрсететін денсаулық сақтау ұйымдарында "қатер" тобындағы балаларды барынша ерте анықтау үшін скрининг ұйымдастыру және скрининг нәтижелері мен "қатер" тобындағы балаларды психологиялық-медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық консультацияларға жіберу тәртібін айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) дене және (немесе) психикалық кемiстiгi бар балалар патологияларының диагностикасын, ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алуан түрлерiн емдеудi ұйымдастыру тәртiбiн белгiлейдi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лiм беру саласындағы уәкiлеттi органмен бiрлесiп, "қатер" тобындағы балаларды ерте анықтау мәселелерi бойынша жалпы практика дәрiгерлерiн, балалар дәрiгерлерiн және орта буындағы медицина қызметкерлерiн даярлауды қамтамасыз етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) кемтар балалардың диагностикасы және оларды емдеу жөнiндегi халықаралық тәжiрибенi </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жәрдемдеседi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 5-бапқа өзгеріс енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2011.07.05 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z940" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2011.10.13 бастап қолданысқа енгізіледі); 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 56-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6-бап. Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лiм беру саласындағы уәкiлеттi органның құзыретi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лiм беру саласындағы уәкiлеттi орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) алып тасталды – Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 56-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) бiлiм алу үшін арнаулы жағдайлардың бірыңғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаттары мен нормативтерiн айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2-1) алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z403" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) алып тасталды – Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z15" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 56-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) арнаулы бiлiм беру ұйымдарының типтерi мен түрлерiнiң тiзбесiн белгiлейдi; арнаулы бiлiм </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға мұқтаж адамдар үшiн бiлiм беру ұйымдарында қажеттi орын санын айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) кемтар балаларды оқытуды жүзеге асыратын бiлiм беру ұйымдарының материалды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық және оқу-әдiстемелiк жарақтандырылуы мен қамтамасыз етiлуiне қойылатын ең төменгi мiндеттi талаптарды белгiлейдi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) оқушыларды аттестаттау әд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стемесiн айқындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) азаматтардың денсаулығын сақтау, оларды әлеуметтiк қорғау саласындағы уәкiлеттi органдармен бiрлесiп, кемтар балаларды оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға арналған техникалық құралдарға қойылатын нормативтiк талаптарды әзiрлейдi және бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) бiлiм беру ұйымдарын ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдiстемелiк қамтамасыз ету жөнiндегi қызметтiң үйлестiрiлуiн жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) арнаулы бiлiм беру саласындағы Қазақстан Республикасының заңдары мен нормативтi</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық актiлердiң орындалуына мемлекеттiк бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z403" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>&lt;*&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 6-бапқа өзгерістер енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2004.12.20 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z109" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, (01.01.2005 бастап қолданысқа енгiзiледi), 2007.07.27 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z74" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 320</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>2-баптан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз), 2010.03.19 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z144" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 258-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 2011.07.05 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z942" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2011.10.13 бастап қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z403" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа енгізіледі); 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z17" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 56-VII</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7-бап. Халықты әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к қорғау саласындағы уәкiлеттi органның құзыретi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к қорғау саласындағы уәкiлеттi орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>&lt;*&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) алып тасталды - ҚР 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z404" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...118 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңымен (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) әлеуметтiк қызметкерлер қызметiнiң функциялары мен сипатын айқындайды, мамандықтардың тiзбесi мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға қойылатын бiлiктiлiк талаптарын белгiлейдi, әлеуметтiк қызметкерлерге әдiстемелiк көмек көрсетедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) арнаулы әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к қызмет көрсетудiң әлеуметтiк нормативтерiн, түрлерi мен нысандарын әзiрлейдi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>&lt;*&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) алынып тасталды - ҚР 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z177" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>Конституцией</w:t>
+          <w:t>N 159-V</w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...158 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к қызмет көрсетудiң стандарттарын, тегiн әлеуметтiк қызмет көрсетудiң тәртiбiн әзiрлейдi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z11"/>
-[...1339 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) алып тасталды - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z570" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 102-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...37 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңда, Қазақстан Республикасының өзге де заңдарында, Қазақстан Республикасы Президентінің және Қазақстан Республикасы Үкіметінің актілерінде көзделген өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 7-бапқа өзгерістер енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2004.12.20 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z109" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi), 2011.07.05 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z944" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2011.10.13 бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z178" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 31-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z570" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 102-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z404" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z177" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 159-V</w:t>
+          <w:t>N 159-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z17"/>
+      <w:bookmarkStart w:id="11" w:name="z10"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 8. Компетенция органов местного государственного управления</w:t>
-[...184 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t>8-бап. Жерг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лiктi мемлекеттiк басқару органдарының құзыретi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Облыстың, республикалық маңызы бар қаланың, астананың жергiлiктi өкiлдi органдары Қазақстан Республикасының заңнамасына сәйкес азаматтардың құқықтары мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүдделерін қамтамасыз ету жөніндегі өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Облыстың (республикалық маңызы бар қаланың, астананың) жерг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лiктi атқарушы органдары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) мүгедектер қатарындағы кемтар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға үйде әлеуметтiк көмек көрсету бөлiмшесi туралы ережені әзiрлейдi, үйде әлеуметтiк көмек көрсету бөлiмшелерiн құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) кемтар балаларды әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау мәселелерiмен айналысатын мемлекеттiк ұйымдарды материалдық-техникалық қамтамасыз етудi жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) босандыру қызметтерін көрсететін денсаулық сақтау субъектілерінде (объектілерінде), медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санитариялық алғашқы көмек және (немесе) консультациялық-диагностикалық көмек көрсететін денсаулық сақтау ұйымдарында скрининг ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) скрининг нәтижелерiн және "қатер" тобындағы балаларды ата-анасының немесе өзге заңды өкілдерінің келісуімен психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультацияларға жiберудi қамтамасыз етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) кемтар балаларды арнаулы бiлiм беру ұйымдарында оқытуды ұйымдастырады және оларды </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа бiлiм беру ұйымдарында оқыту үшiн жағдай жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>&lt;*&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) арнаулы б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лiм беру ұйымдары мен психикалық және (немесе) дене кемiстiктерiн анықтау, есепке алу мен түзеу салаларында жұмыс iстейтiн кадрларды қайта даярлауды, бiлiктiлiгiн арттыруды және аттестаттауды жоспарлайды және ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) ауыр кемiстiктерi бар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға күтiм жасау жөнiндегi әлеуметтiк көмектi ұйымдастыру мен көрсету жөнiндегi қызметтi үйлестiредi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) жалпы мемлекетт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарттарды сақтай отырып, кепiлдiктi медициналық қызмет көрсетiлу және тегiн бiлiм алу құқықтарын iске асыруды, сондай-ақ әлеуметтiк көмек алуды және арнаулы әлеуметтiк қызмет көрсетiлудi қамтамасыз етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) кемтар балаларды тәрбиелеп отырған отбасыларының құқықтарын қорғауды және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға консультациялық көмек берудi қамтамасыз етедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) кемтар балалардың жұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа орналасуына жәрдемдеседi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Облыс, республикалық маңызы бар қала, астана әкiмiнiң шешiмiмен: алпыс мың балаға арналған психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультациялар – республикалық және облыстық маңызы бар қалаларда, астанада, сондай-ақ аудан орталықтарында; оңалту орталықтары – республикалық және облыстық маңызы бар қалаларда, астанада; психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзету кабинеттерi республикалық және облыстық маңызы бар қалаларда, астанада, сондай-ақ аудан орталықтарында құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...224 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 8-бапқа өзгерістер енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2004.12.20 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z109" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2005 бастап қолданысқа енгiзiледi), 2011.07.05 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z946" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2011.10.13 бастап қолданысқа енгізіледі); 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z405" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 124-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z96" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 433-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z329" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>вводится</w:t>
+          <w:t>қолданысқа</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі); 02.07.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z115" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>№ 165-VI</w:t>
+          <w:t>№ 165-VІ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа енгізіледі); 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="251" w:after="151" w:line="435" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...32 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-тарау. КЕМТАР БАЛАЛАРFА ӘЛЕУМЕТТIК ЖӘНЕ МЕДИЦИНАЛЫ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИКАЛЫҚ ТҮЗЕУ АРҚЫЛЫ ҚОЛДАУ КӨРСЕТУ ЖӨНIНДЕГI ҚЫЗМЕТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z20"/>
+      <w:bookmarkStart w:id="12" w:name="z12"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 9. Организации, оказывающие медицинские, специальные образовательные и специальные социальные услуги детям с ограниченными возможностями</w:t>
-[...522 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t xml:space="preserve">9-бап. Кемтар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға медициналық, арнаулы бiлiм беру және арнаулы әлеуметтiк қызметтердi көрсететiн ұйымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Медициналық қызметтерді профилактикалық, диагностикалық, емдеу, оңалту және паллиативті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағыты бар денсаулық сақтау субъектілері көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Медициналық қызметтерге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) "қатер" (скрининг) тобындағы балаларды анықтау мақсатымен жас сәби балаларды жаппай стандартты тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) туа бiткен, тұқым қуалағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне жүре пайда болған патологияның тереңдетiлген диагностикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) психика-дене дамуында ауытқулары бар балаларды медициналық түзеу және оңалту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасының заңдарына сәйкес көрсет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>летiн өзге де қызметтер жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мүмкіндігі шектеулі балаларға арналған арнаулы бiлiм беру қызметтерiн Қазақстан Республикасының бiлiм беру туралы заңнамасында белгiленген тәртiппен арнаулы ұйымдар: психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультациялар, психологиялық-педагогикалық түзеу кабинеттерi, оңалту орталықтары, логопедтiк пункттер, балалар бақшалары және басқа да білім беру ұйымдары көрсетедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Көрсетілетін арнаулы бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру қызметтеріне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) ерекше білім беру қажеттіліктерін бағалау мақсатында балаларды тереңдеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және кешенді зерттеп-қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) мүмкіндігі шектеулі балаларды арнаулы психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық қолдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) арнаулы оқу бағдарламалары бойынша оқыту және тәрбие беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) Қазақстан Республикасының заңнамасына сәйкес көрсетілетін өзге де қызметтер жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Білім беру, денсаулық сақтау және халықты әлеуметті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қорғау ұйымдары арнаулы әлеуметтік қызметтер көрсететiн ұйымдар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Арнаулы әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к қызметтер көрсетуге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Қазақстан Республикасының мүгедектерд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтiк қорғау саласындағы заңдарында белгiленген тәртiппен әлеуметтiк көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) протездеу және протез-ортопедия бұйымдарымен қамтамасыз ету жөн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ндегi қызметтердi көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) арнаулы техникалық және компенсаторлық құралдармен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) кемтар балаларды тәрбиелеп отырған отбасыларына консультациялық көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) әлеуметт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к қызметкерлердiң қызметтер көрсетуi жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Әлеуметтiк қызметкерлердiң құқықтық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әртебесi Қазақстан Республикасының заң актiлерiмен белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 9-бапқа өзгерістер енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2007.07.27 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ст.2</w:t>
+          <w:t>2-баптан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз); 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z98" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 433-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z329" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>вводится</w:t>
+          <w:t>қолданысқа</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі); 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z22"/>
+      <w:bookmarkStart w:id="13" w:name="z13"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 10. Психолого-медико-педагогические консультации</w:t>
-[...80 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t>10-бап. Психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультациялар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультация балаларды зерттеп-қарауды және оларға консультация беруді, ерекше білім беру қажеттіліктерін және білім алу үшін арнаулы жағдайларды бағалауды, білім беру бағдарламасын айқындауды жүзеге асыратын, сондай-ақ мүмкіндігі шектеулі балаларды арнаулы психологиялық-педагогикалық қолдауға жіберетін бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім беру ұйымы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультациялардың қызметiн ұйымдастыру азаматтардың денсаулығын сақтау саласындағы және халықты әлеуметтiк қорғау саласындағы уәкiлеттi органдармен келiсе отырып бiлiм беру саласындағы уәкiлеттi орган бекiтетiн ережелермен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультациялар мүмкіндігі шектеулі балаларды арнаулы білім беру ұйымдары мен басқа да ұйымдарға медициналық, арнаулы бiлiм және арнаулы әлеуметтiк қызметтердi алуы үшiн ата-аналарының және өзге де заңды өкiлдерiнiң келiсiмiмен ғана жiбередi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 10-бапқа өзгеріс енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2004.12.20 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z109" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2005 бастап қолданысқа енгiзiледi); 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z35" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z24"/>
+      <w:bookmarkStart w:id="14" w:name="z14"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 11. Организация образования детей с ограниченными возможностями</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t xml:space="preserve">11-бап. Кемтар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға бiлiм берудi ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Алып тасталды – Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z39" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...89 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Кемтар балалардың Қазақстан Республикасының бiлiм туралы заңдарында белгiленген тәртiппен бiлiм </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мемлекет кемтар балаларды кәсiби </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даярлау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға жәрдемдеседi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Арнаулы білім беру ұйымдары ымдау тілін, Брайль әліпбиін, басқа да балама қаріптерді және қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынас әдістерін пайдалана отырып, тірек-қимыл аппараты бұзылған, көруі және (немесе) естуі және (немесе) сөйлеуі бұзылған балалардың білім алуы үшін арнаулы жағдайлар жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 11-бапқа өзгерістер енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2007.07.27 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z76" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ст.2</w:t>
+          <w:t>2-баптан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз), 2009.12.07 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z104" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 222-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z106" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ст.2</w:t>
+          <w:t>2-б</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. қараңыз); 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z100" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 433-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (01.01.2016 бастап </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z329" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>вводится</w:t>
+          <w:t>қолданысқа</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> енгізіледі); 27.12.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 294-VІ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа енгізіледі); 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z39" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z26"/>
+      <w:bookmarkStart w:id="15" w:name="z15"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 12. Государственная статистическая отчетность</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t>12-бап. Мемлекетт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к статистикалық есептiлiк</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 12-бап алынып тасталды - ҚР 2010.03.19 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z144" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 258-IV</w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
       </w:hyperlink>
-    </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z28"/>
+      <w:bookmarkStart w:id="16" w:name="z16"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 13. Финансирование социальной и медико-педагогической коррекционной поддержки</w:t>
-[...28 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t>13-бап. Әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау iсiн қаржыландыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау iсiн қаржыландыру бюджет қаражаты есебiнен, сондай-ақ Қазақстан Республикасының заңдарында тыйым салынбаған өзге де көздерден жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 13-бапқа өзгеріс енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2004.12.20 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z109" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (2005 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="z30"/>
+      <w:bookmarkStart w:id="17" w:name="z17"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 14. Трудовая подготовка и профессиональное образование детей с ограниченными возможностями</w:t>
-[...80 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t xml:space="preserve">14-бап. Кемтар балаларды еңбекке даярлау және </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға кәсiби бiлiм беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Кемтар балалар Қазақстан Республикасының бiлiм беру туралы заң актiлерiне сәйкес кәсiби бiлiм </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Кемтар балаларды еңбекке даярлау отбасында, арнаулы б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лiм беру ұйымдарында жүргiзiледi. Кемтар балалардың болашақ кәс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>би қызметiнiң мүмкiндiктерi мен сипатын айқындау үшiн кәсiби-консультациялық орталықтарда, арнаулы бiлiм беру ұйымдарында кәсiби диагностика жүргiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мүмкіндігі шектеулі балаларға техникалық және кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ік білім беру арнаулы білім беру ұйымдарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 14-бапқа өзгеріс енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2004.12.20 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z109" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 13</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, 2007.07.27 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z77" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ст.2</w:t>
+          <w:t>2-баптан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз); 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="251" w:after="151" w:line="435" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...32 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4-тарау. КЕМТАР БАЛАЛАРДЫҢ ҚҰҚ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҚТАРЫ, ОЛАРДЫҢ АТА-АНАЛАРЫНЫҢ ЖӘНЕ ӨЗГЕ ДЕ ЗАҢДЫ ӨКIЛДЕРIНIҢ ҚҰҚЫҚТАРЫ МЕН МIНДЕТТЕРI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="z33"/>
+      <w:bookmarkStart w:id="18" w:name="z19"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 15. Права детей с ограниченными возможностями</w:t>
-[...262 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t>15-бап. Кемтар балалардың құқықтары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Кемтар балалардың:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдауды кепiлдiктi түрде тегiн алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) денсаулық сақтау субъектілерінде, психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультацияларда немесе медициналық-әлеуметтiк сараптама бөлiмдерiнде Қазақстан Республикасының заңнамасында белгiленген тәртiппен тегiн зерттеп-қаралуға және тегін медициналық көмек алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) дене немесе психикалық кемiстiктерi байқалған сәттен бастап, оның көрiну дәрежесiне қарамастан, психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультация қорытындысына сәйкес тегiн медициналық-психологиялық-педагогикалық түзеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) медициналық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғақтамалары бойынша Қазақстан Республикасының заңдарында белгiленген тәртiппен протез-ортопедия бұйымдарымен және аяқ киiммен, арнайы қарпi бар баспа басылымдарымен, дыбыс күшейткiш аппаратурамен және сигнал бергiш құралдармен, компенсаторлық техникалық құралдармен тегiн қамтамасыз етiлуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультациялардың қорытындысына сәйкес арнаулы бiлiм беру ұйымдарында немесе мемлекеттiк білім беру ұйымдарында тегiн мектепалды және жалпы орта бiлiм алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) мемлекеттiк білім беру ұйымдарында мемлекеттiк бiлiм беру бағдарламалары шегiнде конкурстық негiзде тегiн техникалық және кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ік, орта білімнен кейінгі, жоғары бiлiм алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) оқу бiтiргеннен кейiн алған бiлiмiне және (немесе) кәсiби даярлығына сәйкес Қазақстан Республикасының заңдарында белгiленген тәртiппен жұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа орналасуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Бюджеттен қаржыландыру арқылы мемлекеттiк тегiн бiлiм алу, бiлiм беру гранттарын алу конкурсына қатысқан кезде көрсеткiштерi басқалармен бiрдей болған жағдайда, медициналық-әлеуметтiк сараптау бөлiмдерiнiң қорытындысына сәйкес тиiстi бiлiм беру ұйымдарында бiлiм алуына болатын I және II топтағы мүгедектер, бала кезiнен мүгедектер басым құқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ққа ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Жетiмдер қатарындағы және ата-анасының қамқорлығынсыз қалып, толықтай мемлекет қамтамасыз ететiн кемтар балалар арнаулы бiлiм беру ұйымдарында болуын аяқтағаннан кейiн және кәмелеттiк жасқа жеткен соң, жергiлiктi атқарушы органдар оларды </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>заңдарда</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> белгiленген тәртiппен тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғын үймен қамтамасыз етедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 15-бапқа өзгеріс енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2007.07.27 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z78" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 320</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>ст.2</w:t>
+          <w:t>2-баптан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз); 26.06.2021 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z44" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 56-VII</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z35"/>
+      <w:bookmarkStart w:id="19" w:name="z20"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 16. Права родителей и иных законных представителей детей с ограниченными возможностями</w:t>
-[...132 lines deleted...]
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+        <w:t xml:space="preserve">16-бап. Кемтар балалардың ата-аналары мен өзге де </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерiнiң құқықтары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кемтар балалардың ата-аналарының және өзге де </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерiнiң:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) баланы психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультацияларда куәландыру кезiнде қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) баланы тексерудiң нәтижелерi, жеке әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдаудың мақсаттары мен нәтижелерi туралы дұрыс ақпарат алуға, медициналық, арнаулы бiлiм берумен және арнаулы әлеуметтiк қызметтер көрсетумен айналысатын органдар мен ұйымдардан консультациялар алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) өз балаларының Қазақстан Республикасының заңдарында белгiленген әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау алуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) мүгедектер қатарындағы кемтар балаларды жеке оқыту жоспары бойынша үйде оқытуға жұмсаған шығындарын жергілікті өкілді органдардың шешімімен айқындалатын тәртiппен және мөлшерлерде өнді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іп алуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D81D46">
-[...10 lines deleted...]
-        <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 16-бапқа өзгеріс енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z571" w:history="1">
+        <w:r w:rsidRPr="00410ED4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 102-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D81D46">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81D46" w:rsidRPr="00D81D46" w:rsidRDefault="00D81D46" w:rsidP="00D81D46">
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="z37"/>
+      <w:bookmarkStart w:id="20" w:name="z21"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="00D81D46">
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 17. Обязанности родителей и иных законных представителей детей с ограниченными возможностями</w:t>
-[...95 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+        <w:t xml:space="preserve">17-бап. Кемтар балалардың ата-аналары мен өзге де </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 18. Ответственность за нарушение законодательства Республики Казахстан в области социальной и медико-педагогической коррекционной поддержки детей с ограниченными возможностями</w:t>
-[...44 lines deleted...]
-      <w:r w:rsidRPr="00D81D46">
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Статья 19. Порядок введения в действие настоящего Закона</w:t>
-[...28 lines deleted...]
-    <w:p w:rsidR="00A70CD3" w:rsidRPr="00D81D46" w:rsidRDefault="0051513F">
+        <w:t xml:space="preserve"> өкілдерiнiң мiндеттерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Кемтар балалардың ата-аналары мен өзге де </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерi, заңдарда белгiленген мiндеттерден басқа, өздерiнiң балаларын асырауды, тәрбиелеудi, бiлiм берудi, медициналық байқаудан өткiзудi, емдетудi қамтамасыз етуге, оларға күтiм жасауға, олардың құқықтары мен мүдделерiн қорғауға оңалтудың жеке бағдарламасын iске асыруға қатысуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Кемтар балалардың ата-аналары мен өзге де </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдерi балаларына күтiм жасау мен оларды тәрбиелеу жөнiндегi мiндеттерiн орындаудан жалтарғаны, оларға қатыгездiк көрсеткенi, олардың денсаулығына зақым келтiргенi үшiн Қазақстан Республикасының заңдарында белгiленген жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="251" w:after="151" w:line="435" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z23"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18-бап. Қазақстан Республикасының кемтар балаларды әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау саласындағы заңдарын бұзғаны үшiн жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының кемтар балаларды әлеуметтiк және медициналы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық түзеу арқылы қолдау саласындағы заңдарының бұзылуына кiнәлi тұлғалар Қазақстан Республикасының заңдарында белгiленген жауаптылықта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z24"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19-бап. Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аңды қолданысқа енгiзу тәртiбi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="318" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00410ED4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аң 2003 жылғы 1 қаңтардан бастап қолданысқа енгiзiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14936" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="14936"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidTr="00410ED4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="50" w:type="dxa"/>
+              <w:left w:w="84" w:type="dxa"/>
+              <w:bottom w:w="50" w:type="dxa"/>
+              <w:right w:w="84" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00410ED4" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4" w:rsidP="00410ED4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00410ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>      Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00410ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Президент</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00410ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A70CD3" w:rsidRPr="00410ED4" w:rsidRDefault="00410ED4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00A70CD3" w:rsidRPr="00D81D46" w:rsidSect="00695209">
+    <w:sectPr w:rsidR="00A70CD3" w:rsidRPr="00410ED4" w:rsidSect="00C457F5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D81D46"/>
-    <w:rsid w:val="000D27F1"/>
+    <w:rsidRoot w:val="00410ED4"/>
     <w:rsid w:val="0040479C"/>
-    <w:rsid w:val="0051513F"/>
-    <w:rsid w:val="00695209"/>
+    <w:rsid w:val="00410ED4"/>
     <w:rsid w:val="00B5619C"/>
-    <w:rsid w:val="00D81D46"/>
+    <w:rsid w:val="00C457F5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -7188,189 +11749,189 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00695209"/>
+    <w:rsid w:val="00C457F5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D81D46"/>
+    <w:rsid w:val="00410ED4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D81D46"/>
+    <w:rsid w:val="00410ED4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D81D46"/>
+    <w:rsid w:val="00410ED4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00D81D46"/>
+    <w:rsid w:val="00410ED4"/>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D81D46"/>
+    <w:rsid w:val="00410ED4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00D81D46"/>
+    <w:rsid w:val="00410ED4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1976718119">
+    <w:div w:id="1539975606">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1800000165" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000294" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z2100000056" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000433" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1800000165" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z090000222_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000294" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z970000094_" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z2100000056" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7616,51 +12177,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>33090</Characters>
+  <Pages>17</Pages>
+  <Words>5646</Words>
+  <Characters>32188</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>275</Lines>
-  <Paragraphs>77</Paragraphs>
+  <Lines>268</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38818</CharactersWithSpaces>
+  <CharactersWithSpaces>37759</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>