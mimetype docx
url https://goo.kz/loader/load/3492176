--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,15637 +1,9905 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="33964F40" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1" w:rsidP="00AB7AE1">
+    <w:p w14:paraId="6C76CB5D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар қаласының №21  жалпы орта білім беру мектебі» КММ  </w:t>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="286B0B4A" w14:textId="796D5E51" w:rsidR="00AB7AE1" w:rsidRDefault="00BE7A79" w:rsidP="00AB7AE1">
+    <w:p w14:paraId="2464A21A" w14:textId="24964E9C" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="002A173A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00135C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Музыка</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>музыки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (на</w:t>
+      </w:r>
+      <w:r w:rsidR="002A173A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> временно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00624E65">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантную должность)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-432" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="432"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="437"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB7AE1" w14:paraId="1B62972E" w14:textId="77777777" w:rsidTr="00AB7AE1">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="0DF5A4B2" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...2 lines deleted...]
-          <w:wAfter w:w="437" w:type="dxa"/>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="63C034EF" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="26897532" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="5FBB8F69" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRPr="0054042B" w:rsidRDefault="00AB7AE1">
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0261D58F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="3979A023" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRPr="0054042B" w:rsidRDefault="00AB7AE1">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4A92FB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00661D74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:t>, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Камзин  көшесі, 346</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB7AE1" w14:paraId="09663786" w14:textId="77777777" w:rsidTr="00AB7AE1">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="4800B090" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="304E7D87" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="23BBEE4C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="4E327843" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB1A4D6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-          <w:p w14:paraId="013C827A" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="690D8DAA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>8 (7182) 60-73-13</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E63AD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камзина, 346</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB7AE1" w14:paraId="639725F2" w14:textId="77777777" w:rsidTr="00AB7AE1">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="468C77BA" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:trHeight w:val="278"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="316CC1CF" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5D825D2D" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="3453F509" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3D7185" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6938E3EA" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00635CEC" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:u w:val="single"/>
-[...12 lines deleted...]
-              <w:t> sosh21@goo.edu.kz</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>182) 60-73-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB7AE1" w:rsidRPr="00BE7A79" w14:paraId="310FCBBA" w14:textId="77777777" w:rsidTr="00AB7AE1">
+      <w:tr w:rsidR="0086592A" w:rsidRPr="00B3089F" w14:paraId="4364279B" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="3897ACD6" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="15D9EDBE" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="004D07D1" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="2DCE6FE6" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64825D53" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00B3089F" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7843280B" w14:textId="77777777" w:rsidR="0086592A" w:rsidRPr="00407673" w:rsidRDefault="0086592A" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00407673">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...44 lines deleted...]
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №21 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>sosh21@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB7AE1" w:rsidRPr="00BE7A79" w14:paraId="49A9AF0A" w14:textId="77777777" w:rsidTr="00AB7AE1">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="579C92CE" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="46077004" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="745037A7" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="2661344E" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4473F369" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4DD2CB" w14:textId="41F1C38B" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="002A173A" w:rsidP="002A173A">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00321427">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>учител</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00013CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00135C3B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>музыки</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00013CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...359 lines deleted...]
-              <w:t>      білім алушылар мен тәрбиеленушілер арасында сыбайлас жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын бойына сіңіреді. </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00661D74" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB7AE1" w:rsidRPr="0054042B" w14:paraId="039D7643" w14:textId="77777777" w:rsidTr="00AB7AE1">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="3C313489" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:gridBefore w:val="1"/>
-[...3 lines deleted...]
-          <w:trHeight w:val="570"/>
+          <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="0DACDBEB" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB8D99B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="3B7D6C36" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A80D0F2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADCB240" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FAF0F07" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49E047D9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="6B98B083" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="46B94A67" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D683B11" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AED95D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78D5849F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00C356D6" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C356D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="324DBEAD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее образование (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B" w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="55AD230A" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+              <w:t xml:space="preserve"> 177766</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81D9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="1CB047F7" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB87E3C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6E262526" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCFAC52" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D12AE89" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BEBB6E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30290F9A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="324859F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="202685BF" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C587CA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="486C1FEF" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F7234C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0111BA58" w14:textId="36EDE049" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00135C3B" w:rsidP="00A81D9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>25.05</w:t>
+            </w:r>
+            <w:r w:rsidR="00013CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>02.06</w:t>
+            </w:r>
+            <w:r w:rsidR="00013CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00B3089F" w14:paraId="644B3E72" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E5B2F5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="7711FAD9" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="070F2365" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACD8A9E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...89 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A4BCC30" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E54E89" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1002DCB4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58D98D7A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>- жоғары білім (min): 177766 теңге</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D1561FB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285C99CD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0385091F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21BB8DDB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D07D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="333DC8C0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00B3089F" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB7AE1" w:rsidRPr="00827113" w14:paraId="5782D2AD" w14:textId="77777777" w:rsidTr="00AB7AE1">
-[...18 lines deleted...]
-          <w:p w14:paraId="040BFDF3" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+      <w:tr w:rsidR="0065625B" w:rsidRPr="00B3089F" w14:paraId="5B73F6EE" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A78D4E" w14:textId="77777777" w:rsidR="0065625B" w:rsidRDefault="0065625B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="5B19F405" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E4C6C5" w14:textId="77777777" w:rsidR="0065625B" w:rsidRDefault="0065625B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="0DB34C1F" w14:textId="69FC579D" w:rsidR="00AB7AE1" w:rsidRDefault="00827113" w:rsidP="00AB7AE1">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EAA60D0" w14:textId="77777777" w:rsidR="0065625B" w:rsidRDefault="0065625B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="327BEEBF" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1" w:rsidP="00AB7AE1">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8BFCF3" w14:textId="77777777" w:rsidR="0065625B" w:rsidRDefault="0065625B" w:rsidP="00135C3B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2893 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="66D2EEF8" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1" w:rsidP="00AB7AE1">
+    <w:p w14:paraId="0AD4DDA8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...464 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-[...1034 lines deleted...]
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5835"/>
-        <w:gridCol w:w="4177"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB7AE1" w14:paraId="01FB87EB" w14:textId="77777777" w:rsidTr="00AB7AE1">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="76236762" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="777076B4" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23483DAA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25726F1D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="321D6289" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C59E1AF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F33CE18" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51762830" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF09F7E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="474206CC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B0BA50A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C73DD0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E9B0B7D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D14735C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649A45B2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D709D20" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344897D6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF5C3F5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="726B7853" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FF3FEB1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7E8D90" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0809AF2C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7691E726" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565D9789" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F8B50FD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EAEDB2A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151AD19F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E881E0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32CB424C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ABB21DF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380F2DB2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3958DCA8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2115EE74" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61698E50" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2985796B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="008FB5FF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="09546A07" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2445ACFD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="200A25FA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="3086BC65" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="405FB269" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="324C4C63" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="341B32DB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="127ABA94" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00790B31" w14:paraId="4E2E07E9" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0674531B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A4EE01" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4B62DF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="601CDBED" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="56F2564D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29E5ADF4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4F2548" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56562B79" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42CEA596" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB34329" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5424434D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E36BEC9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6541E861" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7CB665" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476DFC69" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61791911" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC3819B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50500EBE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004D07D1" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A527D8B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39A71444" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C13537" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642367E1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5507F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021F77C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C430076" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01756951" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1056069C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00790B31" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F48501D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="00F7191E" w14:paraId="03654448" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5920" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="243644DE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...5 lines deleted...]
-          <w:p w14:paraId="3BF642D6" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+          <w:p w14:paraId="50FCC23A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4394" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB41326" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="716EE4E7" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="164F57BF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="465077F7" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CE6040A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="181716ED" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F35E2AE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="48D72D8E" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7145E82D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E904AE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00F7191E" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C3AFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2999E1FE" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1" w:rsidP="00AB7AE1">
+    <w:p w14:paraId="5EF9330E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F7F99C8" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1" w:rsidP="00AB7AE1">
+    <w:p w14:paraId="19288312" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="007C3AFB" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3023D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3AFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бос</w:t>
-[...154 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D3B433B" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1" w:rsidP="00AB7AE1">
-[...96 lines deleted...]
-    <w:p w14:paraId="558F0367" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1" w:rsidP="00AB7AE1">
+    <w:p w14:paraId="4238FAFE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B772A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F01B79E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10110" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB7AE1" w14:paraId="4C3E8D25" w14:textId="77777777" w:rsidTr="00AB7AE1">
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="1A0CCDAF" w14:textId="77777777" w:rsidTr="00BE28CF">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A825F81" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
+          <w:p w14:paraId="1FEDFDF8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0834D735" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E30C400" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDC133B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DAB98B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Растайтын</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="7D749045" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="783B7149" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B75FF00" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18C451AF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7E6045" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11400BAA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="610C2F01" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B7426AF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21FCE1F1" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="01C26C63" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCFB055" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69ACA416" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1FDFE6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24DD305B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5494D691" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF86BC3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="114B180C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E62FBF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="770BC4F1" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AC4B5B5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="077BACE3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2EA43990" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D410C85" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738A47E5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AF50684" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4507C634" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="564B80F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="299FA042" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD3C89C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36C3F133" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1608F3FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70850F2B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BA3D1CB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B42540" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1805CD30" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="319D621C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DC9A46F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BB6357A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="582E6C99" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08091D46" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60B4CB4A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12E7ACF4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CE2C2AA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0252CC2D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D6F9AB6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D8F1314" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74DBEABC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33C933E5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48D8ACEF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B6F375F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34AC1C97" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49D1A7F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B25AA24" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EFCE0C6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0647E087" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E7D514B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78A47133" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5797B241" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="719E43D9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F9DCCAC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43C1D19A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D92E918" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="080529FE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4928BAE2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A964020" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3126E52A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C32586C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7276EABE" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57186E1D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F45285F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B2ABC8B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31902040" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0132058E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="3B65477D" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="1367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="198F3FC6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="278E5570" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A70809B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="690288C2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21455B23" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC60D53" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54FA3185" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D4AABA3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54A74A68" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30DE487B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A8F6236" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B78F0D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F7D2F8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="532A7102" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3774669E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07919DEF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="786487D4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43BBBE16" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14782564" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603F272C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71CEA583" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB08D53" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="5DA23FF8" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E3E3AFC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5469A68B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="742709E5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18B38982" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AAF08AF" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67ECEDD9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="076D9A97" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D056E5" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="33648318" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:trPr>
+          <w:trHeight w:val="797"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="347CF073" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38214013" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA3D9A3" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE14006" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4261D8C2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC55541" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="75B7DCAB" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3205F973" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A3F806E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="612EB2A8" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5788C7CC" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3565C51C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C47A182" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="030BC602" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="6B7D546D" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="299970D4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E8A445C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="196D8B57" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A873D48" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5146C13B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226FD89D" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D5D341" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="211644C0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E582EF2" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="480DF8C4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B0D64F9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE78245" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="07CAC182" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="421CBEC0" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="63CEADFB" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0AF5550C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CC5F31" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B6C8643" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D67794E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A576C9" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="7E1E8D89" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="086E4C75" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A77C8C6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="305E041C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21D07825" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="559DF257" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2766D7B6" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F6E2E5F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30F5B067" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C7D3A9B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B3E2852" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9DADBA" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="28FC4716" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7528C038" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3763237F" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7155A26A" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D44B032" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F285963" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59FA021B" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="672FA929" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A79848E" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12DEFC54" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B772A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F82D399" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00661D74" w:rsidRPr="004B772A" w14:paraId="327E3C26" w14:textId="77777777" w:rsidTr="00BE28CF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="713FDACD" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13578ADD" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="39B9D313" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="00304B28" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00304B28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:lang w:eastAsia="en-US"/>
-[...8602 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E34942" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00BE28CF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B58B4B9" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1" w:rsidP="00AB7AE1">
+    <w:p w14:paraId="2FD6491C" w14:textId="77777777" w:rsidR="00661D74" w:rsidRPr="004B772A" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="751A1324" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1" w:rsidP="00AB7AE1">
+    <w:p w14:paraId="4ABF7FB4" w14:textId="77777777" w:rsidR="00661D74" w:rsidRDefault="00661D74" w:rsidP="00661D74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="045D488A" w14:textId="77777777" w:rsidR="00AB7AE1" w:rsidRDefault="00AB7AE1" w:rsidP="00AB7AE1">
-[...44 lines deleted...]
-    <w:sectPr w:rsidR="007F5980" w:rsidSect="00AB7AE1">
+    <w:p w14:paraId="2F92EFA3" w14:textId="77777777" w:rsidR="007F5980" w:rsidRDefault="00000000" w:rsidP="00661D74"/>
+    <w:sectPr w:rsidR="007F5980" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="360" w:right="850" w:bottom="1134" w:left="1260" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...6 lines deleted...]
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FE6D13"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0054042B"/>
+    <w:rsidRoot w:val="00810274"/>
+    <w:rsid w:val="00013CEC"/>
+    <w:rsid w:val="00135C3B"/>
+    <w:rsid w:val="002A173A"/>
     <w:rsid w:val="00625E1A"/>
-    <w:rsid w:val="00827113"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BE7A79"/>
+    <w:rsid w:val="0065625B"/>
+    <w:rsid w:val="00661D74"/>
+    <w:rsid w:val="00810274"/>
+    <w:rsid w:val="0086592A"/>
+    <w:rsid w:val="00A81D9B"/>
     <w:rsid w:val="00C06D6F"/>
-    <w:rsid w:val="00E07700"/>
-    <w:rsid w:val="00FE6D13"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="082AF6A9"/>
-  <w15:docId w15:val="{4D1FCF9A-F022-487D-8519-199EBCBBC03E}"/>
+  <w14:docId w14:val="24D209D2"/>
+  <w15:docId w15:val="{33B6FDC3-FC89-4313-80DE-0A246C19C470}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15989,147 +10257,134 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB7AE1"/>
+    <w:rsid w:val="00661D74"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00AB7AE1"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00661D74"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...10 lines deleted...]
-    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="1212230554">
+    <w:div w:id="1980064321">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16378,54 +10633,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1974</Words>
-  <Characters>11255</Characters>
+  <Words>1754</Words>
+  <Characters>10000</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13203</CharactersWithSpaces>
+  <CharactersWithSpaces>11731</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Бахытнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>