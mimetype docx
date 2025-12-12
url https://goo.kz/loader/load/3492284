--- v0 (2025-12-08)
+++ v1 (2025-12-12)
@@ -1,11597 +1,8596 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRPr="00B238BF" w:rsidRDefault="00B238BF" w:rsidP="00B238BF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="74"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B238BF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B238BF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B238BF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B238BF">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>84</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B238BF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» отдела образования города</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRPr="00C222E5" w:rsidRDefault="00B238BF" w:rsidP="00B238BF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="1727" w:right="280"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B238BF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Павлодара, управления образования Павлодарской области объявляет открытый</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B238BF">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-68"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B238BF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс на назначение вакантной должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B238BF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>етодиста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C222E5">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00A643D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRPr="00AA441C" w:rsidRDefault="005235B6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="823"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+      <w:r w:rsidR="00B238BF">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00B238BF">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B238BF">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="0054358F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B238BF">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00B238BF">
+        <w:t>.2</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00B238BF">
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="376" w:firstLine="709"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">КГКП «Ясли-сад № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>84</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>авлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, улица </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Украинская</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>99</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, телефон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">8 (7812) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>98</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>sad84@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>казахским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>русским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>языком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Реализует</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>типовую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>учебную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="165" w:firstLine="708"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>высшее и (или) послевузовское педагогическое или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>иное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>профессиональное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>образование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>соответствующему</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>профилю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>без</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>предъявления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>требований к стажу работы или документ, подтверждающий педагогическую переподготовку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>техническое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>профессиональное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>образование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>соответствующему</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>профилю,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>стаж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогической</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дошкольных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организациях:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>городской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>местности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>менее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лет,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сельской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>местности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>менее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>года;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="165" w:firstLine="798"/>
+      </w:pPr>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(или)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мастера</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>высшего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(или)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>послевузовского</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогического образования стаж педагогической работы в дошкольных организациях: для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>городской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>местности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>менее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лет,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сельской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>местности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>менее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="165" w:firstLine="813"/>
+      </w:pPr>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(или)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагога-модератора,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагога-эксперта,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагога-исследователя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>технического</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>профессионального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>соответствующему</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>профилю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>стаж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогической</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дошкольных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организациях:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>городской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>местности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>менее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лет,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сельской</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>местности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>менее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="821"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Требования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>квалификации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>определением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>профессиональных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1150"/>
+        </w:tabs>
+        <w:ind w:hanging="267"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> тағайындауға ашық конкурс жариялайды</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(без</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRDefault="003459F2">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="253"/>
-        <w:ind w:left="823"/>
+        <w:ind w:right="164" w:firstLine="869"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>должен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>отвечать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>общим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>требованиям,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>предъявляемым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методисту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ДО:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>знать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>содержание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>структуру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Типового</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>учебного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>плана,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Типовой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>учебной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>программы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>владеть</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методикой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обучения,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>планировать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организовывать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-образовательный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>процесс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>учетом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>психолого-возрастных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>особенностей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>детей;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>разрабатывать годовой план и организовывать методическую работу в ДО;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>проводить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мониторинг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>качества</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>развития</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>умений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>навыков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>детей;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организовывать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мероприятия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уровне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>владеть</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>информационно-коммуникативной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>компетентностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1088"/>
+        </w:tabs>
+        <w:ind w:left="1087" w:hanging="267"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>0</w:t>
-[...32 lines deleted...]
-        <w:t>3</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог-модератор":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:right="103" w:firstLine="709"/>
+        <w:ind w:right="165" w:firstLine="744"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации "педагог" без</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>категории:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>разрабатывать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>годовой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>план</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>циклограмму;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>применять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>инновационные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>технологии;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организовывать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>работу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методических</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>объединений,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>подготовку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>проведение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>семинаров,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конференций;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>оказывать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методическую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>помощь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>применению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>инновационных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>технологий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>практике;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>повышать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>свою</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>профессиональную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>квалификацию;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>владеть</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>информационно-коммуникативной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>компетентностью;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1088"/>
+        </w:tabs>
+        <w:ind w:left="1087" w:hanging="267"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>«Павлодар қаласының № 84 сəбилер бақшасы» КМҚК Павлодар қ., Украинская көшесі,</w:t>
-[...11 lines deleted...]
-        <w:t>sad84@goo.edu.kz</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог-эксперт":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:right="102" w:firstLine="709"/>
+        <w:ind w:firstLine="839"/>
+      </w:pPr>
+      <w:r>
+        <w:t>должен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>отвечать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>общим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>требованиям,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>предъявляемым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>квалификации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>"педаго</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>г-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>модератор":</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>составлять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>годовой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>план</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>циклограммы;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>владеть</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>навыками</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>анализа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>образовательного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>процесса;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обеспечивать</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:t>частие</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:tab/>
+        <w:t>воспитателей</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:tab/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:tab/>
+        <w:t>районных,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>городских</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>профессиональных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсах;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организовывать</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:t>аботу</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:tab/>
+        <w:t>методических</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:tab/>
+        <w:t>объединений,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогических</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>советов,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>семинаров,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конференции;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организовывать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>повышение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>квалификации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогов;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обобщать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>собственный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>опыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уровне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>района/города,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>владеть</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>информационно-коммуникативной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>компетентностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1088"/>
+        </w:tabs>
+        <w:ind w:left="1087" w:hanging="267"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Сəбилер</w:t>
-[...80 lines deleted...]
-        <w:t>мектепке дейінгі тəрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог-исследователь":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:right="105" w:firstLine="708"/>
+        <w:ind w:firstLine="800"/>
+      </w:pPr>
+      <w:r>
+        <w:t>должен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>отвечать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>общим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>требованиям,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>предъявляемым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>квалификации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>"педаго</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>г-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>эксперт",</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>также:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>участвовать</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>районных,</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>городских</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>методических</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>объединений,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>семинаров,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конференций;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>развивать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>исследовательскую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>компетентность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогов;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обеспечивать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>участие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>городских,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>областных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсах;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="29"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>представлять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>опыт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методической</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>районном,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>городском</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>областном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уровнях;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>практиковать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>наставничество;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>владеть</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>навыками</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>публичных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>выступлений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>взаимодействия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>аудиторией;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>осуществлять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>творческий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>поиск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>применения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>современных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>детей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дошкольного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>возраста;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>иметь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методические</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>разработки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дошкольному</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>воспитанию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обучению,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>получивших</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>одобрение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>областном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>учебно-методическом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1088"/>
+        </w:tabs>
+        <w:ind w:left="1087" w:hanging="267"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...260 lines deleted...]
-        <w:t>қойылмайды;</w:t>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>"педагог-мастер":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:right="105" w:firstLine="726"/>
+        <w:ind w:firstLine="800"/>
+      </w:pPr>
+      <w:r>
+        <w:t>должен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>отвечать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>общим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>требованиям,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>предъявляемым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>квалификации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="51"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>"педаго</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>г-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>исследователь",</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>также:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>участвовать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методических</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>семинаров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конференций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>республиканского</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>международного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уровней;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>владеть</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>умениями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>навыками</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>разработки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>учебных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>программ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обучения,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>воспитания;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обеспечивать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>участие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>воспитателей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>областных,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсах;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>практиковать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>наставничество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конструктивно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>определять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>стратегию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>развития</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогическом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сообществе;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>иметь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методические</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>материалы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>получивших</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>одобрение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>областном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>учебн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методическом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>совете</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Республиканском</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>учебно-методическом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>совете;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обеспечивать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>развитие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>навыков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>научного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>проектирования;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>осуществлять</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>наставничество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>планирует</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>развитие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сети</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>профессионального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сообщества</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уровне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>области,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>являться</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>участником</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>республиканских</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>международных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRPr="00AA441C" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+      <w:pPr>
+        <w:ind w:left="114" w:right="165" w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...137 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должностные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организует</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обеспечение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
         <w:rPr>
           <w:spacing w:val="4"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C" w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Составляет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учебные,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учебно-тематические</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>планы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>программы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Участвует</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выборе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(разработке)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образовательных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>программ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>детей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Составляет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сетку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>возрастным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>группам.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C" w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оказывает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="51"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>помощь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="51"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="51"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>определении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="51"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>содержания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="52"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>форм,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="51"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="51"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="51"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>средств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="51"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="52"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C" w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>воспитания.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C" w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организует</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>разработку,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рецензирование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подготовку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>утверждению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учебн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
         <w:rPr>
           <w:spacing w:val="4"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пособий.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C" w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обеспечивает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выявление,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>изучение,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>распространение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>внедрение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инновационного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогического</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
         <w:rPr>
           <w:spacing w:val="4"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:t>емес;</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>опыта.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C" w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организует</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>комплектование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учебными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пособиями,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>играми,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>игрушками.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Анализирует</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>состояние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>учебно-методической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>воспитательной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C" w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Проводит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>воспитателей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мастер-классы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>семинары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>индивидуальные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>групповые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>консультации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выставки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организует</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>творческих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>групп.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:right="104" w:firstLine="726"/>
-        <w:jc w:val="both"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2375"/>
+          <w:tab w:val="left" w:pos="3075"/>
+          <w:tab w:val="left" w:pos="4072"/>
+          <w:tab w:val="left" w:pos="6738"/>
+          <w:tab w:val="left" w:pos="7086"/>
+          <w:tab w:val="left" w:pos="8761"/>
+        </w:tabs>
+        <w:ind w:right="165"/>
       </w:pPr>
-      <w:r>
-[...90 lines deleted...]
-        <w:t>қалалық</w:t>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>Формирует</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:tab/>
+        <w:t>банк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:tab/>
+        <w:t>данных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:tab/>
+        <w:t>учебно-педагогической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:tab/>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:tab/>
+        <w:t>методической</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:tab/>
+        <w:t>литературы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>своевременно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>оформляет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>учетную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>отчетную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>документацию.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C" w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>Координирует</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>взаимодействие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>воспитателей,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>психолога,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>логопеда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>музыкального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>руководителя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>других</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>специалистов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA441C">
+        <w:t>организации.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Координирует</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>деятельность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>службы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>психолого-педагогического</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сопровождения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>детей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>особыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>образовательными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>потребностями.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Вносит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>рекомендации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>подбору</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кадров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>воспитателей,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>помощников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>поощрении.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Координирует</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>работу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>повышению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>квалификации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>присвоению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(подтверждению)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>квалификационных</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>жерде</w:t>
+        <w:t>категорий,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>аттестации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогов.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Внедряет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>концепцию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>"Образование,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>основанное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ценностях"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="61"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>участием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>всех</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>субъектов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>образовательного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>процесса,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>том</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>числе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>-</w:t>
+        <w:t>семьи</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>соңғы</w:t>
-[...107 lines deleted...]
-        <w:t>емес;</w:t>
+        <w:t>детей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRDefault="005B66A5">
+    <w:p w:rsidR="00AA441C" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:right="105" w:firstLine="896"/>
-        <w:jc w:val="both"/>
+        <w:ind w:right="98" w:firstLine="708"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>педагог-модератор,</w:t>
-[...4821 lines deleted...]
-      <w:r w:rsidRPr="00F849E3">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2531 lines deleted...]
-        <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Должен знать: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
-        <w:r w:rsidRPr="00EE0FFD">
+        <w:r>
           <w:rPr>
             <w:color w:val="073A5D"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
             <w:u w:val="single" w:color="073A5D"/>
           </w:rPr>
-          <w:t>Конституциясын</w:t>
+          <w:t>Конституцию</w:t>
         </w:r>
-      </w:hyperlink>
-[...83 lines deleted...]
-        <w:r w:rsidRPr="00EE0FFD">
+        <w:r>
           <w:rPr>
             <w:color w:val="073A5D"/>
-            <w:sz w:val="24"/>
-[...9 lines deleted...]
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EE0FFD">
-[...81 lines deleted...]
-      <w:r w:rsidRPr="00EE0FFD">
+      <w:r>
+        <w:t>Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="073A5D"/>
+            <w:u w:val="single" w:color="073A5D"/>
+          </w:rPr>
+          <w:t>Об</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="073A5D"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="073A5D"/>
+            <w:u w:val="single" w:color="073A5D"/>
+          </w:rPr>
+          <w:t>образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="073A5D"/>
+            <w:u w:val="single" w:color="073A5D"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="073A5D"/>
+            <w:u w:val="single" w:color="073A5D"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>" и другие нормативные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>правовые</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>акты,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>определяющие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>направления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
-          <w:sz w:val="24"/>
-[...99 lines deleted...]
-        <w:t>актілерді,</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>перспективы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>развития</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>государственные общеобязательные стандарты дошкольного воспитания и обучения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>принципы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дидактики,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>основы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагогики,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>психологии,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>общие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>частные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методики</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>обучения;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>основы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>труде,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>охране</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>труда,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>противопожарной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>защиты,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>санитарные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>нормы;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>принципы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>систематизации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>методических</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>информационных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>материалов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="00AA441C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="98" w:firstLine="708"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Заработная плата методиста:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в зависимости от образования и квалификации, </w:t>
+      </w:r>
+      <w:r w:rsidR="006E6CD5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>от 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="006E6CD5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA441C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+      <w:pPr>
+        <w:ind w:left="114" w:right="163" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>В течение 7 рабочих</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="162" w:firstLine="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>осуществляет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>КГКП</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8                       4  </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">города Павлодара» улица </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Украинская, 99</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1123"/>
+        </w:tabs>
+        <w:ind w:right="162" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...482 lines deleted...]
-        <w:t>нормаларын,</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>форме;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1206"/>
+        </w:tabs>
+        <w:ind w:right="162" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...79 lines deleted...]
-        <w:t>қағидаларын.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>документ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>удостоверяющий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>личность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>либо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>электронный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сервиса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>цифровых документов (для идентификации);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00F849E3">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1092"/>
+        </w:tabs>
+        <w:ind w:right="162" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...127 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жительства и контактных телефонов – при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1132"/>
+        </w:tabs>
+        <w:ind w:right="162" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...291 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>копии документов об образовании в соответствии с предъявляемыми к должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>требованиями,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>утвержденными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Типовыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>характеристиками педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+        </w:tabs>
+        <w:ind w:left="1081" w:hanging="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...190 lines deleted...]
-        <w:t xml:space="preserve"> жүзеге асырады.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1176"/>
+        </w:tabs>
+        <w:ind w:right="163" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...5 lines deleted...]
-        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>справку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>состоянии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>здоровья</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>форме,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>утвержденной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>исполняющего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ДСМ-175/2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>"Об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>утверждении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>форм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>учетной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>документации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>здравоохранения"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>21579);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+        </w:tabs>
+        <w:ind w:left="1081" w:hanging="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...139 lines deleted...]
-        <w:t>қатысу туралы өтініш;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>справку с психоневрологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+        </w:tabs>
+        <w:ind w:left="1081" w:hanging="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...19 lines deleted...]
-        <w:t>құжат (сəйкестендіру үшін);</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>справку с наркологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1166"/>
+        </w:tabs>
+        <w:ind w:right="162" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...154 lines deleted...]
-        <w:t>мекенжайы жəне байланыс телефондары көрсетілген – бар болса);</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>сертификат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Национального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>тестирования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(далее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>НКТ)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>удостоверение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>педагога-модератора,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
         <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1259"/>
+        </w:tabs>
+        <w:ind w:right="162" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...19 lines deleted...]
-        <w:t>біліктілік талаптарына сəйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>заполненный Оценочный лист кандидата на вакантную или временно вакантную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>должность воспитателя.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF" w:rsidP="0054358F">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="163" w:firstLine="709"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...4 lines deleted...]
-        <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>недостоверности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>документов,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>представленных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>получения</w:t>
+      </w:r>
+      <w:r w:rsidR="0054358F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="42"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>услуги,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(или)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>данных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(сведений),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="42"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>содержащихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>них,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>необходимых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="43"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2421"/>
+          <w:tab w:val="left" w:pos="3937"/>
+          <w:tab w:val="left" w:pos="5602"/>
+          <w:tab w:val="left" w:pos="6550"/>
+          <w:tab w:val="left" w:pos="7176"/>
+          <w:tab w:val="left" w:pos="8561"/>
+        </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...282 lines deleted...]
-        <w:t>жағдайы туралы анықтама;</w:t>
+      <w:r>
+        <w:t>Контактные</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>телефоны и</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>электронные</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>адреса</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>уточнения</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>информации:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F307ED" w:rsidRPr="00EE0FFD" w:rsidRDefault="005B66A5" w:rsidP="00EE0FFD">
+    <w:p w:rsidR="00A643D6" w:rsidRDefault="00B238BF">
       <w:pPr>
-        <w:pStyle w:val="a5"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="114"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE0FFD">
-[...126 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8(7182) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE0FFD">
-[...454 lines deleted...]
-      <w:r w:rsidRPr="00F849E3">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>98</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...110 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронный адрес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>sad84@goo.edu.kz</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F307ED" w:rsidRPr="00F849E3">
+    <w:sectPr w:rsidR="00A643D6">
       <w:pgSz w:w="11900" w:h="16820"/>
-      <w:pgMar w:top="1060" w:right="740" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1060" w:right="680" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="556C49C4"/>
+    <w:nsid w:val="424A516F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="69881D76"/>
-    <w:lvl w:ilvl="0" w:tplc="9F9A3E7C">
+    <w:tmpl w:val="C7488CF2"/>
+    <w:lvl w:ilvl="0" w:tplc="CC72ACF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1087" w:hanging="266"/>
-        <w:jc w:val="left"/>
+        <w:ind w:left="1149" w:hanging="266"/>
+        <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="814824BC">
+    <w:lvl w:ilvl="1" w:tplc="3DF8D1FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1986" w:hanging="266"/>
+        <w:ind w:left="2046" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8B525FA0">
+    <w:lvl w:ilvl="2" w:tplc="11809F10">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2892" w:hanging="266"/>
+        <w:ind w:left="2952" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="075479E6">
+    <w:lvl w:ilvl="3" w:tplc="A9C21A12">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3798" w:hanging="266"/>
+        <w:ind w:left="3858" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F91C6390">
+    <w:lvl w:ilvl="4" w:tplc="8B84B5EE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4704" w:hanging="266"/>
+        <w:ind w:left="4764" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="1602D36A">
+    <w:lvl w:ilvl="5" w:tplc="DB9C6D96">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5610" w:hanging="266"/>
+        <w:ind w:left="5670" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4050B412">
+    <w:lvl w:ilvl="6" w:tplc="8AF6A252">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6516" w:hanging="266"/>
+        <w:ind w:left="6576" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="8E4C77F4">
+    <w:lvl w:ilvl="7" w:tplc="BAA609B8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7422" w:hanging="266"/>
+        <w:ind w:left="7482" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="5F90B4DE">
+    <w:lvl w:ilvl="8" w:tplc="1EF401B6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8328" w:hanging="266"/>
+        <w:ind w:left="8388" w:hanging="266"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="73F41C52"/>
+    <w:nsid w:val="6B6C5C5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="55F2B1BE"/>
-    <w:lvl w:ilvl="0" w:tplc="5C42E9E6">
+    <w:tmpl w:val="9E3499AE"/>
+    <w:lvl w:ilvl="0" w:tplc="1B726F48">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="114" w:hanging="334"/>
+        <w:ind w:left="114" w:hanging="301"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B2284228">
+    <w:lvl w:ilvl="1" w:tplc="A33EE8AA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1122" w:hanging="334"/>
+        <w:ind w:left="1128" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6C9400EA">
+    <w:lvl w:ilvl="2" w:tplc="7F9C0F0A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2124" w:hanging="334"/>
+        <w:ind w:left="2136" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51AE1AE6">
+    <w:lvl w:ilvl="3" w:tplc="52F6FC26">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3126" w:hanging="334"/>
+        <w:ind w:left="3144" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68CCCF52">
+    <w:lvl w:ilvl="4" w:tplc="FD72AA48">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4128" w:hanging="334"/>
+        <w:ind w:left="4152" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="1B6A0CBA">
+    <w:lvl w:ilvl="5" w:tplc="30DA9BDA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5130" w:hanging="334"/>
+        <w:ind w:left="5160" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B4B40892">
+    <w:lvl w:ilvl="6" w:tplc="6986AB66">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6132" w:hanging="334"/>
+        <w:ind w:left="6168" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="340402C4">
+    <w:lvl w:ilvl="7" w:tplc="F300CA80">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7134" w:hanging="334"/>
+        <w:ind w:left="7176" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="8C426928">
+    <w:lvl w:ilvl="8" w:tplc="181E90FC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8136" w:hanging="334"/>
+        <w:ind w:left="8184" w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F307ED"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00F849E3"/>
+    <w:rsidRoot w:val="00A643D6"/>
+    <w:rsid w:val="005235B6"/>
+    <w:rsid w:val="0054358F"/>
+    <w:rsid w:val="005E010C"/>
+    <w:rsid w:val="006E6CD5"/>
+    <w:rsid w:val="00A643D6"/>
+    <w:rsid w:val="00AA441C"/>
+    <w:rsid w:val="00B238BF"/>
+    <w:rsid w:val="00C222E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11739,66 +8738,67 @@
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="2904" w:right="2255"/>
-      <w:jc w:val="center"/>
+      <w:ind w:left="823"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -11807,80 +8807,95 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="114"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="1250" w:hanging="1477"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="114" w:firstLine="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...3 lines deleted...]
-    <w:rsid w:val="00F849E3"/>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B238BF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
@@ -12006,66 +9021,67 @@
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="2904" w:right="2255"/>
-      <w:jc w:val="center"/>
+      <w:ind w:left="823"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -12074,94 +9090,106 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="114"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="1250" w:hanging="1477"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="114" w:firstLine="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...3 lines deleted...]
-    <w:rsid w:val="00F849E3"/>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B238BF"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12407,65 +9435,50 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>8185</Characters>
+  <Pages>3</Pages>
+  <Words>1441</Words>
+  <Characters>8215</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9601</CharactersWithSpaces>
+  <CharactersWithSpaces>9637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>