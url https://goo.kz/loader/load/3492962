--- v0 (2025-12-10)
+++ v1 (2025-12-31)
@@ -1,15681 +1,10487 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...291 lines deleted...]
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГКП  "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Специальный я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сли-сад № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара  отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет открытый конкурс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантную должность воспитателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="00A6705A" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005506D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6705A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нагрузки - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6705A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орыс тілінде</w:t>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>1,25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6705A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...15 lines deleted...]
-        <w:t>Мөлшері - 1,25 мөлшерде.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">-07-2023 ж.  </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>07</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="00616357" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F00758">
-[...7 lines deleted...]
-        <w:t>«№</w:t>
+      <w:r w:rsidRPr="00616357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГКП  "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Специальный я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сли-сад № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Н.Назарбаев даңғылы, 35/1</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> города Павлодара, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>проспект Н.Назарбаева</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>35/1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
       </w:r>
-      <w:r w:rsidR="00D229CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>54-93-56</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00616357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>; эл.почта: sad</w:t>
       </w:r>
-      <w:r w:rsidR="00D229CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>82</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00616357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>@goo.edu.kz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="001F4CCF" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001F4CCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:t>Біліктілік талаптары:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Квалификационные требования: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="00616357" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t>сәйкес бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе педагогикалық қайта даярлауды растайтын құжат;</w:t>
+      <w:r w:rsidRPr="00616357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001F4CCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мамандығы бойынша еңбек өтілі 5 жылдан кем емес;</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">      Стаж по специальности не менее 5 лет;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F00758">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="001F4CCF" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="001F4CCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...14 lines deleted...]
-        <w:t>:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1)  "педагог-сарапшы":</w:t>
+        <w:t>)  "педагог-эксперт":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      педагог-модераторға қойылатын жалпы талаптарға жауап беруі тиіс, сонымен қатар:</w:t>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к педагогу-модератору, а также:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      тәрбиеленушілердің мемлекеттік жалпыға міндетті білім беру стандартында көзделген білім, білік және дағдыларды алуын қамтамасыз ету; </w:t>
+        <w:t xml:space="preserve">      обеспечивать получение воспитанниками знаний, умений и навыков, предусмотренных государственным общеобязательным стандартом образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      перспективтік жоспар мен </w:t>
-[...26 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve">      разрабатывать перспективный план и циклограмму;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      балалардың, оның ішінде ерекше білім беру қажеттіліктері бар балаларға диагностика жүргізу механизмін білу;</w:t>
+        <w:t xml:space="preserve">      знать механизм диагностики детей, в том числе с особыми образовательными потребностями;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      балалардың зерттеу дағдыларын дамыту;</w:t>
+        <w:t xml:space="preserve">      развивать исследовательские навыки детей;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      балалардың аудандық, қалалық конкурстарға қатысуын жүзеге асыру;</w:t>
+        <w:t xml:space="preserve">      осуществлять участие детей в районных, городских, конкурсах;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      әдістемелік бірлестіктердің жұмысына, семинарларға, конференцияларға қатысу;</w:t>
+        <w:t xml:space="preserve">      участвовать в деятельности методических объединений, семинаров, конференций;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      өзінің кәсіби біліктілігін арттыру;</w:t>
+        <w:t xml:space="preserve">      повышать свою профессиональную квалификацию;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      ұйымдасқан оқу қызметін талдау дағдыларын қолдану;</w:t>
+        <w:t xml:space="preserve">      пользоваться навыками анализа организованной учебной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      тәлімгер болу және білім беру ұйымы деңгейінде, аудан/қала деңгейінде өзінің әрі әріптестерінің кәсіби даму басымдықтарын анықтау, тәрбиеленушілерді аудан/қала деңгейінде конкурстарға, жарыстарға қатыстыру; </w:t>
+        <w:t xml:space="preserve">      осуществлять наставничество и определять приоритеты профессионального развития: собственного и коллег на уровне организации образования, на уровне района/города, иметь участников конкурсов, соревнований на уровне района/города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2) "педагог-зерттеуші" немесе жоғары санатты тәрбиеші:</w:t>
+        <w:t>или</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      "педагог-сарапшының" біліктілігіне қойылатын жалпы талаптарға жауап беруі тиіс, сонымен қатар:</w:t>
+        <w:t>2) "педагог-исследователь"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или воспитатель с высшей категорией</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Аудандық, қалалық әдістемелік бірлестіктердің жұмысына, семинарларға, конференцияларға қатысу;</w:t>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к квалификации "педагог-эксперт", а также:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      балалардың зерттеу дағдыларын дамыту; </w:t>
+        <w:t xml:space="preserve">      участвовать в деятельности районных, городских методических объединений, семинаров, конференций;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      балалардың қалалық, облыстық конкурстарға қатысуын жүзеге асыру; </w:t>
+        <w:t xml:space="preserve">      развивать исследовательские навыки детей;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      тәлімгерлікті қолдану;</w:t>
+        <w:t xml:space="preserve">      осуществлять участие детей в городских, областных конкурсах;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      көпшілік алдында сөйлеу және аудиториямен өзара қарым қатынас жасау дағдыларын пайдалану;</w:t>
+        <w:t xml:space="preserve">      практиковать наставничество;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      мектеп жасына дейінгі балаларды тәрбиелеу мен оқытудың заманауи әдістемесін қолдану;</w:t>
+        <w:t xml:space="preserve">      пользоваться навыками публичных выступлений и взаимодействия с аудиторией;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      аудан, қала деңгейінде мектепке дейінгі тәрбиелеу мен оқыту мәселелері бойынша әдістемелік әзірлемелерінің болуы;</w:t>
+        <w:t xml:space="preserve">      применять современные методики воспитания и обучения детей дошкольного возраста;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">      иметь методические разработки по вопросам дошкольного воспитания и обучения на уровне района, города;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      облыс/республикалық маңызы бар қалалар деңгейінде конкурстар мен жарыстарға қатысушылардың болуы;</w:t>
+        <w:t xml:space="preserve">      знать навыки исследования занятия и разработки инструментов оценивания, обеспечивать развитие исследовательских навыков воспитанников, осуществлять наставничество и определять стратегии развития в педагогическом сообществе на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>уровне района, города, обобщать опыт на уровне области/городов республиканского значения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Лауазымдық міндеттері:</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">      наличие участников конкурсов, соревнований на уровне области/городов республиканского значения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...33 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья детей, применяет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здоровьесберегающие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...27 lines deleted...]
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет педагогический процесс в соответствии с требованиями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Дамуында ауытқулары бар балалармен түзету қызметі саласындағы мамандарға көмек көрсетеді, мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын, оқу-әдістемелік әдебиетті зерделеу негізінде және топ балаларының жеке білім беру қажеттіліктерін ескере отырып, тәрбие-білім беру процесін жоспарлайды.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>госуда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ственного общеобязательного стандарта дошкольного воспитания и обучения, ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>писанием организованной учебной деятельности согласно Типовому учебному пл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ну возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t>Қол жеткізілген нәтижелерді талдау негізінде тәрбиелеу-білім беру қызметін жобалайды.</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t>Мектепке түсу кезінде бірдей бастапқы мүмкіндіктерді қамтамасыз ету үшін білім беру ортасына ерекше білім берілуіне қажеттілігі бар балаларды әлеуметтендіруді жүзеге асырады.</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-образовательную работу на основе изучения общеобразовательных учебных пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грамм, учебно-методической литературы и с учетом индивидуальных образовател</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ных потребностей детей группы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Мамандардың ұсынымдарын ескере отырып, ерекше білім берілуіне қажеттілігі бар әрбір балаға жеке қарауды қамтамасыз етеді. </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Проектирует </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t>Отандық және шетелдік тәжірибені зерттеу негізінде үздік тәжірибелерді зерделеумен, жинақтаумен, таратумен және енгізумен айналысады.</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Осуществляет социализацию в условиях совместного воспитания и обучения д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает индивидуальный подход к каждому ребенку с особыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t>Мектепке дейінгі жастағы балаларды тәрбиелеу және оқыту мәселелері бойынша ата-аналарға консультациялық көмекті жүзеге асырады. Балалардың мүдделері мен құқықтарын қорғайды.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тельными потребностями с учетом рекомендаций специалистов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...15 lines deleted...]
-        <w:t>Қазақстан Республикасының Конституциясы, Қазақстан Республикасының "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" заңдары және Қазақстан Республикасының білім беруді дамытудың бағыттары мен перспективаларын айқындайтын өзге де нормативтік құқықтық актілері;</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">мемлекеттік жалпыға міндетті білім беру стандарты; </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>      мектепке дейінгі тәрбие мен оқытудың үлгілік бағдарламасының мазмұны мен құрылымы;</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, законы Республики Казахстан "Об обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зовании", "О статусе педагога", "О противодействии коррупции" и иные нормати</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ные правовые акты Республики Казахстан, определяющие направления и перспе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тивы развития образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t>      педагогикалық этиканың нормалары;</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      государственный общеобязательный стандарт образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...15 lines deleted...]
-        <w:t>психология және педагогика, дәрігерге дейінгі алғашқы медициналық көмек көрсету ережелері, еңбек қауіпсіздігі және еңбекті қорғау ережелері, санитариялық ережелер;</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      содержание и структуру типовой программы дошкольного воспитания и обуч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> мектепке дейінгі тәрбие мен оқытуды ұйымдастыру жөніндегі нормативтік-құқықтық құжаттар;</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормы педагогической этики;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> еңбек заңнамасының негіздері, ішкі еңбек тәртібінің, еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидалары, санитариялық қағидалар мен нормалар. </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила безопасности и охраны труда, санитарные правила;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормативно - правовые документы по организации дошкольного воспитания и обучения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t>Жоғары білім – 178000–197000 теңге (біліктілік санаты: жоғары санат, педагог-сарапшы, педагог-зерттеуші).</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      основы трудового законодательства, правила внутреннего трудового распорядка, безопасности и охраны труда, противопожарной защиты, санитарные правила и нормы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">Интернет-ресурста және (немесе) білім беру ұйымының әлеуметтік желідегі ресми аккаунттарында жарияланған күннен бастап 7 жұмыс күні ішінде. </w:t>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:lastRenderedPageBreak/>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Конкурс өткізу кезінде тәрбиешінің уақытша бос лауазымының мерзімі: 23.05.2026 ж. </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>178000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қызметкердің еңбек демалысы, бала үш жасқа келгенше, оның күтіміне байланысты жалақысы сақталмайтын демалыс кезінде</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>197000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">квалификационная категория: высшая категория, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-эксперт, педагог-исследователь).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...48 lines deleted...]
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> течение 7 раб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чих дней со дня опубликования объявления на Интернет-ресурсе и (или) официал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аккаунтах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социальных сетей организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="00D20508" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D20508">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1) конкурсқа қатысу туралы өтініш, нысан бойынша қоса келтірілген құжаттар тізімі көрсетілген; </w:t>
+        <w:t xml:space="preserve">Срок временно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D20508">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D20508">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при проведении конку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рса: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>постоянно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов на занятие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности осуществляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГКП  "</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специальный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ясли-сад № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проспект </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н.Назарбае</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ва, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>35/1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      2) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электронды құжат (сәйкестендіру үшін);</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      3) кадрларды есепке алу бойынша толтырылған жеке парақ (нақты тұратын орнының мекенжайы және байланыс телефондары – болған жағдайда көрсетілген);</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление об участии в конкурсе с указанием перечня прилагаемых докуме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тов по форме;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      4) педагогтердің Үлгілік біліктілік мінездемелерімен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білім туралы құжаттардың көшірмесі;</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      5) еңбек қызметін (болған жағдайда) растайтын құжаттың көшірмесі; </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) заполненный личный листок по учету кадров (с указанием адреса фактическ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го места жительства и контактных телефонов – при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      6) «Денсаулық сақтау саласындағы есепке алу құжаттамасын бекіту туралы» № ҚР ДСМ-175/2020 Қазақстан Республикасының Денсаулық сақтау минситрінің міндетін атқарушының 2020 жылғы 30 қазандағы бұйрығымен (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама; </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) копии документов об образовании в соответствии с предъявляемыми к дол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ности квалификационными требованиями, утвержденными Типовыми квалифик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ционными характеристиками педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      7) психоневрологиялық ұйымнан анықтама;</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      8) наркологиялық ұйымнан анықтама;</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) справку о состоянии здоровья по форме, утвержденной приказом исполня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>щего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ласти здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579),</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      9) тубдиспансерден анықтама: </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) справку с психоневрологической;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      10) Ұлттық біліктілік тестілеу (ары қарай - ҰБТ) сертификаты немесе педагог-сарапшы, педагог-зерттеуші, педагога-шебер біліктілік санаты туралы куәлік (болған жағдайда);</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) справку с наркологической;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      11) тәрбиешінің бос немесе уақытша бос лауазымына үміткердің толтырылған бағалау парағы.</w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) справка тубдиспансер: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Қызмет беруші қызмет алушының мемлекеттік қызметті алу үшін ұсынған құжаттардың және (немесе) мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) шын еместігі анықталған жағдайда мемлекеттік қызмет көрсетуден бас тартады. </w:t>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-эксперта, п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дагога-исследователя, педагога-мастера (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) заполненный Оценочный лист кандидата на вакантную или временно в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кантную должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ния недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния государственной услуги, и (или) данных (сведений), содержащихся в них, нео</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="001F4CCF" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8(7182</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>549356</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронный адрес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>sad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>82</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...289 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...128 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4618" w:type="dxa"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="10080" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4618"/>
+        <w:gridCol w:w="5475"/>
+        <w:gridCol w:w="4605"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidTr="00DD59E4">
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:trPr>
+          <w:trHeight w:val="28"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4618" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5475" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...1 lines deleted...]
-              <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...14 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="004E6DDE" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E6DDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004E6DDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Мемлекеттік</w:t>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>первых руководителей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E6DDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и педагогов госуда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E6DDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ственных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E6DDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:trPr>
+          <w:trHeight w:val="28"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5475" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:trPr>
+          <w:trHeight w:val="28"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5475" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="007045A1">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КГКП  "</w:t>
+            </w:r>
+            <w:r w:rsidR="007045A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Специальный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ясли-сад №</w:t>
+            </w:r>
+            <w:r w:rsidR="007045A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="002B5B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отдела образования города Павлодара, управления образования Павлодарской обла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5B3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ти</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>____________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00313DB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(государственный орган,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...194 lines deleted...]
-              <w:t>5-қосымша</w:t>
+            <w:r w:rsidRPr="00313DB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>объявивший ко</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00313DB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00313DB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курс)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:bookmarkStart w:id="1" w:name="z466"/>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="001C4020" w:rsidRPr="00313DB3" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ф.И.О. кандидата (при его наличии), </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="00313DB3" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="00313DB3" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z467"/>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z468"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Прошу допустить меня к конкурсу на занятие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>временно вакан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ной</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   должности (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0034726E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нужное подчеркнуть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="00313DB3" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="00313DB3" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="00313DB3" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00313DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9498" w:type="dxa"/>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4596"/>
-        <w:gridCol w:w="4902"/>
+        <w:gridCol w:w="3324"/>
+        <w:gridCol w:w="3324"/>
+        <w:gridCol w:w="3458"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidTr="00DD59E4">
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:trPr>
+          <w:trHeight w:val="32"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4596" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3324" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...19 lines deleted...]
-              <w:t> </w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z469"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="4"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4902" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3458" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00DD59E4">
-[...410 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Специальность по дипл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>му</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:trPr>
+          <w:trHeight w:val="32"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3324" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3458" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-          <w:spacing w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z477"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы: __________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="003F498A" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F00758">
-[...3 lines deleted...]
-          <w:spacing w:val="1"/>
+      <w:r w:rsidRPr="003F498A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>      ____________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="00313DB3" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2638 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7245"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4832" w:type="dxa"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4092"/>
-        <w:gridCol w:w="740"/>
+        <w:gridCol w:w="6414"/>
+        <w:gridCol w:w="3791"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidTr="00F00758">
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="740" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4092" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6433" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...252 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="740" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3802" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6433" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3802" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...159 lines deleted...]
-        <w:t>))</w:t>
+      <w:bookmarkStart w:id="6" w:name="z480"/>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10704" w:type="dxa"/>
-[...10 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="10505" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="343"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3728"/>
+        <w:gridCol w:w="322"/>
+        <w:gridCol w:w="1148"/>
+        <w:gridCol w:w="376"/>
+        <w:gridCol w:w="1855"/>
+        <w:gridCol w:w="6095"/>
+        <w:gridCol w:w="709"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidTr="00F00758">
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="709" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...17 lines deleted...]
-              <w:t>№</w:t>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="8326" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>__________________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(фамилия, имя, отчество   (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z482"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="7"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтве</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ждающий д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кумент </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...89 lines deleted...]
-              <w:t>1.</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z485"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z488"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="9"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уровень образов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ния</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Диплом об о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>разовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...337 lines deleted...]
-              <w:t>2.</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z491"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>высшее заочное/дистанционное = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z496"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="11"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уч</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ная/академическая ст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Диплом об о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>разовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...238 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z499"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z504"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="13"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Национал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ное квал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>фикацио</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ное тест</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рование</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...2159 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z507"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов =3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>"Педагог-</w:t>
-[...102 lines deleted...]
-              <w:t>3.</w:t>
+              <w:t>от 70 до 80 баллов =7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 8 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="2662"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...219 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>= 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z554"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="15"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...120 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалиф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ция/Категория. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...349 lines deleted...]
-              <w:t>5.</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Удостовер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ние, иной д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кумент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...100 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z557"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z565"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="17"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...120 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Стаж пед</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>гогической деятельн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сти</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...110 lines deleted...]
-              <w:t>6.</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>трудовая кни</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ка/документ, заменяющий трудовую де</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...100 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z568"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z573"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="19"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...80 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>министр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тивной и методич</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ской де</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тельности </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...181 lines deleted...]
-              <w:t>7.</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>трудовая кни</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ка/документ, заменяющий трудовую де</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...188 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z576"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z580"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="21"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...17 lines deleted...]
-              <w:t>Хат</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для пед</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>гогов, впе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>вые пост</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пающ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">их на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...288 lines deleted...]
-              <w:t>8.</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="z583"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="z586"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="23"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...337 lines deleted...]
-              <w:t xml:space="preserve"> награда</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рекоменд</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тельное письмо с предыд</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>щего места работы (при осущест</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лении тр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>довой де</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...379 lines deleted...]
-              <w:t>9.</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="24" w:name="z589"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отсутствие рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="25" w:name="z593"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="25"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...89 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Показатели професси</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нальных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...510 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="26" w:name="z595"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты поб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дителей оли</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пиад и ко</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курсов, нау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты поб</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дителей оли</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пиад и ко</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курсов учит</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- государс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>венная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="27" w:name="z598"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-              <w:t>Қоғамдық-педагогикалық</w:t>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F00758">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-              <w:t>қызмет</w:t>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1840"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="28" w:name="z605"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="28"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...90 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методич</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ская де</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...447 lines deleted...]
-              <w:t>11</w:t>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-авторские р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>боты и публ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="29" w:name="z608"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, вкл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ченных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, вкл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ченных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности,</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="282"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...408 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...182 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="30" w:name="z612"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="30"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>венно-педагогич</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ская де</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="31" w:name="z614"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="32" w:name="z616"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ства = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="5048"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="36" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="60" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="33" w:name="z623"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="33"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1855" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="34" w:name="z625"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F00758">
-[...6 lines deleted...]
-              <w:t>Максималды</w:t>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F00758">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>чение по пр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>граммам "О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>новы пр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>граммиров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ния в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>", "Обучение р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">боте с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="35" w:name="z632"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курсы = 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidTr="00CE631A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-284" w:firstLine="304"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7950" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008C556D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Максимальный балл – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="00CE631A">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
-        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F00758" w:rsidRPr="00F00758" w:rsidRDefault="00F00758" w:rsidP="00F00758">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C556D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7245"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B808A6" w:rsidRDefault="00B808A6"/>
-    <w:sectPr w:rsidR="00B808A6" w:rsidSect="00DD59E4">
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7245"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7245"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7245"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7245"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C4020" w:rsidRPr="008C556D" w:rsidRDefault="001C4020" w:rsidP="001C4020">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7245"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00342E8E" w:rsidRDefault="00342E8E"/>
+    <w:sectPr w:rsidR="00342E8E" w:rsidSect="001570D5">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2977" w:right="707" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00126A9A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F00758"/>
+    <w:rsidRoot w:val="000A06E4"/>
+    <w:rsid w:val="000A06E4"/>
+    <w:rsid w:val="001C4020"/>
+    <w:rsid w:val="00342E8E"/>
+    <w:rsid w:val="007045A1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="451CA398"/>
+  <w14:docId w14:val="48CEB131"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{26408A88-720E-4B72-BC61-A299B54C1169}"/>
+  <w15:docId w15:val="{FD5F1B4B-EE01-47B6-AC46-9447942495E0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16028,124 +10834,118 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="001C4020"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DD59E4"/>
+    <w:rsid w:val="001C4020"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C4020"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -16375,70 +11175,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>12139</Characters>
+  <Pages>8</Pages>
+  <Words>2182</Words>
+  <Characters>12442</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14240</CharactersWithSpaces>
+  <CharactersWithSpaces>14595</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Анатолий Шульга</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>