--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,1330 +1,1403 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+    <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="0031221F">
       <w:pPr>
         <w:pStyle w:val="1"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантную должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031221F" w:rsidRPr="00F26594" w:rsidRDefault="0031221F" w:rsidP="0031221F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспитателей  с казахским языком обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="0031221F">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГКП «Дошкольная гимназия №6 города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031221F" w:rsidRPr="00BE1214" w:rsidRDefault="0031221F" w:rsidP="0031221F">
+      <w:pPr>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031221F" w:rsidRPr="006C47F8" w:rsidRDefault="0031221F" w:rsidP="0031221F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C47F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031221F" w:rsidRPr="006C47F8" w:rsidRDefault="0031221F" w:rsidP="0031221F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C47F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C47F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C47F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных и (или) временно вакантных должностей педагогов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031221F" w:rsidRPr="006C47F8" w:rsidRDefault="0031221F" w:rsidP="0031221F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031221F" w:rsidRPr="00BE1214" w:rsidRDefault="0031221F" w:rsidP="0031221F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F39F2" w:rsidRPr="00CF37DE" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
-[...85 lines deleted...]
-    <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+    <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="0031221F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9630" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="488"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2022"/>
+        <w:gridCol w:w="486"/>
+        <w:gridCol w:w="2348"/>
+        <w:gridCol w:w="1279"/>
+        <w:gridCol w:w="1696"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="1837"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidTr="004F39F2">
-[...2 lines deleted...]
-            <w:tcW w:w="488" w:type="dxa"/>
+      <w:tr w:rsidR="0031221F" w:rsidTr="00EA1DE0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2">
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2242" w:type="dxa"/>
+            <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2">
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТАЖ</w:t>
-[...13 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2">
+              <w:t xml:space="preserve">ФИО               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2">
+              <w:t>Образование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2">
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1679" w:type="dxa"/>
+              <w:t>Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2">
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Нәтиже</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2022" w:type="dxa"/>
+              <w:t>Результаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1837" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2">
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ескертпе</w:t>
+              <w:t>Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidTr="004F39F2">
-[...2 lines deleted...]
-            <w:tcW w:w="488" w:type="dxa"/>
+      <w:tr w:rsidR="0031221F" w:rsidTr="00EA1DE0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2242" w:type="dxa"/>
+            <w:tcW w:w="2348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+          <w:p w:rsidR="0031221F" w:rsidRPr="006C47F8" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="004F39F2">
+            <w:r w:rsidR="006C47F8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006C47F8" w:rsidRPr="006C47F8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мугарап Уміт  Багда</w:t>
             </w:r>
-            <w:r w:rsidRPr="004F39F2">
+            <w:r w:rsidRPr="006C47F8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>улеткызы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1191" w:type="dxa"/>
+            <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
-[...12 lines deleted...]
-            <w:tcW w:w="1615" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
-[...62 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...13 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прошел конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1837" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...9 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+      </w:tr>
+      <w:tr w:rsidR="0031221F" w:rsidTr="00EA1DE0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Сансызбай Шынар Ерсыновна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1191" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:r w:rsidRPr="00642C6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:r w:rsidRPr="008C6545">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:r w:rsidRPr="00E11F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прошел конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1837" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidTr="004F39F2">
-[...10 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+      <w:tr w:rsidR="0031221F" w:rsidTr="00EA1DE0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2242" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Сексенбаева Акбопе Аманжоловна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1191" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:r w:rsidRPr="00642C6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:r w:rsidRPr="008C6545">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:r w:rsidRPr="00E11F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прошел конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1837" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidTr="004F39F2">
-[...10 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+      <w:tr w:rsidR="0031221F" w:rsidTr="00EA1DE0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2242" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+            <w:tcW w:w="2348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F39F2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Аубакирова Бакыт Сагдатовна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1191" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+            <w:tcW w:w="1279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:r w:rsidRPr="00642C6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> высшее</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:r w:rsidRPr="008C6545">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
+            <w:r w:rsidRPr="00E11F10">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прошел конкурс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1837" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="00EA1DE0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+    <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="0031221F">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+    <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="0031221F">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+    <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="0031221F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031221F" w:rsidRPr="006C47F8" w:rsidRDefault="0031221F" w:rsidP="0031221F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F39F2">
+      <w:r w:rsidRPr="006C47F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Конкурстық комиссияның</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+    <w:p w:rsidR="0031221F" w:rsidRPr="006C47F8" w:rsidRDefault="0031221F" w:rsidP="0031221F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F39F2">
+      <w:r w:rsidRPr="006C47F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C47F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">хатшысы                                                                                                     </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> А,Акпанова </w:t>
+        <w:t xml:space="preserve">                                                                     А. Акпанова </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+    <w:p w:rsidR="0031221F" w:rsidRPr="006C47F8" w:rsidRDefault="0031221F" w:rsidP="0031221F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+    <w:p w:rsidR="0031221F" w:rsidRPr="006C47F8" w:rsidRDefault="0031221F" w:rsidP="0031221F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F39F2">
+      <w:r w:rsidRPr="006C47F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2023 жылғы </w:t>
+        <w:t>25  июль</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F39F2">
+      <w:r w:rsidRPr="006C47F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C47F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 25 шілде</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C47F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F39F2" w:rsidRPr="004F39F2" w:rsidRDefault="004F39F2" w:rsidP="004F39F2">
+    <w:p w:rsidR="0031221F" w:rsidRPr="006C47F8" w:rsidRDefault="0031221F" w:rsidP="0031221F">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00552743" w:rsidRPr="004F39F2" w:rsidRDefault="00552743">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00552743" w:rsidRPr="004F39F2">
+    <w:p w:rsidR="0031221F" w:rsidRDefault="0031221F" w:rsidP="0031221F"/>
+    <w:p w:rsidR="00DB230F" w:rsidRDefault="00DB230F"/>
+    <w:sectPr w:rsidR="00DB230F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1352,80 +1425,81 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001F2289"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00552743"/>
+    <w:rsidRoot w:val="004E408F"/>
+    <w:rsid w:val="0031221F"/>
+    <w:rsid w:val="004E408F"/>
+    <w:rsid w:val="006C47F8"/>
+    <w:rsid w:val="00DB230F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A08F6402-959A-4B65-8068-AA1165FE575B}"/>
+  <w15:docId w15:val="{05E6AC1A-0127-45CD-B4A5-1362001F706B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1778,114 +1852,99 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004F39F2"/>
+    <w:rsid w:val="0031221F"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Без интервала1"/>
-    <w:rsid w:val="004F39F2"/>
+    <w:rsid w:val="0031221F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="SimSun" w:hAnsi="Calibri" w:cs="Tahoma"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2117,54 +2176,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>110</Words>
-  <Characters>629</Characters>
+  <Words>108</Words>
+  <Characters>616</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>738</CharactersWithSpaces>
+  <CharactersWithSpaces>723</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>