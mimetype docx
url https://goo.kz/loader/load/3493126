--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -1,10211 +1,13402 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="7D42BF30" w14:textId="77777777" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="034DCC98" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRPr="00E05CC7" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">КГУ </w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №2</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1A78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635CEC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  жалпы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05CC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орта білім беру мектебі» КММ  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AD9B63" w14:textId="201FA70C" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="70AADD51" w14:textId="440CA403" w:rsidR="00036FAE" w:rsidRPr="00E05CC7" w:rsidRDefault="008B28B4" w:rsidP="005870A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="008B28B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс тілінде оқытатын тарих пәнінің мұғалімі лауазымына конкурс жариялайды </w:t>
+      </w:r>
+      <w:r w:rsidR="0072421B" w:rsidRPr="00E05CC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1C2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0057396C" w:rsidRPr="00E05CC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос орын</w:t>
+      </w:r>
+      <w:r w:rsidR="0072421B" w:rsidRPr="00E05CC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...90 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:tblInd w:w="-437" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="461"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7481"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="2683"/>
+        <w:gridCol w:w="7252"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="21849EE8" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="007D1C2A" w14:paraId="195F7939" w14:textId="77777777" w:rsidTr="006C3AC0">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1A343DDC" w14:textId="421A9185" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="0FAE6C39" w14:textId="786F749F" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6135E4E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="317A837A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9A8246" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00D917D6" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="44129EB6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №26 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="6730AC00" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w14:paraId="648453AB" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="543"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="132EDDB0" w14:textId="76012E6C" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="65F96AD4" w14:textId="5ECBE31D" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07FB6FAC" w14:textId="7BE880D0" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00321427">
+          <w:p w14:paraId="2C843157" w14:textId="3DB0A039" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6665A6C7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BC07C4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F7DEF1" w14:textId="5BD42A39" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="006972A3">
+          <w:p w14:paraId="1C82E47D" w14:textId="7F9535AB" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Семенченко, 70</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140011, Қазақстан Республикасы, Павлодар облысы,  Павлодар қаласы, Семенченко  көшесі, 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="4472A1ED" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w14:paraId="49D4B1AD" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3AD9BE3C" w14:textId="6CCD74E8" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="438AB32B" w14:textId="21539BA3" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E63CDD3" w14:textId="7648AB1B" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="3B084F9D" w14:textId="528A37AE" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-              <w:t>омеров телефонов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>елефон  нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65DC032C" w14:textId="0EDFFF1B" w:rsidR="00D77C62" w:rsidRPr="00D917D6" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
-[...14 lines deleted...]
-              <w:t>8 (7182) 60-19-20</w:t>
+          <w:p w14:paraId="48E30F74" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 601920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="6BF1A3D1" w14:textId="77777777" w:rsidTr="00094703">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w14:paraId="4CDF4FC5" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="509"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1D580DD5" w14:textId="56147069" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="7FB12032" w14:textId="1009107D" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5617553C" w14:textId="10C455BE" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="492D2303" w14:textId="22C01E0B" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-              <w:t>дреса электронной почты</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>э</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лектрондық  пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="582DB124" w14:textId="7F5D0B57" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
-[...9 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="63A505E0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh26@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="5EED469A" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="007D1C2A" w14:paraId="78DF8D7B" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="321EA623" w14:textId="31C1E3DC" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00213146">
+          <w:p w14:paraId="23AD5B19" w14:textId="52735F4E" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD86BDF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="4C8C8AEC" w14:textId="6C889761" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75AF3E13" w14:textId="0BC269BB" w:rsidR="00D77C62" w:rsidRPr="00230D3C" w:rsidRDefault="00D77C62" w:rsidP="00CF2580">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="46BA6C75" w14:textId="3D50CD9F" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="008B28B4" w:rsidP="007D1C2A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B28B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс тілінде оқытатын тарих пәнінің мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="0057396C" w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...57 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(16 сағат)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="3AA0A1E6" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="007D1C2A" w14:paraId="62423F24" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="1852"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2399F848" w14:textId="0739C74F" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="2CE62E60" w14:textId="3E6D610B" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64D697CE" w14:textId="32B4CDAF" w:rsidR="0085010B" w:rsidRPr="00855F33" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="158DEBD3" w14:textId="11E7B25D" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>егізгі  функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="516058BE" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="2739E7B4" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E05CC7" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="783961F0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737ABC34" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00E05CC7" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="178A95C7" w14:textId="4C6F2A20" w:rsidR="0085010B" w:rsidRPr="00855F33" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071596AE" w14:textId="46931299" w:rsidR="00834E3A" w:rsidRPr="00E05CC7" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05CC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="720BCBF0" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00635CEC" w14:paraId="0C493527" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="1128"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="073EE656" w14:textId="725046ED" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="51ECFAAC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00635CEC" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13172B2A" w14:textId="0CE3B326" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="0B59795F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00635CEC" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A357E69" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="57C238E1" w14:textId="77777777" w:rsidR="00B270EF" w:rsidRPr="001F4BA9" w:rsidRDefault="00B270EF" w:rsidP="00B270EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w14:paraId="6E2145AF" w14:textId="2E5FD704" w:rsidR="0085010B" w:rsidRPr="00213146" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313E78C4" w14:textId="40254D80" w:rsidR="00834E3A" w:rsidRPr="00635CEC" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- арнайы орта білім (min):</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB138C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="008B241F">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00834E3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB138C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге;;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7ADFAD64" w14:textId="7D675A32" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00834E3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A64229">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>477</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB138C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44ABC249" w14:textId="02E9A66A" w:rsidR="00834E3A" w:rsidRPr="00635CEC" w:rsidRDefault="00834E3A" w:rsidP="00A64229">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">- высшее образование( min): </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB138C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>63 702</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB138C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге</w:t>
+              <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="423FFEC1" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="007D1C2A" w14:paraId="18346FA7" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A18D0B3" w14:textId="5AA452A4" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="516473D2" w14:textId="30ECAE26" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="050B4B1B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="15BC202D" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1D4D09C0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2B0C80" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2803F05D" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="42327C15" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w14:paraId="3A28DA9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25CF1BCE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w14:paraId="0A1E2A0E" w14:textId="4C573656" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48B30E32" w14:textId="156A7013" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="1FEA9F7B" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00746CF6" w:rsidRPr="00635CEC" w14:paraId="65D706A1" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1CF746" w14:textId="30018F14" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="2EAC2B31" w14:textId="2ACE7D1B" w:rsidR="00746CF6" w:rsidRPr="00635CEC" w:rsidRDefault="00834E3A" w:rsidP="00746CF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E470501" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="1E01C242" w14:textId="77777777" w:rsidR="00746CF6" w:rsidRPr="00635CEC" w:rsidRDefault="00746CF6" w:rsidP="00746CF6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3597E9A1" w14:textId="6F0950B4" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="009575CB" w:rsidP="0085010B">
-            <w:pPr>
+          <w:p w14:paraId="44860E15" w14:textId="28324505" w:rsidR="00746CF6" w:rsidRPr="00746CF6" w:rsidRDefault="00CE0265" w:rsidP="00746CF6">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>01.08-09.08.2023</w:t>
+              <w:t xml:space="preserve">01.08-09.08.2023 </w:t>
+            </w:r>
+            <w:r w:rsidR="00746CF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00746CF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="6E5C4D84" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="007D1C2A" w14:paraId="1A0CF6EC" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06F4EAEF" w14:textId="50A192D4" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="052647E0" w14:textId="4065E4DF" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CE57D9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="28A019BE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A6120F4" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="6C335013" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0793E9B5" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50798185" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="606AB111" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7817CCA3" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441285E5" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
-[...32 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="15A785A0" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) справку</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>с психоневрологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="085B9EC8" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="56BE0006" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>справку с наркологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DE715E1" w14:textId="77777777" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="5213C929" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">действующей </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>категории не ниже педагога-модератора</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C1901B6" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...176 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пән бойынша шекті деңгейі кемінде 90% </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46637876" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40C8D067" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="71111C6F" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:sz w:val="21"/>
-[...33 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...31 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCD9D00" w14:textId="387CB8CC" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="7777B5F0" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w14:paraId="7631880F" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10E2AD7B" w14:textId="1FBBE863" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="7E698130" w14:textId="3FB5A5DE" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6325FA8F" w14:textId="579E2BCE" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="308E1D41" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>Срок временно вакантной должности</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7481" w:type="dxa"/>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="430A269A" w14:textId="009DD697" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="00121D26">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="5705022E" w14:textId="29FDF242" w:rsidR="00BB2BC3" w:rsidRPr="00CC30B4" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6616B17E" w14:textId="77777777" w:rsidR="00D917D6" w:rsidRDefault="00D917D6">
-[...17 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="45F07E74" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRDefault="00834E3A">
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5731"/>
+        <w:gridCol w:w="4333"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00834E3A" w14:paraId="6AB7E528" w14:textId="77777777" w:rsidTr="006C3AC0">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6958DC68" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="110C77F2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00DC10A3" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2662438D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00F7191E" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22C63A63" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00F7191E" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC10A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29BAAA5A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00F7191E" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="792615FC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00F7191E" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="452655D7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00F7191E" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2BDF1762" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2890DB00" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00F51F8C" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582E6504" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00F7191E" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E63860" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00F7191E" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490D8042" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FE4576" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00EE4EFD" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң Т.А.Ә. (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BB7F69" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00834E3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021393D3" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00834E3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441AAD5D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00834E3A" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00834E3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E79ACF7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00834E3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CED6AF4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B00AEE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жері, тіркелген мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2CE9B5" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00EE4EFD" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750EA123" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00C75E82" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D48BA7E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00C75E82" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A275A7F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00C75E82" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос/уақытша бос лауазымға орналасуға арналған конкурсқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатысуға рұқсат беруіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сұраймын (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қажеттісін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ің астын сыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C7BB76" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00EE4EFD" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536F8B7D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00EE4EFD" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79470A48" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00C424F6" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35625E20" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00DF4A7D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19C1AFBE" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00C424F6" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367FD5C1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00EE4EFD" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61381CC3" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00EE4EFD" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE4EFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B441E7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымның атауы, мекенжайы (облыс, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан, қала/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E510552" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B00AEE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="654602CA" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00C75E82" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өзім туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келесіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75E82">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E5DDB8" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00C75E82" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00834E3A" w14:paraId="2D001D78" w14:textId="77777777" w:rsidTr="006C3AC0">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1277A99F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B30112" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C75E82">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="553CCDE1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18B30F60" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2861992A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="433D9814" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w14:paraId="14CB9259" w14:textId="77777777" w:rsidTr="006C3AC0">
+        <w:trPr>
+          <w:trHeight w:val="895"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78775523" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="150A2A09" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FB5ABC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D4B25D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="60BA1DC6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B00AEE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F150CAB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00437A2D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4593F0DC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B00AEE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B00AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578C019C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="0053507A" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3126A7C6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00DC4B3B" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FF1233" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00DC4B3B" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E69FC00" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="0053507A" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053507A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42F58529" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00DF4A7D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="600244CB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00DF4A7D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521603D9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00DF4A7D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319E8F73" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B00AEE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF1ECAB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00DC4B3B" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE55EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E113750" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00452A41" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1583ADB7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00452A41" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77ABFB0D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00452A41" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCB1D0F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00452A41" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A267B53" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00452A41" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="115605CF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00452A41" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2983D5" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00452A41" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB34D9B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00DF4A7D" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CB51B3C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE2A42A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00452A41" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5872"/>
+        <w:gridCol w:w="4192"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00790B31" w14:paraId="5A51F8AA" w14:textId="77777777" w:rsidTr="00454850">
-[...1795 lines deleted...]
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00B25802" w14:paraId="5C62906B" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B25802" w14:paraId="27EF34F2" w14:textId="77777777" w:rsidTr="006C3AC0">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B24A1DE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="5FCD85CF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07628550" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="6A933D73" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69A1025C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="2DA94A28" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="60E47B61" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="528EB127" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="385E3106" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="472F1017" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="108B8587" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738923E9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="538E576C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F338E83" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C4B51E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="002E00FE" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="1ECEFD69" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00910BFE" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="05DC624A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+        </w:rPr>
+        <w:t>ос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B36CBF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00B25802">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5785CE49" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00D77C62">
+    <w:p w14:paraId="685FE09B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00B25802" w14:paraId="5B8E8100" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B25802" w14:paraId="14548C1A" w14:textId="77777777" w:rsidTr="00834E3A">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="323DF440" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="41389903" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD014CB" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="3352E7D9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02BA658C" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0E954EEB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43D66F5F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="1101541B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ы (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="147B5C3E" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="7B045544" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7047FA27" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B25802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B25802">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B25802" w14:paraId="6950AECB" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A8F8482" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3EDB3882" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B139F6D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3AD80E63" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DACB420" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3586E008" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="124D536C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B8618C5" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="227122CC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B25802" w14:paraId="2DD6C217" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="574E94E9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7CB38F73" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F9322B2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AA6BA24" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="093FC8C1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F054723" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3886FE4E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B25802" w14:paraId="12CFE64C" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22E0B856" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="220C75C3" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="530E8E5C" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70783510" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E989841" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F15CFC0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B25802" w14:paraId="2C604A45" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4CC2BA84" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="657A29AD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1A9DB5E1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F573F06" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41198B31" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BFDB19E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E93B392" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="235CB238" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="362DE171" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="192E7063" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="259A529E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="007D1C2A" w14:paraId="629ED896" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="050E0EDD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="075CE6F1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="002E00FE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="121456F0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="002E00FE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3157EF2F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">діскер (лауазымдық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс өтілі кемінде 2 жыл) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="157FA82E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D63B8D6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55B6D88F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B25802" w14:paraId="7BED37D3" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02E7EF40" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16D22E4A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="002E00FE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18467DAB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="634FB6C0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0422D558" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="475F5288" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEE02C6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="007D1C2A" w14:paraId="161699B8" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="568387F2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F033725" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09672CF5" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5634746A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3562F64D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="308FC21D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="007D1C2A" w14:paraId="5430F758" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C13F0BF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2407C57A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="592F96FC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11C02E32" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14B8F62E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16C8F72A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36BEBF6E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EC2A924" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CDF9D2D" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="499D8BAF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C04853A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1477D4F2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B25802" w14:paraId="621FA88B" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="758DC3FB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5AA46C4B" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="70DB59AD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A0C3949" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31FE6DAD" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C25C9E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2367D9EA" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="007D1C2A" w14:paraId="49BEF217" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7391C1B9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39C1BF42" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58D313ED" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34B059D8" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C7378C6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24ED44CF" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D757CDC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F43DE95" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="007D1C2A" w14:paraId="065228D3" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D5A2EC7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47C15AA4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FBF10F4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FFA5681" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01D561FE" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="721CF98E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C9EA3D7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="002E00FE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D004533" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E6B840E" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB5CE5A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62BA0E30" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16BF29D2" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EB423B9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FCB4028" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5369111A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C1F2BB" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B89B312" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CA789C9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225DDDF8" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06192B25" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="002E00FE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E98D8D3" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="002E00FE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E00FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C2DAD7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="002E00FE" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B25802" w14:paraId="3A7292F7" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F4DB68" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0491D377" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="696A35EC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2AA399B1" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="614BF7E9" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00B25802" w14:paraId="71F402DE" w14:textId="77777777" w:rsidTr="00834E3A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="587CE818" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-              <w:t>1</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3158C34F" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+          <w:p w14:paraId="4AE0BCCE" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35497BDA" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00B25802" w:rsidRDefault="00D77C62" w:rsidP="00454850">
-[...170 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="2AB80DBE" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00B25802" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3736 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7ECA8A32" w14:textId="54A3F4E0" w:rsidR="00D77C62" w:rsidRDefault="00D77C62">
+    <w:p w14:paraId="125A14C4" w14:textId="0CB15D0A" w:rsidR="00642E67" w:rsidRDefault="00642E67">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D77C62" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="00642E67" w:rsidSect="00834E3A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="539" w:right="566" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...12 lines deleted...]
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...657 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...679 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00D81C5D"/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00063396"/>
+    <w:rsid w:val="00157CA9"/>
+    <w:rsid w:val="001F3D7C"/>
+    <w:rsid w:val="0025038B"/>
+    <w:rsid w:val="002F097F"/>
+    <w:rsid w:val="00313DFD"/>
+    <w:rsid w:val="003174BF"/>
+    <w:rsid w:val="0049107F"/>
+    <w:rsid w:val="0057396C"/>
+    <w:rsid w:val="005870A4"/>
+    <w:rsid w:val="00625E1A"/>
+    <w:rsid w:val="00642E67"/>
+    <w:rsid w:val="006C1FE4"/>
+    <w:rsid w:val="006D1A78"/>
+    <w:rsid w:val="0072421B"/>
+    <w:rsid w:val="00746CF6"/>
+    <w:rsid w:val="00747DDB"/>
+    <w:rsid w:val="007D1C2A"/>
+    <w:rsid w:val="00834E3A"/>
+    <w:rsid w:val="008B28B4"/>
+    <w:rsid w:val="00952E9D"/>
+    <w:rsid w:val="009654B9"/>
+    <w:rsid w:val="009A4F01"/>
+    <w:rsid w:val="00A05967"/>
+    <w:rsid w:val="00A64229"/>
+    <w:rsid w:val="00AB138C"/>
+    <w:rsid w:val="00B270EF"/>
+    <w:rsid w:val="00BB2BC3"/>
+    <w:rsid w:val="00C06D6F"/>
+    <w:rsid w:val="00C81C1E"/>
+    <w:rsid w:val="00C95952"/>
+    <w:rsid w:val="00CC30B4"/>
+    <w:rsid w:val="00CD317D"/>
+    <w:rsid w:val="00CE0265"/>
+    <w:rsid w:val="00D81C5D"/>
+    <w:rsid w:val="00E05CC7"/>
+    <w:rsid w:val="00E11348"/>
+    <w:rsid w:val="00F30E90"/>
+    <w:rsid w:val="00F948EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1B193A42"/>
-  <w15:docId w15:val="{21C695DB-F4B4-4333-AD0D-D4A1AAB00AF5}"/>
+  <w14:docId w14:val="37D012BC"/>
+  <w15:docId w15:val="{7BE26AFE-CFD8-4F10-AA72-596E0A694D9F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10325,51 +13516,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -10546,257 +13737,180 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C95952"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00036FAE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AC5698"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C95952"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="530844431">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
-[...25 lines deleted...]
-    <w:div w:id="1933468713">
+    <w:div w:id="530996902">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10830,84 +13944,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -11038,88 +14154,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2051</Words>
-  <Characters>11693</Characters>
+  <Words>1978</Words>
+  <Characters>11279</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13717</CharactersWithSpaces>
+  <CharactersWithSpaces>13231</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Gulnar</dc:creator>
+  <dc:subject/>
+  <dc:creator>Бахытнур</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>