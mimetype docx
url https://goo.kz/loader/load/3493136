--- v0 (2025-12-10)
+++ v1 (2025-12-30)
@@ -1,12348 +1,2034 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="00401673" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Павлодар </w:t>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №7 города Павлодара " отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(адрес: г. Павлодар, ул</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>инина</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C417CF">
-[...7 lines deleted...]
-        <w:t>қаласы</w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>стр</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C417CF">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> білім беру </w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, тел.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>51-80-26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="009A3227" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>э / почта: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C417CF">
-[...7 lines deleted...]
-        <w:t>бөлімінің</w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>sa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C417CF">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">  «Павлодар </w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>7@</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>goo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C417CF">
-[...7 lines deleted...]
-        <w:t>қаласының</w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C417CF">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> №7 сәбилер </w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C417CF">
-[...7 lines deleted...]
-        <w:t>бақшасы</w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C417CF">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">» </w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="004C0294" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Объявляе</w:t>
+      </w:r>
+      <w:r w:rsidR="00657490">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>т открытый конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="00657490" w:rsidRPr="00657490">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidR="00657490" w:rsidRPr="00657490">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C417CF">
-[...7 lines deleted...]
-        <w:t>коммуналдық</w:t>
+      <w:r w:rsidR="00657490">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C417CF">
+      <w:r w:rsidR="00657490">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidR="00657490">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C417CF">
-[...7 lines deleted...]
-        <w:t>мемлекеттік</w:t>
+      <w:r w:rsidR="00657490">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>должнос</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C417CF">
+      <w:r w:rsidR="00657490">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C417CF">
-[...321 lines deleted...]
-        <w:t>тілінде</w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>воспитател</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:sz w:val="21"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на основании приказа МОН РК от 21февраля  2012 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№ 57 «О порядке проведения конкурса на занятие должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Дата и место проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00135FE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31.07.-08.08.2023 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>город Павлодар, улица</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Минина</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, стр. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Этапы конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> 1) публикация объявления о проведении конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>2) прием документов от кандидатов, изъявивших желание участвовать в конкурсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3)рассмотрение документов кандидатов на соответствие квалификационным требованиям, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>утверждёнными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовыми квалификационными характеристикам педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>заседании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Срок и место подачи заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>: в тече</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3227">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ние </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>7 рабочих дней со дня опубликования объявления в средствах массовой информации документы на занятие вакантной должности принимаются в КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 7 города Павлодара» по адресу: город Павлодар, улица </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Минина</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, стр.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (по электронной почте или на бумажном носителе).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>оқытылатын</w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>обязанности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>беспечивает</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...59 lines deleted...]
-        <w:t xml:space="preserve">бос </w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> охрану жизни и здоровья детей, применяет </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C417CF">
-[...9 lines deleted...]
-        <w:t>лауазымына</w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>здоровьесберегающие</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C417CF">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>игровая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Педагогической деятельности на основе отечественных и зарубежных научно-исследовательских работ, авторских произведений и их применением в процессе работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Хорошо владеет компьютерной грамотностью и информационно-коммуникационной компетентностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Размер должностного оклада </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитателям в зависимости от стажа работы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Перечень документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление по форме согласно приложению 10 к настоящим Правилам;       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2) документ, удостоверяющий личность (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>            3)заполненный личный листок по учету кадров (с указанием фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>          4) копии документов об образовании в соответствии с квалификационными требованиями к должности, утвержденными типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>         5)копия документа, подтверждающего трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>         6) справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года № МЗ РК-175/2020" Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21579).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>        7) справка с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>        8) справка с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>        9) справка об отсутствии судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>        10) сертификат Национального квалификационного тестирования (далее – ЕНТ) или свидетельство о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>        11) заполненный оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>                   Контактные телефоны для уточнения информации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               8 (7182) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>51-80-26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, электронный адрес: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...23 lines deleted...]
-        <w:t>ға</w:t>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>sa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C417CF">
-[...1268 lines deleted...]
-      <w:r w:rsidRPr="00C417CF">
+      <w:r w:rsidRPr="002519FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C417CF">
+      <w:r w:rsidRPr="002519FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>7@</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C417CF">
+      <w:r w:rsidRPr="002519FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C417CF">
+      <w:r w:rsidRPr="002519FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C417CF">
+      <w:r w:rsidRPr="002519FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>edu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C417CF">
+      <w:r w:rsidRPr="002519FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C417CF">
+      <w:r w:rsidRPr="002519FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="21"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00943212" w:rsidRPr="00C417CF" w:rsidRDefault="00943212" w:rsidP="00943212">
-[...18 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="00C76CB7" w:rsidRPr="002519FA" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00943212" w:rsidRDefault="00943212" w:rsidP="00943212">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00C417CF">
+    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002519FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10215 lines deleted...]
-    <w:sectPr w:rsidR="00B82904" w:rsidSect="00D77BA7">
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C76CB7" w:rsidRDefault="00C76CB7" w:rsidP="00C76CB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED4C7E" w:rsidRPr="00C76CB7" w:rsidRDefault="00ED4C7E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00ED4C7E" w:rsidRPr="00C76CB7" w:rsidSect="00A61EEE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00943212"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00FC0CE9"/>
+    <w:rsidRoot w:val="00C76CB7"/>
+    <w:rsid w:val="00003E96"/>
+    <w:rsid w:val="00107D3D"/>
+    <w:rsid w:val="00135FE1"/>
+    <w:rsid w:val="00157B63"/>
+    <w:rsid w:val="00657490"/>
+    <w:rsid w:val="008A0005"/>
+    <w:rsid w:val="00921E37"/>
+    <w:rsid w:val="009A3227"/>
+    <w:rsid w:val="00A61EEE"/>
+    <w:rsid w:val="00AC164D"/>
+    <w:rsid w:val="00C76CB7"/>
+    <w:rsid w:val="00D74A08"/>
+    <w:rsid w:val="00EB59D3"/>
+    <w:rsid w:val="00ED4C7E"/>
+    <w:rsid w:val="00F3351C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="8194"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -12485,88 +2171,160 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D77BA7"/>
+    <w:rsid w:val="00A61EEE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00657490"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C76CB7"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A3227"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00657490"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="327370240">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -12817,55 +2575,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>8659</Characters>
+  <Pages>2</Pages>
+  <Words>787</Words>
+  <Characters>4490</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10158</CharactersWithSpaces>
+  <CharactersWithSpaces>5267</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Седмой</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>