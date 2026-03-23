--- v0 (2025-12-07)
+++ v1 (2026-03-23)
@@ -2,2617 +2,4967 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="57996D18" w14:textId="6AB0386C" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w14:paraId="266A606C" w14:textId="20B9D8C9" w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="002743D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 14 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A01E3E7" w14:textId="6F693EFE" w:rsidR="00D70D9E" w:rsidRPr="001F4BA9" w:rsidRDefault="002743D5" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аралас </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:r w:rsidR="00A86EE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">де оқытатын </w:t>
+      </w:r>
+      <w:r w:rsidR="00636D08">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">физика </w:t>
+      </w:r>
+      <w:r w:rsidR="002F30ED" w:rsidRPr="002F30ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәнінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759A0955" w14:textId="32D8609D" w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="002743D5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002743D5" w:rsidRPr="002743D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316502FB" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00891482" w:rsidRPr="004D063E" w14:paraId="2F97DD79" w14:textId="77777777" w:rsidTr="001C148F">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B302FD4" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A786EC" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FEFDA55" w14:textId="748351F0" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 14 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="6C0FFDF1" w14:textId="77777777" w:rsidTr="001C148F">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="701848B1" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA9910E" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A2EAF82" w14:textId="19BFACCF" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Катаев көшесі, 36 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="6357FD6A" w14:textId="77777777" w:rsidTr="001C148F">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8E0029" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA8F73E" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2321D0E7" w14:textId="1937717D" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 68-35-00, 87476146825</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="1CDD9950" w14:textId="77777777" w:rsidTr="001C148F">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="41A1C0FF" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7575C948" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42B7B668" w14:textId="180D23C2" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Sosh14@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="004D063E" w14:paraId="4A9603F1" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4F4A41" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E0A8A9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB3176A" w14:textId="5306B541" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аралас </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіл</w:t>
+            </w:r>
+            <w:r w:rsidR="00834BCF" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ін</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">де оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="00636D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>физика</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F30ED" w:rsidRPr="002F30ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәнінің</w:t>
+            </w:r>
+            <w:r w:rsidR="002743D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мұғалімі, </w:t>
+            </w:r>
+            <w:r w:rsidR="00636D08" w:rsidRPr="00636D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="004D063E" w14:paraId="754AD856" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7822047F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C137512" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="217F13F9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="232E0888" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="380A116A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="0833963F" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="535A4A5C" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E393A6" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA4142F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43A7107D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">129 258,89 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B3054D6" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">159 626,94 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="004D063E" w14:paraId="53C49C1A" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E17B625" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB37951" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3641E408" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D5C4F3" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF16109" w14:textId="77777777" w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56249067" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="129EF39B" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A585BC" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4108538A" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7779B197" w14:textId="3594CFAF" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00834BCF" w:rsidP="00834BCF">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01.</w:t>
+            </w:r>
+            <w:r w:rsidR="008C48C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-09</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="008C48C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="004D063E" w14:paraId="12661C45" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76F43D9F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12ED056F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29F632CA" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65074373" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62B38B56" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF5460D" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="088D121B" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26FC3DD2" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35DC7AFB" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6666B2EB" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CEAC302" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2547CAD7" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E3D6CE7" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00630AA8" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2587A8BF" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60615E28" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="6700DF7C" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72574094" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="185572D7" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21236C5D" w14:textId="15C95C21" w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B475E6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="278A7EA0" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...10 lines deleted...]
-      <w:r w:rsidR="007E3D91">
+    </w:p>
+    <w:p w14:paraId="07288D28" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ 14 </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="00636D08">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39BBE085" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>физики</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E3D91">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77A10F80" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> со смешанным языком</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D234C">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78DCA2C0" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> обучения (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E3D91">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="435C8654" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>на вакантную должность</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001F4BA9">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F9A119E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="33FB1F44" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w14:paraId="64A2B0B7" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...2422 lines deleted...]
-    <w:p w14:paraId="03F6FAC8" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="001F4BA9" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="50623FE9" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34FF83D4" w14:textId="77777777" w:rsidR="00F24D9F" w:rsidRPr="001F4BA9" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="643AA8E8" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z178"/>
-      <w:r w:rsidRPr="001F4BA9">
+    </w:p>
+    <w:p w14:paraId="396EAF43" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F24D9F" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
+    <w:p w14:paraId="66467527" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="380954E0" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5909EAF1" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C870A06" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1398664B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5899041E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="013FC792" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06D7E942" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241C4BD1" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C9550CD" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3749AFB0" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E5C1B0" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2944531B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D35084D" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="368C557A" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40B80B8D" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F9FFF14" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6809A0D1" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="546B6A2F" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D57B5F" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13EAAD60" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36604F16" w14:textId="77777777" w:rsidR="002743D5" w:rsidRPr="001F4BA9" w:rsidRDefault="002743D5" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D0A08C1" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74FE9586" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65BB2579" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3525,50 +5875,51 @@
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004D063E"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
@@ -3713,51 +6064,50 @@
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C48C3"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
-    <w:rsid w:val="009548C8"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
@@ -4969,78 +7319,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13B8D8FB-C306-454A-8F66-1B877DAF0832}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58F4A0AB-E545-4586-B6EE-2E70A89DFC6F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>691</Words>
-  <Characters>3942</Characters>
+  <Words>668</Words>
+  <Characters>3808</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4624</CharactersWithSpaces>
+  <CharactersWithSpaces>4468</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>