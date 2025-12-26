--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -2,14047 +2,9703 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="000312ED" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>№7</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность учителя начальных классов с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>казахски</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>м языком обучения (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+        <w:t>на</w:t>
       </w:r>
-      <w:r w:rsidR="00CB1DC9" w:rsidRPr="000312ED">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№7</w:t>
+        <w:t xml:space="preserve"> постоянно</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D70D9E" w:rsidRPr="000312ED" w:rsidRDefault="00A86EE1" w:rsidP="00B00AEE">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-[...143 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidTr="009540D9">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9">
-            <w:pPr>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 7 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidTr="009540D9">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...63 lines deleted...]
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140011, Республика Казахстан, Павлодарская область, город Павлодар, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> улица пл.Победы,13 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="21"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>8 (7182) 62-45-15 қабылдау бөлімі</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182)  62-45-15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidTr="009540D9">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="000312ED">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-            </w:hyperlink>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sosh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>goo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidTr="009540D9">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="00D21E2F" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель начальных классов с казахски</w:t>
+            </w:r>
+            <w:r w:rsidR="001C0654" w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">м языком обучение, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 ставки 16 часов /16 часов</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidTr="009540D9">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...10 lines deleted...]
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00BA4B1E">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...10 lines deleted...]
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00BA4B1E">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="009540D9">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...49 lines deleted...]
-              <w:t>- жоғары білім (min): 145115теңге</w:t>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- выплачивается в соответствии со стажем </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 117508 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 145115 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidTr="009540D9">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...9 lines deleted...]
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00F52F7C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...10 lines deleted...]
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="007078F2">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...10 lines deleted...]
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="007078F2">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...7 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidTr="009540D9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00932150">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>02</w:t>
-[...54 lines deleted...]
-              <w:t>.2023</w:t>
+              <w:t>01.08-10.08.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidTr="009540D9">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00B1578A">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00932150">
-            <w:pPr>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...199 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...13 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...232 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...109 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...218 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...212 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...79 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...119 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...197 lines deleted...]
-              <w:t>Қ</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...330 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психоневрологиялық</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00932150">
-            <w:pPr>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық</w:t>
-[...46 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00932150">
-            <w:pPr>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификаттаудан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өту</w:t>
-[...42 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...271 lines deleted...]
-            <w:pPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00520C9B">
-            <w:pPr>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidTr="009540D9">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="00AA08D1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00B0496E">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00CB1DC9" w:rsidP="00B0496E">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB1DC9" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00B475E6">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="00AA08D1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...7 lines deleted...]
-              <w:t>тұрақты</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>постоянна</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003153C2" w:rsidRPr="000312ED" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w:rsidR="003E27E1" w:rsidRPr="00D21E2F" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...80 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000312ED">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="000312ED">
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
-[...84 lines deleted...]
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені </w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
-[...6 lines deleted...]
-        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
-[...20 lines deleted...]
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>мамандығы</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-        <w:t>Біліктілік</w:t>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...61 lines deleted...]
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>(</w:t>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>раста</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>күні</w:t>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>):</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>Педагогикалық</w:t>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t>жұмыс</w:t>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>______________________________________________________________</w:t>
+        </w:rPr>
+        <w:br/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t>Келесі</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...55 lines deleted...]
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>:__________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-    </w:p>
-[...24 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...580 lines deleted...]
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...32 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
+            <w:r w:rsidRPr="00D21E2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...147 lines deleted...]
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="000312ED">
+      <w:r w:rsidRPr="00D21E2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
-[...35 lines deleted...]
-    <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C" w:rsidP="00D2186C">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D21E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10395" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10425" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="468"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...24 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...22 lines deleted...]
-              <w:t>)</w:t>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:r w:rsidRPr="000312ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...133 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-              <w:t>- т</w:t>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...8 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-              <w:t>- ж</w:t>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...192 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...133 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...8 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-              <w:t>- ғ</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>ылыми</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...8 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>- ғ</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>ылыми</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...15 lines deleted...]
-            </w:r>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-              <w:t>е</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>кінші</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...8 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-              <w:t>б</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...23 lines deleted...]
-              <w:t>інші</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...8 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-              <w:t>ж</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...207 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...87 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>п</w:t>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>едагогикалық</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">/ </w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...44 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...44 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...23 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...69 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...214 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...141 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломы, грамоты победителей олимпиад и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> награда</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127" w:right="127"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>олимпиадалар</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>конкурстар</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...294 lines deleted...]
-              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...60 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>тізбесіне</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...98 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...302 lines deleted...]
-            </w:r>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...87 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="687"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>әндік</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>дайындық</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>сертификаттары</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...8 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> - </w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>цифрлық</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000312ED">
-[...5 lines deleted...]
-              <w:t>сауаттылық</w:t>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000312ED">
-[...8 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...292 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000312ED">
-[...22 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...598 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>1</w:t>
-[...8 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серп</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>3 балл қосылады</w:t>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidTr="00D2186C">
+      <w:tr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidTr="001C0654">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5287" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D21E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...12 lines deleted...]
-              <w:t>:</w:t>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...3 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D2186C" w:rsidRPr="000312ED" w:rsidRDefault="00D2186C">
-[...7 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="000312ED" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="001C0654">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidRDefault="001C0654" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="000312ED" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...419 lines deleted...]
-    <w:sectPr w:rsidR="001F4BA9" w:rsidRPr="000312ED" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="001C0654" w:rsidRPr="00D21E2F" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -14393,54 +10049,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="524C7E2B"/>
+    <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9241E8C"/>
-    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -14751,681 +10407,694 @@
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
-    <w:rsid w:val="000312ED"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
-    <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C0654"/>
+    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
-    <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="003153C2"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
-    <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="003524D8"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
-    <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
-    <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="005404A8"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
-    <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
+    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
-    <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="007078F2"/>
-    <w:rsid w:val="007129B6"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741F8B"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00817C58"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
+    <w:rsid w:val="00853278"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008D234C"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A02A2"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A0584B"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
-    <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B34D38"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B475E6"/>
-    <w:rsid w:val="00B4786A"/>
+    <w:rsid w:val="00B4745E"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB6178"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CB1DC9"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
-    <w:rsid w:val="00D2186C"/>
     <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D21E2F"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D922C4"/>
+    <w:rsid w:val="00D94AAB"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB2E41"/>
-    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E23E0F"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40125"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
-    <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
-    <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
-    <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
-    <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
-    <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -16062,111 +11731,111 @@
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="745106640">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1177696348">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1315641865">
-[...24 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh7@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16417,78 +12086,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C12F0DB-094A-4539-9C2F-84F16718AF37}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3460EF2A-D8CA-482B-9215-B362906CF6F8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1996</Words>
-  <Characters>11383</Characters>
+  <Words>2053</Words>
+  <Characters>11708</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13353</CharactersWithSpaces>
+  <CharactersWithSpaces>13734</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>