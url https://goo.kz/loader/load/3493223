--- v0 (2025-12-05)
+++ v1 (2026-03-23)
@@ -1,630 +1,692 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w:rsidR="00B80E99" w:rsidRPr="00B80E99" w:rsidRDefault="00B80E99" w:rsidP="00B80E99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve">КГУ </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00B80E99" w:rsidRDefault="00B80E99" w:rsidP="00B80E99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының №43 жалпы орта білім беру мектебі»</w:t>
       </w:r>
-      <w:r w:rsidR="00924EAA">
+      <w:r w:rsidR="00443C44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t>43</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidR="00A572CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> города Павлодара</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КММ </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E54E4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t>»</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту </w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidR="00A572CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00280F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:r w:rsidR="00280F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="002104A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002104A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00280F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ассистент</w:t>
+      </w:r>
+      <w:r w:rsidR="00B663AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос</w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына </w:t>
+      </w:r>
+      <w:r w:rsidR="0010161D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жариялайды.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...91 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="008B73CB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00AF1E41" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00704E3C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 43 жалпы орта білім беру мектебі» </w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">оммуналдық мемлекеттік мекемесі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B56337" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пошта мекенжайының орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00B56337">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14000</w:t>
             </w:r>
-            <w:r w:rsidR="00AD011D">
+            <w:r w:rsidR="00FE4B75">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+              <w:t xml:space="preserve">, Павлодар </w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,                    </w:t>
             </w:r>
             <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> город Павлодар, улица </w:t>
+              <w:t xml:space="preserve"> Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қаласы</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00924EAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лермонтова</w:t>
+              <w:t>Лермонтов</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі</w:t>
             </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00924EAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>95</w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ші</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үй</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B56337" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
@@ -662,2185 +724,7651 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00840259">
+            <w:r w:rsidR="00E20BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>68</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003009AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00840259">
+            <w:r w:rsidR="00E20BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00104F9E" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="008B73CB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта мекен-жайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007612FA" w:rsidRPr="007612FA" w:rsidRDefault="00104F9E" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00830EBF" w:rsidRDefault="003143A0" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="00F82B68" w:rsidRPr="00175994">
-[...34 lines deleted...]
-              <w:r w:rsidR="00F82B68" w:rsidRPr="00175994">
+              <w:r w:rsidR="00A351FE" w:rsidRPr="00830EBF">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>43school_pvl@mail.ru</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00F82B68">
-[...5 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:p>
+          <w:p w:rsidR="00A351FE" w:rsidRPr="00B3089F" w:rsidRDefault="003143A0" w:rsidP="00321427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidR="00830EBF" w:rsidRPr="005A1989">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>sosh43@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00830EBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="008B73CB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="006E3FE4" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00E65EEA" w:rsidP="00AF1E41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Педагог-</w:t>
             </w:r>
-            <w:r w:rsidR="00077A6C">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidR="00280F4D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ассистент</w:t>
             </w:r>
             <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> языком обучения </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 жүктеме</w:t>
+            </w:r>
+            <w:r w:rsidR="008A093E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, оқыту тілі: орыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="008B73CB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00077A6C" w:rsidRPr="001353FB" w:rsidRDefault="00077A6C" w:rsidP="00077A6C">
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001353FB">
-[...7 lines deleted...]
-              <w:t>Должностные обязанности: Осуществляет психолого-педагогическое сопровождение обучающего с особыми образовательными потребностями в организациях образования общего типа.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы үлгідегі білім беру ұйымдарында ерекше білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>қажеттілігі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>алушыларды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>психологиялық-педагогикалық сүйемелдеуді жүзеге асырады.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00077A6C" w:rsidRPr="001353FB" w:rsidRDefault="00077A6C" w:rsidP="00077A6C">
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001353FB">
-[...7 lines deleted...]
-              <w:t>Оказывает помощь обучающемуся с особыми образовательными потребностями во время организованной учебной деятельности, в течение времени пребывания в организации образования, в случае, когда их самостоятельная деятельность ограничена по состоянию здоровья.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымдарында болған барлық уақыт ішінде, олардың дербес қызметі денсаулық жағдайы бойынша шектелген жағдайда, ұйымдастырылған оқу қызметі кезінде ерекше білім беру қажеттілігі бар білім алушыға көмек көрсетеді.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00077A6C" w:rsidRPr="001353FB" w:rsidRDefault="00077A6C" w:rsidP="00077A6C">
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001353FB">
-[...51 lines deleted...]
-              <w:t>рекомендации психолого-медико-педагогической консультации.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көру, есту, тірек-қимыл аппараты бұзылған балаларға орнын ауыстыру, өзіне-өзі қызмет көрсету (киінуге, шешінуге көмек көрсетеді), емдеу-алдын алу іс-шараларына ілесіп жүруге. көмек көрсетеді.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00077A6C" w:rsidRPr="001353FB" w:rsidRDefault="00077A6C" w:rsidP="00077A6C">
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001353FB">
-[...63 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-              <w:t>образовательном, коррекционно-развивающем процессах.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімнің басшылығымен білім беру, түзету-дамыту процестеріне қатысады.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00077A6C" w:rsidRPr="001353FB" w:rsidRDefault="00077A6C" w:rsidP="00077A6C">
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001353FB">
-[...7 lines deleted...]
-              <w:t>Принимает участие при обследовании учащегося с особыми образовательными потребностями специалистами службы психолого-педагогического сопровождения, а также в составлении индивидуальных образовательных программ (учебных планов) в том числе поведенческих, обеспечивает реализацию сокращенных (адаптированных), специальных учебных программ и учебных материалов для удовлетворения особых образовательных потребностей учащегося.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-медициналық-педагогикалық консультацияның ұсыныстарына сәйкес мұғалімге, сондай-ақ психологиялық-педагогикалық сүйемелдеу қызметінің мамандарына көмек көрсетеді.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00077A6C" w:rsidRPr="00B3089F" w:rsidRDefault="00077A6C" w:rsidP="00077A6C">
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001353FB">
-[...7 lines deleted...]
-              <w:t>Осуществляет наблюдение и ведет сбор данных об учащемся с особыми образовательными потребностями в процессе обучения и развивающей работы,</w:t>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инклюзивті білім беру процесіне қатысушылар арасындағы қақтығыстардың алдын алуға қатысады, сондай-ақ сыныптағы білім алушылардың теріс мінез-құлқын алдын алады және жеңеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00B3089F" w:rsidRDefault="00280F4D" w:rsidP="008A093E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық сүйемелдеу қызметі мамандарының ерекше білім алу қажеттіліктері бар оқушыларды тексеруіне, сондай-ақ жеке білім беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="008B73CB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-              <w:t>и квалификационной категорией;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24" w:rsidRPr="00CA0B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00A351FE" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орта арнайы білім </w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> тенге;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( min): </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC29D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r w:rsidR="004E26A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>. бастап</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00CA0B24">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...25 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24" w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC29D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>148700</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="008B73CB" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00715E75" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
-[...21 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00913B43" w:rsidP="00913B43">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Үміткерге қойылатын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00443C44" w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогтердің үлгілік біліктілік сипаттамаларымен бекітілген </w:t>
+            </w:r>
+            <w:r w:rsidR="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+          <w:p w:rsidR="00A118B1" w:rsidRPr="000573B9" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000573B9" w:rsidRPr="000573B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бағдар бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім, жұмыс өтіліне талаптар қойылмайды немесе тиісті бағдар бойынша техникалық және кәсіптік педагогикалық білім жұмыс өтіліне талаптар қойылмайды;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+          <w:p w:rsidR="00A118B1" w:rsidRPr="00A70C03" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педаг</w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">огикалық жұмыс өтілі – </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 жыл;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00A70C03" w:rsidRDefault="00A118B1" w:rsidP="00A70C03">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...17 lines deleted...]
-              <w:t>га-исследователя не менее 4 лет</w:t>
+            <w:r w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған жағдайда педагогикалық жұмыс өтілі:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00244165" w:rsidRDefault="007612FA" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00E52D94" w:rsidRDefault="00CA0B24" w:rsidP="00CA0B24">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007612FA">
+            <w:r w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD5EBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E52D94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж. </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE3170">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>02</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="00EB7C4D" w:rsidRPr="007612FA">
+            <w:r w:rsidR="00C63D19" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00727BDA">
+            <w:r w:rsidR="00DD5EBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r w:rsidR="00EB7C4D" w:rsidRPr="007612FA">
+            <w:r w:rsidR="00E52D94" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
-            </w:r>
-[...20 lines deleted...]
-              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="008B73CB" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z180"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қағидаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10-қосымшаға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>берілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсете</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z169"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z181"/>
+            <w:bookmarkStart w:id="2" w:name="z170"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="00AD4252">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="z182"/>
+            <w:bookmarkStart w:id="3" w:name="z171"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="00AD4252">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="z183"/>
+            <w:bookmarkStart w:id="4" w:name="z172"/>
             <w:bookmarkEnd w:id="3"/>
-            <w:r w:rsidRPr="00AD4252">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="z184"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ДСМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="z185"/>
+            <w:bookmarkStart w:id="5" w:name="z174"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z175"/>
             <w:bookmarkEnd w:id="5"/>
-            <w:r w:rsidRPr="00AD4252">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="z186"/>
+            <w:bookmarkStart w:id="7" w:name="z176"/>
             <w:bookmarkEnd w:id="6"/>
-            <w:r w:rsidRPr="00AD4252">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 7) справку с психоневрологической организации;</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="z187"/>
+            <w:bookmarkStart w:id="8" w:name="z177"/>
             <w:bookmarkEnd w:id="7"/>
-            <w:r w:rsidRPr="00AD4252">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> 8) справку с наркологической организации;</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>педагогтері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орналасуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>пән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 90% </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Celta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Delta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>) (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>интернетке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>негізделген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тест</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IWT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)) - 60-65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>керек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="z188"/>
+            <w:bookmarkStart w:id="9" w:name="z178"/>
             <w:bookmarkEnd w:id="8"/>
-            <w:r w:rsidRPr="00AD4252">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 11) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>шеберлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өндірісте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтуден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>босатылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00153436" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="z189"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AD4252">
-[...242 lines deleted...]
-              <w:t>;</w:t>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) 11-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AD4252" w:rsidRPr="00AD4252" w:rsidRDefault="00AD4252" w:rsidP="00AD4252">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00A63866" w:rsidRDefault="00153436" w:rsidP="00DF533F">
             <w:pPr>
-              <w:pStyle w:val="ab"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="11" w:name="z190"/>
+            <w:bookmarkStart w:id="10" w:name="z180"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тәжірибе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төменгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ажыратымдылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 720 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63866">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 480.</w:t>
+            </w:r>
             <w:bookmarkEnd w:id="10"/>
-            <w:r w:rsidRPr="00AD4252">
-[...85 lines deleted...]
-            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="0010161D" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D478D0" w:rsidRPr="004D07D1" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="00443C44" w:rsidP="00704E3C">
             <w:pPr>
-              <w:textAlignment w:val="baseline"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>лауазымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00FC5F6A" w:rsidRDefault="00FC5F6A" w:rsidP="00321427">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="00924EAA" w:rsidP="006424B7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="11" w:name="_Hlk110257937"/>
+            <w:r w:rsidRPr="00704E3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00704E3C" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5495"/>
         <w:gridCol w:w="4819"/>
       </w:tblGrid>
       <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00704E3C" w:rsidRDefault="00B3089F" w:rsidP="00BE792E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">назначения на должности, </w:t>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">освобождения от должностей </w:t>
+              <w:t>лауазымға тағайындау,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ағидаларына</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>государственных организаций образования</w:t>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00AE5AB7" w:rsidP="00BE792E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="00BE4A7F" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
@@ -2870,57 +8398,102 @@
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00CC2541" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00F82AA5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-        <w:t>государственный орган, объявивший конкурс</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байқауды</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00F82AA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -2978,887 +8551,1088 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F7191E" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00BE4A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="00DF533F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>міткердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82AA5" w:rsidRPr="00DF533F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т. А. Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="000573B9" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00636139">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-        <w:t>должность, место работы</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="002B689D" w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00636139">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс орны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000573B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="000573B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00636139" w:rsidRPr="00636139">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
+        <w:t>нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00D3471A" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E20FE" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00BE4A7F" w:rsidRDefault="00F7191E" w:rsidP="00BE4A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00BE4A7F" w:rsidRPr="00BE4A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">Мені бос/уақытша бос лауазымға орналасуға арналған </w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="00BE4A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
+        <w:t>байқауға</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00BE4A7F" w:rsidRPr="00BE4A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00BE4A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="004D07D1" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009D536D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00BE4A7F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>білім беру ұйымдарының атауы</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (обл</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>\</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="004D07D1" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009D536D" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="004D07D1" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="009D536D" w:rsidRDefault="00B760F5" w:rsidP="00B760F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
       </w:r>
       <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымның атауы</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (обл</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>\</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE4A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+    <w:p w:rsidR="00CA444E" w:rsidRDefault="00CA444E" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00BE4A7F" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="2765"/>
       </w:tblGrid>
       <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w:rsidR="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00BE4A7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Образование: высшее или послевузовское</w:t>
+              <w:t>Білімі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00BE4A7F" w:rsidP="00BE4A7F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары немесе жоғары оқу орнынан кейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00BE4A7F" w:rsidRDefault="00BE4A7F" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00437A2D" w:rsidRPr="00B760F5" w:rsidRDefault="00B760F5" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00790B31">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="en-US"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3900,570 +9674,742 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00B760F5" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>Біліктілік санатының болуы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>подтверждения):_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>растаған күні</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00790B31" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="000E4CFB" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009D536D" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B760F5" w:rsidRDefault="00B760F5" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...42 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Педагогикалық жұмыс өтілі</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14AED" w:rsidRPr="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14AED" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_______________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="004D07D1">
+      <w:r w:rsidR="00790B31" w:rsidRPr="00B760F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+    </w:p>
+    <w:p w:rsidR="00C424F6" w:rsidRPr="00B760F5" w:rsidRDefault="00B760F5" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесі жұмыс нәтижелерім бар</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14AED" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00452A41" w:rsidRPr="009D536D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="009D536D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="009D536D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidRPr="009D536D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00A63866" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63866">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наградалары</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми дәрежесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B760F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғылыми атағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009D536D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B3089F" w:rsidRPr="009D536D" w:rsidRDefault="00B760F5" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ қосымша мәліметтері</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63866">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар болса</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="009D536D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...229 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -4488,115 +10434,121 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
-[...7 lines deleted...]
-    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00321427" w:rsidP="00452A41">
+    <w:p w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00AE5AB7" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>20___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00321427" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00790B31">
+      <w:r w:rsidR="00321427" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_____________</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>20___года</w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
@@ -4621,5099 +10573,11668 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қолы</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="004A01E9">
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6129"/>
-        <w:gridCol w:w="3936"/>
+        <w:gridCol w:w="6164"/>
+        <w:gridCol w:w="3901"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="002552D7">
+      <w:tr w:rsidR="00153436" w:rsidRPr="008B73CB" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">образования </w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="002552D7">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-              <w:t>Форма</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+    <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z364"/>
-      <w:r w:rsidRPr="002A2141">
+      <w:bookmarkStart w:id="12" w:name="z234"/>
+      <w:r w:rsidRPr="00153436">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002A2141">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>__________________________________________________________________</w:t>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бос</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="002A2141">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үміткердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________  (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00153436">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10532" w:type="dxa"/>
+        <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblInd w:w="-148" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="751"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="14"/>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-              <w:t>Критерии</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...47 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>Баллы кандидата</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Үміткердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...26 lines deleted...]
-              <w:t>образования</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сыртқы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қашықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...38 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...16 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>PHD</w:t>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>-доктор = 10 баллов</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-доктор = 10 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-              <w:t>Доктор наук = 10 баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...34 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 10 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-              <w:t>баллов</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үміткерлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...44 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...26 lines deleted...]
-              <w:t>документ</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бірінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>Высшая категория = 3 балла</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>Педагог-модератор = 3 балла</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Педагог-модератор = 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="008B73CB" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>да</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тұрған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">" = 0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-              <w:t>балла</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="008B73CB" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Конкурсты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бетінше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұйымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұйымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мекемесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="008B73CB" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...49 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...24 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>награда</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>научных проектов = 1 балл</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...30 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>медаль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...26 lines deleted...]
-              <w:t>деятельность</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...46 lines deleted...]
-              <w:t>публикации</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ӘБ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...26 lines deleted...]
-              <w:t>подготовка</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>- сертификаты предметной подготовки;</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">; </w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">; </w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...30 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...37 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">" </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>программалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t>Международные курсы:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...14 lines deleted...]
-              <w:t>CELTA</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>"TKT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Teaching Knowledge Test"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>"TESOL"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Certificate in teaching English for young learners</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>In</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Teaching</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Online Teaching for Educators: Development and Delivery</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Educational Management</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Курсы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>на</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>платформе</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> learn</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Teaching Mathematics with Technology</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Special Educational Needs</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...12 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПШО, НЗМ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> курсы </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...24 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">= 0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...34 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әрқайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...25 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>гранты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>алған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>түлегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Дипломмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ауылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Серпін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бағдарламаларының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қатысушысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Жұмыспен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жіберілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A2141">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>гранты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иегерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>келісім-шарты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-              <w:t>балла</w:t>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>қосылады</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidTr="004A01E9">
+      <w:tr w:rsidR="00153436" w:rsidRPr="00153436" w:rsidTr="00076518">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A2141">
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00153436">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+          <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+    <w:p w:rsidR="00153436" w:rsidRPr="00153436" w:rsidRDefault="00153436" w:rsidP="00153436">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+    <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
-[...35 lines deleted...]
-    <w:sectPr w:rsidR="002A2141" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="00437A2D" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -10412,765 +22933,810 @@
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
+    <w:rsid w:val="000573B9"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
-    <w:rsid w:val="00077A6C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00093671"/>
     <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A1589"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B2B5D"/>
+    <w:rsid w:val="000B6862"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="00104F9E"/>
+    <w:rsid w:val="0010161D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00153436"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
-    <w:rsid w:val="001D7008"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204307"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="002104A2"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
-    <w:rsid w:val="00244165"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280F4D"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002A2141"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
-    <w:rsid w:val="002F0714"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="003143A0"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="003305A7"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00335DCB"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B1A8C"/>
+    <w:rsid w:val="003B5721"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="00415884"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="004260C3"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00443C44"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A01E9"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004E26A5"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00507677"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
-    <w:rsid w:val="005D0436"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3E61"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006257E5"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00636139"/>
     <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="006424B7"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
-    <w:rsid w:val="006E3FE4"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00700ADC"/>
+    <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
-    <w:rsid w:val="00727BDA"/>
+    <w:rsid w:val="00726C3B"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007612FA"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00830EBF"/>
     <w:rsid w:val="00837CF1"/>
-    <w:rsid w:val="00840259"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00860EED"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="0088118E"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A093E"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
-    <w:rsid w:val="008B3237"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008B73CB"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
-    <w:rsid w:val="0091784D"/>
+    <w:rsid w:val="00913B43"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00924EAA"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D536D"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A351FE"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A572CE"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A63866"/>
+    <w:rsid w:val="00A70C03"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AC2031"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD011D"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD4252"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE5AB7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1E41"/>
+    <w:rsid w:val="00B0017D"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
-    <w:rsid w:val="00B32943"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B549F4"/>
     <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B56337"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B663AB"/>
     <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B760F5"/>
+    <w:rsid w:val="00B80E99"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE4A7F"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BE792E"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C256D4"/>
     <w:rsid w:val="00C26849"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C53A35"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C63D19"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C71C71"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C83B05"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA0B24"/>
     <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CA444E"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7A1A"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32923"/>
     <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D3471A"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB4D4B"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD5EBD"/>
     <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE3170"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF533F"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E17FA3"/>
     <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E20BAC"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E52D94"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E54E4E"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E62F31"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E65EEA"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EB7C4D"/>
+    <w:rsid w:val="00EC29D0"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00F82AA5"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
-    <w:rsid w:val="00FC5F6A"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE4B75"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1F7487F2"/>
-  <w15:docId w15:val="{658CD721-C42D-4CE3-9450-3CB8C47A1ED6}"/>
+  <w15:docId w15:val="{95A293F3-CD7E-4639-B223-785E317EC98C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11515,51 +24081,50 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F410E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -11662,119 +24227,201 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00A351FE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...7 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="82916394">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="171575267">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="378628516">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="509415155">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1043142082">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1147747301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1446004979">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12025,79 +24672,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88FD8309-8BD5-454A-BAB2-E6177E611FD0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{256FD3F3-E3E5-4F27-A93C-E45B5B69D932}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>12281</Characters>
+  <Pages>1</Pages>
+  <Words>2092</Words>
+  <Characters>11925</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14407</CharactersWithSpaces>
+  <CharactersWithSpaces>13990</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>