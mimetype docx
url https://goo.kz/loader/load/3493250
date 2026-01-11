--- v0 (2025-12-13)
+++ v1 (2026-01-11)
@@ -1,5177 +1,14364 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="08CC97F5" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
-[...59 lines deleted...]
-    <w:p w14:paraId="70761FA3" w14:textId="12FBE28F" w:rsidR="000D0AFE" w:rsidRPr="004E22AB" w:rsidRDefault="004E22AB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="550AC3DE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИКАЛЫҚ ҚЫЗМЕТКЕРЛЕР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19090081" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>БОС ОРЫНДАРҒА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09651B13" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CC62F3" w14:textId="3DB5163D" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="00855078" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>02.08</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA89477" w14:textId="6B69BCA7" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="69FCBCD9" w14:textId="16F0AD54" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...1 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="004764CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...46 lines deleted...]
-      <w:r w:rsidRPr="00315FB3">
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...25 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы» коммуналдық мемлекеттік қазыналық кәсіпорны бос лауазымға орналасуға ашық конкурс жариялайды:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="1"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="10307" w:type="dxa"/>
+        <w:tblInd w:w="-106" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="673"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2720"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="2749"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00315FB3" w14:paraId="47084721" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="009B650A" w14:paraId="4209BE02" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CC8867C" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1FE5AFFE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13DC1DB7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="499D70F9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Вакантная должность</w:t>
+              <w:t>Бос орын лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E6CA0B6" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="3803E829" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Объем нагрузки</w:t>
+              <w:t>Жүктеме көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="285E5EE7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="08EE2F5C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Язык обучения</w:t>
+              <w:t>Оқытылу тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476B9644" w14:textId="473F65A9" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="34CCD771" w14:textId="77777777" w:rsidR="00A43974" w:rsidRDefault="00A43974" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Адрес </w:t>
+              <w:t>МДҰ</w:t>
             </w:r>
-            <w:r w:rsidR="007D75B5">
+          </w:p>
+          <w:p w14:paraId="349B9452" w14:textId="0407A836" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ДО</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05707A16" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="4F95D498" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Контакты, электронный адрес</w:t>
+              <w:t>Байланыс телефондары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, электрон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дыадресі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00672B92" w14:paraId="5C05A879" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="00E93BE9" w14:paraId="05A2CF51" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="239D8C1D" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="0ACB370F" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E15072E" w14:textId="3F94D807" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="006A2ED5" w:rsidP="002973E1">
+          <w:p w14:paraId="310BF63E" w14:textId="2F3086D4" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="008945FF" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>методист</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>әдіскер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F04F60E" w14:textId="40418768" w:rsidR="002973E1" w:rsidRDefault="008D7FB0" w:rsidP="002973E1">
+          <w:p w14:paraId="32F2806A" w14:textId="2C20917C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00F60B2A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
+            <w:r w:rsidR="009B650A" w:rsidRPr="009B650A">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ставк</w:t>
-[...80 lines deleted...]
-              <w:t>русский</w:t>
+              <w:t xml:space="preserve"> ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C592FC1" w14:textId="6245DB12" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1C353ED2" w14:textId="71F8C985" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00026C6C" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:r w:rsidR="004764CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі</w:t>
+            </w:r>
+            <w:r w:rsidR="008945FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41B7CFBD" w14:textId="4F08C63B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">г. Павлодар, </w:t>
+              <w:t xml:space="preserve">Павлодар қаласы, Вс.Иванова көш. </w:t>
             </w:r>
-            <w:r w:rsidR="008C4D49">
+            <w:r w:rsidR="004764CC">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="125C97B9" w14:textId="77777777" w:rsidR="00672B92" w:rsidRPr="00672B92" w:rsidRDefault="00672B92" w:rsidP="002973E1">
+          <w:p w14:paraId="2D34C190" w14:textId="6EE59C53" w:rsidR="004764CC" w:rsidRPr="00A25445" w:rsidRDefault="004764CC" w:rsidP="0012129B">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7812) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69CF21F1" w14:textId="77777777" w:rsidR="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="508E4807" w14:textId="3B4B8B4F" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+            <w:r w:rsidRPr="00A25445">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">email: </w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk94085354"/>
+            <w:r w:rsidR="00E93BE9">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidR="00E93BE9" w:rsidRPr="00381989">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>sad23@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="7D6E2588" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...57 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6B3902D2" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="64BA45CA" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006A2ED5">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
-[...19 lines deleted...]
-        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, стаж педагогической работы в дошкольных организациях: для городской местности - не менее 3 лет, для сельской местности - не менее 1 года;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даярлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>курстарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052E223C" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="59143C82" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>и (или) для педагога – мастера при наличии высшего и (или) послевузовского педагогического образования стаж педагогической работы в дошкольных организациях: для городской местности - не менее 5 лет, для сельской местности - не менее 3 лет;</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдардағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E419A8" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="7862372B" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>и (или) для педагога-модератора, педагога-эксперта, педагога-исследователя при наличии технического и профессионального образования по соответствующему профилю стаж педагогической работы в дошкольных организациях: для городской местности - не менее 5 лет, для сельской местности - не менее 3 лет.</w:t>
+        <w:t>педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдардағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB93546" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="6AEB54B2" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауылдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3D7FD8" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
-[...1572 lines deleted...]
-    <w:p w14:paraId="5CEADEAF" w14:textId="7A2B2EC8" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="611D160A" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
-[...52 lines deleted...]
-        <w:t>методическое обеспечение деятельности организации образования.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396DBE36" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="33E374B2" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Составляет учебные, учебно-тематические планы и программы.</w:t>
+        <w:t>1) "педагог" (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4226E0E7" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="38009C31" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Участвует в выборе (разработке) образовательных программ для детей.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдіскеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керек:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688EDC1A" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="0A74E13D" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Составляет сетку занятий по возрастным группам.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекшеліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B9EB7A6" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="40F1A80B" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Оказывает помощь в определении содержания, форм, методов и средств обучения и воспитания.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F82BDB" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="11C88165" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Организует разработку, рецензирование и подготовку к утверждению учебно-методической документации, пособий.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B72E27" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="5418B989" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Обеспечивает выявление, изучение, распространение и внедрение инновационного педагогического опыта.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс-шаралар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық-коммуникациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F724D7B" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="53929F4D" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Организует комплектование групп учебными пособиями, играми, игрушками.</w:t>
+        <w:t>2) "педагог-модератор":</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F13542E" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="3AF62158" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Анализирует состояние учебно-методической и воспитательной работы.</w:t>
+        <w:t xml:space="preserve">Санаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "педагог" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керек:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03914327" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="0F69F4AE" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Проводит для воспитателей занятия, мастер-классы, семинары, индивидуальные и групповые консультации, выставки, конкурсы, организует работу творческих групп.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдіснамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керек;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C9EBDB" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="6EDC642A" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Формирует банк данных учебно-педагогической и методической литературы, своевременно оформляет учетную и отчетную документацию.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен циклограмма </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B6A35B5" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="17FB9EDD" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Координирует взаимодействие воспитателей, психолога, логопеда, музыкального руководителя, других специалистов организации.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749B320C" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="2B0A44A6" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Координирует деятельность службы психолого-педагогического сопровождения детей с особыми образовательными потребностями.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлестіктердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>семинарлардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конференциялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00DBF9A3" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="43F86F45" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Вносит рекомендации по подбору кадров на должности воспитателей, их помощников и их поощрении.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практикада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12049EAF" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="2CD1712D" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Координирует работу по повышению квалификации и по присвоению (подтверждению) квалификационных категорий, аттестации педагогов.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56486974" w14:textId="77777777" w:rsidR="006A2ED5" w:rsidRPr="006A2ED5" w:rsidRDefault="006A2ED5" w:rsidP="006A2ED5">
+    <w:p w14:paraId="79EF8D48" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық-коммуникациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзыреттілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760BFD5C" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3) "педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4503BC84" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">"педагог-модератор" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B63E4CD" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен циклограмма </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024D65F1" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4C7D61" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0772E03D" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлестіктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңестер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>семинарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конференциялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D11413A" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A002954" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жинақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық-коммуникациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзіреттілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733E84DB" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4) "педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="407BC3D0" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>"педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керек, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6713DEF2" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлестіктердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>семинарлардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конференциялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005CE8B2" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзіреттілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0757B508" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC8A882" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF558B7" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көпшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөйлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудиториямен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарым-қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75591255" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заманауи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізденістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлемелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75214D5F" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5) "педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A23784" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>"педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керек, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F387C1F" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>семинарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конференциялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FEA1CE" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27922F15" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E250AE7" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдастықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стратегиясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конструктивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E200453" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақұлданған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D52DE24" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жобалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F20B377" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A2ED5">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="006A2ED5">
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгерлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдастық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желісін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F46A45" w14:textId="18D28CAF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
+    <w:p w14:paraId="6491B265" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Лауазымдық міндеттер: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім беру қызметін әдістемелік қамтамасыз етуді ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4475C88C" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оқу, оқу-тақырыптық жоспарлар және бағдарламаларды құрастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759B865C" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Балаларға арналған білім беру бағдарламаларын таңдауға (әзірлеуге) қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A7E8004" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Жас ерекшелік топтары бойынша сабақты жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1201F864" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Тәрбие мен оқытудың мазмұнын, нысанын, әдістері мен құралдарын анықтауға көмек көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A2CD1F" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оқу-әдістемелік құжаттамаларды әзірлеуді, рецензиялауды және бекітуге дайындауды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30A41254" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Жаңартылған педагогикалық тәжірибелерді анықтауды, зерделеуді, таратуды және енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215FE1EE" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оқу әдістемелік құралдармен, ойындармен, ойыншықтармен топтарды жабдықтауды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766B30E3" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оқу-әдістемелік және тәрбие жұмыстарының жағдайына талдау жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093F74F8" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Тәрбиешілер үшін ашық сабақтар, семинарлар, жеке және топ бойынша консультациялар, конкурстар мен көрмелер өткізеді, шығармашылық топтардың жұмысын ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62771559" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оқу-педагогикалық және әдістемелік әдебиеттердің деректер банкін жүргізеді, есепке алу және есеп беру құжаттамаларын уақытылы ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7AED93" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Тәрбиешілердің, психологтардың, логопедтердің, музыкалық жетекшілердің, басқа да ұйым мамандарының өзара әрекеттесуін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF8C5A4" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ерекше білім беру қажеттіліктері бар балаларды психологиялық-педагогикалық сүйемелдеу қызметінің қызметін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C308FB" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Тәрбиеші лауазымына және олардың көмекшілеріне кадрларды іріктеу бойынша ұсыныстар енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663C6E4E" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Біліктілікті арттыру және біліктілік санаттарын беру (растау), педагогтарды аттестаттау бойынша жұмысты үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3760A078" w14:textId="77777777" w:rsidR="008945FF" w:rsidRPr="008945FF" w:rsidRDefault="008945FF" w:rsidP="008945FF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008945FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7213F7" w14:textId="482A490B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00470491">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00315FB3">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық жалақы мөлшері білім деңгейіне, еңбек өтіліне,біліктілік санатына байланысты: </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00AE4978" w:rsidRPr="00315FB3">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0 000 теңгеден 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00470491">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...39 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> тенге.</w:t>
+        <w:t xml:space="preserve">0 000 теңгеге дейін. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229D8D5E" w14:textId="7B94B0DF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
+    <w:p w14:paraId="55749404" w14:textId="5BCAB8D4" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...67 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00471134">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>желтоқсан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дағы № 5</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> года</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығы негізінде өткізіледі "Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату қағидалары"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="114520C0" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="745F3A83" w14:textId="76B11AC9" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...22 lines deleted...]
-        <w:t>«Правила назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования»</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсты өткізу күні мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidR="00855078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>03</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00855078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00855078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00855078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдар аралығында</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Павлодар қаласы № </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақшасы" коммуналдық мемлекеттік қазыналық кәсіпорны, Павлодар қаласы, Вс көшесі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Иванова, </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240611CF" w14:textId="6B56B8E8" w:rsidR="00607A21" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="3E321F22" w14:textId="1D8AA50A" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...27 lines deleted...]
-      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00045F84">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>03</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C35FB1">
+        <w:t xml:space="preserve">Байқау кезеңдері: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E140A8" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Конкурс өткізу туралы хабарландыруды жариялау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137A36B0" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) конкурсты өткізу күні мен уақытын айқындау, конкурстық комиссияны қалыптастыру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5290C69E" w14:textId="6159C43C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұжаттарды қабылдау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17207C95" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) құжаттарды қарау (біліктілік талаптарына сәйкестігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54582A28" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) кандидаттардың балдары бірдей болған жағдайда әңгімелесу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55562C0D" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кандидаттың құжаттары қабылданғаннан кейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="002E58C5">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үш жұмыс күні ішінде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық статистика және арнайы есепке алу жөніндегі уәкілетті органға немесе оның аумақтық бөлімшелеріне Сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны туралы мәліметтердің болуы не болмауы туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00045F84">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау салу жіберіледі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогикалық этиканың бұзылуы туралы Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласындағы сапаны қамтамасыз ету комитетіне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A77350">
+        <w:t>сұрау жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E4E1A9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны және/немесе педагогикалық әдеп нормаларын бұзғаны туралы мәліметтерді білгеннен кейін педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B202AA" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="002E58C5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001CE750" w14:textId="23A5A170" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00507D63">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE29A56" w14:textId="3D23F7F2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00045F84">
+        <w:t>жеке басын куәландыратын құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6347D0E0" w14:textId="3B24BA65" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>11.08</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5524FE5C" w14:textId="1E2C32AF" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="004E22AB">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073EF939" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:t>еңбек қызметін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EBC578" w14:textId="27EBDA8E" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...67 lines deleted...]
-        <w:t xml:space="preserve">», </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денсаулық жағдайы туралы анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E6048C" w14:textId="257625DF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="11034432" w14:textId="3F688282" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сихоневрологиялық ұйымнан анықтама; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E493A3C" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="455BDD19" w14:textId="313513B2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:t>Этапы конкурса:</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аркологиялық ұйымнан анықтама; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4C05AA" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="703DE4FE" w14:textId="0D5B2945" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>1) публикация объявления о проведении конкурса;</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ТБЖ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болса); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2181F399" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="1186C71B" w14:textId="3A9B747D" w:rsidR="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00315FB3">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) педагогтің бос немесе уақытша бос лауазымына кандидаттың 11-қосымшаға сәйкес нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толтырылған бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D0BEB7" w14:textId="18ADF747" w:rsidR="0058040B" w:rsidRPr="0058040B" w:rsidRDefault="0058040B" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="24"/>
-[...3 lines deleted...]
-        <w:t>Определение даты и времени проведения конкурса, формирование конкурсной комиссии</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058040B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) еңбек өтілімі жоқ үміткерлер 15 минуттан кем емес бейнепрезентация дайындау керек.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116AE7D6" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="7A9120C2" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-        <w:t>Прием документов</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">        3), 4), 5) тармақшаларда көрсетілген құжаттарды жұмыс орнының кадр қызметі немесе білім беру ұйымының жауапты қызметкері мөрмен куәландырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4CB982" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="2CA2BD65" w14:textId="564E8D46" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> (в течение 5 рабочих дней)</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстық тағайындауға қатысу үшін кандидат білім беруді басқару органының қарауына өзінің кәсіби жетістіктері, біліктілігін арттыруы, ғылыми зерттеулері, өзінің педагогикалық тәжірибесін жинақтауы, наградалары туралы материалдарды, тиімділік көрсеткіштеріне қол жеткізу туралы ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137595FB" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00607A21" w:rsidP="00607A21">
+    <w:p w14:paraId="23E573A7" w14:textId="5C2C27D2" w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidRDefault="009B650A" w:rsidP="00E93BE9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
+      <w:r w:rsidRPr="009B650A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00DD09CB" w:rsidRPr="00315FB3">
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>Собеседование в случае одинаковых баллов кандидатов</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397745D6" w14:textId="38561FB5" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="001A1273">
-[...872 lines deleted...]
-    <w:sectPr w:rsidR="00315FB3" w:rsidSect="00465BBF">
+    <w:sectPr w:rsidR="00927359" w:rsidRPr="00E93BE9" w:rsidSect="009B650A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="707" w:bottom="993" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E84E7E"/>
-[...53 lines deleted...]
-    <w:rsid w:val="00FD5443"/>
+    <w:rsidRoot w:val="00927359"/>
+    <w:rsid w:val="00026C6C"/>
+    <w:rsid w:val="000E136E"/>
+    <w:rsid w:val="0012129B"/>
+    <w:rsid w:val="001E700A"/>
+    <w:rsid w:val="00402B31"/>
+    <w:rsid w:val="00471134"/>
+    <w:rsid w:val="004764CC"/>
+    <w:rsid w:val="0047768B"/>
+    <w:rsid w:val="0058040B"/>
+    <w:rsid w:val="006133CD"/>
+    <w:rsid w:val="00666764"/>
+    <w:rsid w:val="007A7E15"/>
+    <w:rsid w:val="007D0D1C"/>
+    <w:rsid w:val="007E0CF4"/>
+    <w:rsid w:val="007E43A7"/>
+    <w:rsid w:val="00855078"/>
+    <w:rsid w:val="008945FF"/>
+    <w:rsid w:val="00927359"/>
+    <w:rsid w:val="009B650A"/>
+    <w:rsid w:val="00A23B20"/>
+    <w:rsid w:val="00A25445"/>
+    <w:rsid w:val="00A43974"/>
+    <w:rsid w:val="00AE5998"/>
+    <w:rsid w:val="00AF2CBA"/>
+    <w:rsid w:val="00BC09FC"/>
+    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="00E93BE9"/>
+    <w:rsid w:val="00E974D1"/>
+    <w:rsid w:val="00EA3E59"/>
+    <w:rsid w:val="00EF7859"/>
+    <w:rsid w:val="00F5345F"/>
+    <w:rsid w:val="00F60B2A"/>
+    <w:rsid w:val="00F8475B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="45A1B4D5"/>
-  <w15:docId w15:val="{BC766A03-07D0-4F81-A423-856A0F0874A1}"/>
+  <w14:docId w14:val="006D75FF"/>
+  <w15:docId w15:val="{AA9CDBCF-B3BC-4018-9DC4-90A14F1CBB8A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5286,51 +14473,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -5513,564 +14700,462 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D0AFE"/>
+    <w:rsid w:val="00C46EAA"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="1">
-[...72 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C4D49"/>
+    <w:rsid w:val="00C46EAA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E93BE9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="127863403">
+    <w:div w:id="931594349">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad23@goo.edu.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>9280</Characters>
+  <Pages>4</Pages>
+  <Words>1576</Words>
+  <Characters>8985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
+  <Lines>74</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10886</CharactersWithSpaces>
+  <CharactersWithSpaces>10540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Смагулова Ж.А</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>