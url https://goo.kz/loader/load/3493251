--- v0 (2025-12-08)
+++ v1 (2026-02-05)
@@ -1,3152 +1,2988 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="550AC3DE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="08CC97F5" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BEE4FBF" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НА ВАКАНТНЫЕ МЕСТА</w:t>
+      </w:r>
+      <w:r w:rsidR="00465BBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИЧЕСКИХ РАБОТНИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70761FA3" w14:textId="48FBD611" w:rsidR="000D0AFE" w:rsidRPr="004E22AB" w:rsidRDefault="004E22AB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...16 lines deleted...]
-        <w:t>ГЕ</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B42A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19090081" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="7EA89477" w14:textId="6B69BCA7" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...3 lines deleted...]
-          <w:b/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...6 lines deleted...]
-        <w:t>БОС ОРЫНДАРҒА</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r w:rsidR="00672B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-сад № </w:t>
+      </w:r>
+      <w:r w:rsidR="00672B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002973E1" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бъявляет открытый конкурс на замещение вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09651B13" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="24549AEF" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...94 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10307" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="1"/>
+        <w:tblW w:w="10109" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="527"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2749"/>
+        <w:gridCol w:w="673"/>
+        <w:gridCol w:w="1626"/>
+        <w:gridCol w:w="1590"/>
+        <w:gridCol w:w="1593"/>
+        <w:gridCol w:w="1907"/>
+        <w:gridCol w:w="2720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B650A" w:rsidRPr="009B650A" w14:paraId="4209BE02" w14:textId="77777777" w:rsidTr="0012129B">
+      <w:tr w:rsidR="00315FB3" w:rsidRPr="00315FB3" w14:paraId="47084721" w14:textId="77777777" w:rsidTr="000D0AFE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE5AFFE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
+          <w:p w14:paraId="5CC8867C" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="499D70F9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="13DC1DB7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Бос орын лауазымы</w:t>
+              </w:rPr>
+              <w:t>Вакантная должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1475" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3803E829" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="7E6CA0B6" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Жүктеме көлемі</w:t>
+              </w:rPr>
+              <w:t>Объем нагрузки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1593" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08EE2F5C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="285E5EE7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Оқытылу тілі</w:t>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1776" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34CCD771" w14:textId="77777777" w:rsidR="00A43974" w:rsidRDefault="00A43974" w:rsidP="009B650A">
+          <w:p w14:paraId="476B9644" w14:textId="473F65A9" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>МДҰ</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Адрес </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="007D75B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-              <w:t>мекенжайы</w:t>
+              </w:rPr>
+              <w:t>ДО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2749" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F95D498" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="05707A16" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002973E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-              <w:t>дыадресі</w:t>
+              </w:rPr>
+              <w:t>Контакты, электронный адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B650A" w:rsidRPr="004764CC" w14:paraId="05A2CF51" w14:textId="77777777" w:rsidTr="0012129B">
+      <w:tr w:rsidR="00315FB3" w:rsidRPr="00672B92" w14:paraId="5C05A879" w14:textId="77777777" w:rsidTr="000D0AFE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="527" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="673" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACB370F" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
+          <w:p w14:paraId="239D8C1D" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B650A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2285" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="310BF63E" w14:textId="1DB403DF" w:rsidR="009B650A" w:rsidRPr="006F469A" w:rsidRDefault="006F469A" w:rsidP="009B650A">
+          <w:p w14:paraId="6E15072E" w14:textId="25AC7F5B" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="00213C21" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Педагог-психолог</w:t>
+            </w:r>
+            <w:r w:rsidR="001B65D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1475" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32F2806A" w14:textId="32C2C12C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00F60B2A" w:rsidP="009B650A">
+          <w:p w14:paraId="3F04F60E" w14:textId="40418768" w:rsidR="002973E1" w:rsidRDefault="008D7FB0" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="009B650A" w:rsidRPr="009B650A">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ставка </w:t>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C156F7" w14:textId="698F5F28" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1593" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB84359" w14:textId="77777777" w:rsidR="00213C21" w:rsidRDefault="00213C21" w:rsidP="002973E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="00473B03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>азахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F3200E6" w14:textId="5088C9F3" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="00213C21" w:rsidP="002973E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1495" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1907" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C353ED2" w14:textId="78F5BB7F" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00026C6C" w:rsidP="009B650A">
+          <w:p w14:paraId="0C592FC1" w14:textId="6245DB12" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...52 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Павлодар қаласы, Вс.Иванова көш. </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">г. Павлодар, </w:t>
             </w:r>
-            <w:r w:rsidR="004764CC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="008C4D49">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ул. Вс. Иванова. </w:t>
+            </w:r>
+            <w:r w:rsidR="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2749" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D34C190" w14:textId="6EE59C53" w:rsidR="004764CC" w:rsidRPr="00A25445" w:rsidRDefault="004764CC" w:rsidP="0012129B">
+          <w:p w14:paraId="125C97B9" w14:textId="77777777" w:rsidR="00672B92" w:rsidRPr="00672B92" w:rsidRDefault="00672B92" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7812) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A25445">
+            <w:r w:rsidRPr="00672B92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>;</w:t>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="508E4807" w14:textId="7C2B8907" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="0012129B">
+          <w:p w14:paraId="69CF21F1" w14:textId="77777777" w:rsidR="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A25445">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">email: </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="42E84D44" w14:textId="05355373" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00315FB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:bookmarkStart w:id="0" w:name="_Hlk94085354"/>
-            <w:r w:rsidR="004764CC" w:rsidRPr="00A25445">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="004764CC" w:rsidRPr="00A25445">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> HYPERLINK "mailto:sad23@goo.edu.kz" </w:instrText>
             </w:r>
-            <w:r w:rsidR="004764CC" w:rsidRPr="00A25445">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="004764CC" w:rsidRPr="00A25445">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004764CC" w:rsidRPr="00A25445">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="0000FF"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>sad23@goo.edu.kz</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="004764CC" w:rsidRPr="00A25445">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00672B92" w:rsidRPr="00672B92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D6E2588" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+          <w:p w14:paraId="64E90F87" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
             <w:pPr>
-              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-              <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51F8021C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="601D2284" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRPr="00672B92" w:rsidRDefault="00315FB3" w:rsidP="002973E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58C205C2" w14:textId="7065B750" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z1772"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8056A" w:rsidRPr="00F8056A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC14156" w14:textId="4F457D8F" w:rsidR="00B145AE" w:rsidRPr="00B42A6E" w:rsidRDefault="00DD09CB" w:rsidP="00213C21">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z1792"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00213C21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00213C21" w:rsidRPr="00B42A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осуществляет деятельность, направленную на сохранение и коррекцию психологического и социального благополучия детей дошкольного возраста. Определяет факторы, препятствующие развитию личности детей дошкольного возраста, принимает меры по оказанию различного вида психологической ( </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009B650A">
-[...7 lines deleted...]
-        <w:t>Біліктілік</w:t>
+      <w:r w:rsidR="00213C21" w:rsidRPr="00B42A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психокоррекционной</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009B650A">
-[...698 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+      <w:r w:rsidR="00213C21" w:rsidRPr="00B42A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, реабилитационной и консультационной) помощи. Оказывает психолого-педагогическую поддержку детям дошкольного возраста, родителям или лицам, их заменяющим, педагогам по вопросам организации учебной деятельности. Проводит психологическую диагностику различного профиля и предназначения. Осуществляет психолого-педагогическое обследование, в том числе с особыми образовательными потребностями. Изучает проблемы личностного и социального развития детей дошкольного возраста оформляет заключение и осуществляет консультативную работу с родителями или с лицами их заменяющими, воспитателями и педагогами дошкольной организации. Ведет документацию по установленной форме и использует ее по назначению. Участвует в планировании и разработке развивающих и коррекционных программ образовательной деятельности с учетом индивидуальных и половозрастных особенностей личности детей дошкольного возраста, способствует развитию у них готовности к ориентации в различных ситуациях жизненного самоопределения. Осуществляет психологическую поддержку творчески одаренных детей дошкольного возраста, содействует их развитию. Участвует в работе педагогических, методических советов, в работе по проведению родительских собраний, оздоровительных, воспитательных и других мероприятий, предусмотренных в плане работы организации образования. Повышает профессиональный уровень. Обеспечивает охрану жизни, здоровья и прав детей в воспитательно-образовательном процессе. Соблюдает правила безопасности и охраны труда, противопожарной защиты. Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDFF976" w14:textId="6245D163" w:rsidR="009B650A" w:rsidRPr="006F469A" w:rsidRDefault="009B650A" w:rsidP="006F469A">
+    <w:p w14:paraId="13F46A45" w14:textId="135D87F7" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Размер должностного оклада в зависимости от </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уровня образования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трудового стажа</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4978" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">квалификационной </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4978" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:r w:rsidR="00672B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0 000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге до 1</w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ектеп жасына дейінгі балалардың психологиялық және әлеуметтік жағдайын сақтауға және түзетуге бағытталған қызметті жүзеге асырады. Мектеп жасына дейінгі балалар тұлғасының дамуына кедергі келтіретін факторларын айқындайды, әртүрлі психологиялық көмек (психикалық түзету, сауықтыру және кеңес беру) көрсету бойынша шараларды қабылдайды. Мектепке дейінгі жастағы балаларға, ата-аналарға немесе оларды алмастыратын тұлғаларға, педагогтарға оқу қызметін ұйымдастыру мәселелері бойынша психологиялық-педагогикалық қолдау көрсетеді. Әр түрлі бейіндегі және арналуындағы психологиялық диагностика жүргізеді. Психологиялық-педагогикалық тексеруді жүзеге асырады, оның ішінде ерекше білім беру қажеттілігі бар; мектепке дейінгі жастағы балалардың жеке және әлеуметтік даму мәселелерін зерделейді қорытындыны ресімдейді және ата-аналармен немесе оларды алмастыратын тұлғалармен, мектепке дейінгі ұйымның тәрбиешілерімен және педагогтарымен консультациялық жұмысты жүзеге асырады. Белгіленген нысан бойынша құжаттаманы жүргізеді және оны мақсаты бойынша пайдаланады. Мектепке дейінгі жастағы балалардың жеке және жыныстық-жас ерекшеліктерін ескере отырып, білім беру қызметінің дамыту және түзету бағдарламаларын жоспарлауға және әзірлеуге қатысады, олардың өмірлік өзін-өзі анықтаудың әр түрлі жағдайларында бағдарлануға дайындығын дамытуға ықпал етеді. Мектепке дейінгі жастағы шығармашылықпен дарынды балаларды психологиялық қолдауды жүзеге асырады, олардың дамуына жәрдемдеседі. Педагогикалық, әдістемелік кеңестердің жұмысына, ата-аналар жиналысын, сауықтыру, тәрбие және білім беру ұйымының жұмыс жоспарында қарастырылған басқа да іс-шараларды өткізу жұмыстарына қатысады. Кәсіби деңгейін арттырады. Тәрбие-білім беру процесінде балалардың өмірін, денсаулығын және құқықтарын қорғауды қамтамасыз етеді. Қауіпсіздік және еңбекті қорғау,өртке қарсы қорғау ережелерін сақтайды. Білім беру процесінің барлық субъектілерінің, оның ішінде балалар отбасының қатысуымен ұйымда "Құндылықтарға негізделген білім беру" тұжырымдамасын енгізеді.</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0 000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A7213F7" w14:textId="482A490B" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="229D8D5E" w14:textId="7B94B0DF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на основ</w:t>
+      </w:r>
+      <w:r w:rsidR="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказа МОН </w:t>
+      </w:r>
+      <w:r w:rsidR="00470491" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>РК №</w:t>
+      </w:r>
+      <w:r w:rsidR="00470491">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B650A">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">0 000 теңгеге дейін. </w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дека</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бря 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55749404" w14:textId="5A6C2589" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="114520C0" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B650A">
-[...56 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0012129B">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> бұйрығы негізінде өткізіледі "Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату қағидалары"</w:t>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Правила назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745F3A83" w14:textId="16B74484" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="240611CF" w14:textId="43A972A4" w:rsidR="00607A21" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата и место проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>03</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35FB1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Конкурсты өткізу күні мен орны: </w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77350">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="002E58C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>03</w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...86 lines deleted...]
-        </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F8475B">
-[...37 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Коммунальное государственное казенное предприятие «</w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-сад № </w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F8475B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B650A">
-[...47 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidR="00470491" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0454A45C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="17E6048C" w14:textId="257625DF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. Павлодар, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ул. Вс. Иванова,</w:t>
+      </w:r>
+      <w:r w:rsidR="00607A21" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E493A3C" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Этапы конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4C05AA" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) публикация объявления о проведении конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2181F399" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Определение даты и времени проведения конкурса, формирование конкурсной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116AE7D6" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прием документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4CB982" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рассмотрение документов (соответствие квалификационным требованиям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в течение 5 рабочих дней)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137595FB" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00607A21" w:rsidP="00607A21">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD09CB" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Собеседование в случае одинаковых баллов кандидатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397745D6" w14:textId="38561FB5" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="001A1273">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>трех рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после принятия документов </w:t>
+      </w:r>
+      <w:r w:rsidR="00D721BE" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата: направляется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запрос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1273">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направляется запрос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о нарушении педагогической этики в Комитет по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBF062C" w14:textId="3B26241D" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выявлении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведений о совершении коррупционного преступления и/или уголовного правонарушения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и/или нарушении норм педагогической этики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, запрещающие трудоустройство в соответствии с действующим законодательством Республики Казахстан, педагог отстраняется от конкурса на любом этапе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E5CA13F" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A2D0DE" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B33AC77" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документ, удостоверяющий личность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186C2694" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) заполненный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">личный листок по учету кадров </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0810AAF9" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копии документов об образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квалификационны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характеристик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027BD692" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копию документа, подтверждающую трудовую деятельность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E356C9" w14:textId="63E882E2" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре </w:t>
+      </w:r>
+      <w:r w:rsidR="000E170F" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной регистрации нормативных правовых актов под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23853C42" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49657549" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54514C08" w14:textId="42DED2EF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0930">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сертификат Национального квалификационного тестирования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - НКТ) или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удостоверение о наличии квалификационной категории </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDEB8EE" w14:textId="60C3A448" w:rsidR="00DD09CB" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) заполненный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C82590A" w14:textId="41859064" w:rsidR="002E58C5" w:rsidRPr="002E58C5" w:rsidRDefault="002E58C5" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 х 480</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74695D1F" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Документы, указанные в подпунктах 3), 4), 5) заверяются печатью кадровой службой с места работы или ответственным работником организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0926663A" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Для участия в конкурсном назначении кандидат предоставляет на рассмотрение органу управления образованием материалы о его профессиональных достижениях, повышении квалификации, научных исследованиях, обобщении собственного педагогического опыта, наградах, информацию о достижении показателей эффективности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212C6B35" w14:textId="5EC9A3B1" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1415C" w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315FB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40198335" w14:textId="77777777" w:rsidR="00034120" w:rsidRDefault="00034120" w:rsidP="000D0AFE">
+      <w:pPr>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E321F22" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+    <w:p w14:paraId="2DCB4F83" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRDefault="00315FB3" w:rsidP="000D0AFE">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...944 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00927359" w:rsidRPr="009B650A" w:rsidSect="009B650A">
+    <w:sectPr w:rsidR="00315FB3" w:rsidSect="00465BBF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="707" w:bottom="993" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00927359"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00F8475B"/>
+    <w:rsidRoot w:val="00E84E7E"/>
+    <w:rsid w:val="00034120"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:rsid w:val="000E170F"/>
+    <w:rsid w:val="001510DF"/>
+    <w:rsid w:val="00152B41"/>
+    <w:rsid w:val="001A1273"/>
+    <w:rsid w:val="001B65D1"/>
+    <w:rsid w:val="00213C21"/>
+    <w:rsid w:val="0027761B"/>
+    <w:rsid w:val="002973E1"/>
+    <w:rsid w:val="002A49E8"/>
+    <w:rsid w:val="002E58C5"/>
+    <w:rsid w:val="00315FB3"/>
+    <w:rsid w:val="00465BBF"/>
+    <w:rsid w:val="00470491"/>
+    <w:rsid w:val="00473B03"/>
+    <w:rsid w:val="0049572B"/>
+    <w:rsid w:val="004E22AB"/>
+    <w:rsid w:val="00607A21"/>
+    <w:rsid w:val="00630929"/>
+    <w:rsid w:val="00633886"/>
+    <w:rsid w:val="00672B92"/>
+    <w:rsid w:val="006D741D"/>
+    <w:rsid w:val="006E4196"/>
+    <w:rsid w:val="007D75B5"/>
+    <w:rsid w:val="008C4D49"/>
+    <w:rsid w:val="008D7FB0"/>
+    <w:rsid w:val="00903014"/>
+    <w:rsid w:val="00991345"/>
+    <w:rsid w:val="009F5B53"/>
+    <w:rsid w:val="00A44D96"/>
+    <w:rsid w:val="00A77350"/>
+    <w:rsid w:val="00AD7E37"/>
+    <w:rsid w:val="00AE4978"/>
+    <w:rsid w:val="00AF5A6C"/>
+    <w:rsid w:val="00B145AE"/>
+    <w:rsid w:val="00B42A6E"/>
+    <w:rsid w:val="00C35FB1"/>
+    <w:rsid w:val="00D1415C"/>
+    <w:rsid w:val="00D353F2"/>
+    <w:rsid w:val="00D721BE"/>
+    <w:rsid w:val="00DA77AE"/>
+    <w:rsid w:val="00DB0930"/>
+    <w:rsid w:val="00DB745A"/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:rsid w:val="00E84E7E"/>
+    <w:rsid w:val="00F8056A"/>
+    <w:rsid w:val="00FD5443"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="006D75FF"/>
-  <w15:docId w15:val="{AA9CDBCF-B3BC-4018-9DC4-90A14F1CBB8A}"/>
+  <w14:docId w14:val="45A1B4D5"/>
+  <w15:docId w15:val="{BC766A03-07D0-4F81-A423-856A0F0874A1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3261,51 +3097,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3488,450 +3324,564 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DD09CB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="000D0AFE"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a4"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000D0AFE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00315FB3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00315FB3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="008C4D49"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="931594349">
+    <w:div w:id="127863403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C8E7050-21D4-4367-AECD-BE41AA4FED22}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5761</Characters>
+  <Pages>1</Pages>
+  <Words>1020</Words>
+  <Characters>5817</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6758</CharactersWithSpaces>
+  <CharactersWithSpaces>6824</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Смагулова Ж.А</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>