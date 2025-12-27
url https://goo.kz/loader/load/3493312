--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,9464 +1,8630 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="299AE66D" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="0A0C2792" w14:textId="2C04EE93" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00D54918">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00307343">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="00E54128">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының Камал Макпалеев атындағы жалпы орта білім беру мектебі» КММ</w:t>
+        <w:t>имени Камала Макпалеева</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00307343">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3686B472" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="0F56B0C2" w14:textId="27B505FC" w:rsidR="00D54918" w:rsidRDefault="00D54918" w:rsidP="00D54918">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D6630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на должность педагога-ассистента с </w:t>
+      </w:r>
+      <w:r w:rsidR="009D6630" w:rsidRPr="009D6630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственным и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6630">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>русским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B34CBE" w14:textId="77777777" w:rsidR="009D6630" w:rsidRPr="009D6630" w:rsidRDefault="009D6630" w:rsidP="00D54918">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="kk-KZ"/>
-[...55 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="487"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6233"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="279"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="3091"/>
+        <w:gridCol w:w="4267"/>
+        <w:gridCol w:w="290"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00917DF0" w:rsidRPr="003D6614" w14:paraId="725C8CA6" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="05EF09C6" w14:textId="77777777" w:rsidTr="00D04C97">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC7B61B" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A1E30F" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...31 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6890613B" w14:textId="44D9B7DA" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Камал Макпалеев атындағы жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00F82AE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>имени Камала Макпалеева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="2B4F4536" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="1697C045" w14:textId="77777777" w:rsidTr="00D04C97">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...36 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E56B5A4" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F831DB6" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-          <w:p w14:paraId="1BB28970" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="04178D63" w14:textId="69411A43" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-              <w:t>140013, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Гагарин  көшесі, 58</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140</w:t>
+            </w:r>
+            <w:r w:rsidR="00F82AE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>013</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Республика Казахстан, Павлодарская область,   город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00F82AE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Гагарина</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F82AE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="6F6DD5E9" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="7FDD1E3F" w14:textId="77777777" w:rsidTr="00D04C97">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...35 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B7DE79" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DEA5C4" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...21 lines deleted...]
-          <w:p w14:paraId="79593C5E" w14:textId="6551EB1E" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="068A39EE" w14:textId="096AE2CC" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) </w:t>
             </w:r>
-            <w:r w:rsidR="00F67D7F">
+            <w:r w:rsidR="00B62D28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>22-22-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="5CA36303" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="2394C73F" w14:textId="77777777" w:rsidTr="00D04C97">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...35 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DE5F54" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DFC10E0" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2048C6" w14:textId="4926EFE6" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00C80B8D" w:rsidP="00913842">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00D54918" w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>osh</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00D54918" w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="4D9FE0DE" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="46545C93" w14:textId="77777777" w:rsidTr="00D04C97">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DAC8445" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-[...10 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5B105F" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...16 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5E78FD" w14:textId="149A8C35" w:rsidR="00D54918" w:rsidRPr="007550A0" w:rsidRDefault="00D54918" w:rsidP="007550A0">
+            <w:pPr>
+              <w:pStyle w:val="3"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
-              <w:outlineLvl w:val="2"/>
-[...38 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="1E1E1E"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="1E1E1E"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-ассистент</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русским языком обучения, </w:t>
+            </w:r>
+            <w:r w:rsidR="009422F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r w:rsidR="005C0227">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="1E1E1E"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w:rsidRPr="003D6614" w14:paraId="4BD92E41" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="084057F4" w14:textId="77777777" w:rsidTr="00D04C97">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...36 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D704500" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4713E36C" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...16 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="61087894" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оказывает помощь обучающимся по рекомендации психолого-медико-педагогической консультации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D06B782" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z872"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>      Под руководством учителя принимает участие в образовательном, коррекционно-развивающем процессах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25BAC5BA" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z873"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>      Принимает участие при обследовании учащегося с особыми образовательными потребностями специалистами службы психолого-педагогического сопровождения, а также в составлении индивидуальных образовательных программ (учебных планов) в том числе поведенческих, обеспечивает реализацию сокращенных (адаптированных), специальных учебных программ и учебных материалов для удовлетворения особых образовательных потребностей учащегося.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09403FB3" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z874"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>      Осуществляет наблюдение и ведет сбор данных об учащемся с особыми образовательными потребностями в процессе обучения и развивающей работы, протоколирование результатов освоения образовательной программы, динамики развития учебных, социально-адаптивных (поведенческих) навыков учащегося, предоставляет информацию учителю и специалистам службы психолого-педагогического сопровождения для мониторинга динамики процесса обучения и социализации учащегося.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="00D86250" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="452D2E2D" w14:textId="77777777" w:rsidTr="00D04C97">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="277AEAA9" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31890B28" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="717DD0BD" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02BDC4A2" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 100 000-130000 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="6B8A1A71" w14:textId="77777777" w:rsidTr="00D04C97">
+        <w:trPr>
+          <w:trHeight w:val="2677"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="71515E72" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A1340C" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18569B49" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D8FFAB6" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z1742"/>
+            <w:bookmarkStart w:id="4" w:name="z3093"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>      высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w14:paraId="279204FD" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Должностные обязанности: Осуществляет психолого-педагогическое сопровождение обучающего с особыми образовательными потребностями в организациях образования общего типа. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D634D4" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z870"/>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>      Оказывает помощь обучающемуся с особыми образовательными потребностями во время организованной учебной деятельности, в течение времени пребывания в организации образования, в случае, когда их самостоятельная деятельность ограничена по состоянию здоровья.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w14:paraId="5FB57777" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>   </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="z3094"/>
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w14:paraId="4FB4F0E3" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="6A53A827" w14:textId="77777777" w:rsidTr="00D04C97">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C25430F" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8A6068" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A133F9" w14:textId="483A8B75" w:rsidR="00D54918" w:rsidRPr="00056709" w:rsidRDefault="00B62D28" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF04A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00D54918" w:rsidRPr="00056709">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00D54918" w:rsidRPr="00056709">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.-</w:t>
+            </w:r>
+            <w:r w:rsidR="008C0BB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF04A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D54918" w:rsidRPr="00056709">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00D54918" w:rsidRPr="00056709">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="11983013" w14:textId="77777777" w:rsidTr="00D04C97">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2666D210" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="519566E2" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B98D958" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61D6FEBA" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...38 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...20 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FF705DB" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12A865B3" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...16 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...20 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61522DE9" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-              <w:t>- жоғары білім (min): 100000-130000 теңге</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28B83217" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D666C28" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D4FFF2B" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20FCD6C9" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EC89F69" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w:rsidRPr="003D6614" w14:paraId="20D56CC0" w14:textId="77777777" w:rsidTr="00917DF0">
-[...13 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00D54918" w:rsidRPr="00307343" w14:paraId="63F700F5" w14:textId="77777777" w:rsidTr="00D04C97">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="167913D5" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...43 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFA9E6E" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...17 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="529CC9D0" w14:textId="77777777" w:rsidR="00D54918" w:rsidRPr="00307343" w:rsidRDefault="00D54918" w:rsidP="00913842">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...68 lines deleted...]
-              <w:t>- педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00307343">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="27CFBE4A" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="004B0F56" w14:paraId="1A1F4691" w14:textId="77777777" w:rsidTr="00D04C97">
         <w:trPr>
-          <w:trHeight w:val="423"/>
-[...1172 lines deleted...]
-        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="113" w:type="dxa"/>
+          <w:wAfter w:w="290" w:type="dxa"/>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcW w:w="5644" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51E6129C" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="373374D7" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C162097" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07ED1B73" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E42AF0B" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F420F8A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="345AF31B" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="202D21B6" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="4359" w:type="dxa"/>
+          <w:p w14:paraId="7E7300DB" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CF4C52D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0264CF74" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="6A1E9FE9" w14:textId="4427BAA5" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="70775461" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33E9A9BA" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="2CECF2C5" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2621169E" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="192A3EC5" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E6D8144" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="04B6BED2" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A04EDB0" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="004B0F56" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...83 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...105 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F984CF9" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="3CE2E30C" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00CDB511" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="672D09F1" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA80106" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="45E34070" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>конкурс жариялаған мемлекеттік орган</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E3C37B2" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="3A2BD304" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27317810" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="3E4B217C" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FD7D3D5" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="63507480" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="00A340F8" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A340F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E659F0" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="20924644" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A340F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71151192" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="269E6A88" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A340F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="504FEF85" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="2669B65B" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="00A340F8" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A340F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25A4A74C" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="40857775" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A340F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B2CA41" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="5B449865" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E05E991" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="7197532C" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DE443C" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="555EC22F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00EC5C23" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="2F4C6103" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06974FE2" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="20328510" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Мені </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E0482C" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="4D27698A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383DB8BA" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="7C08ABD8" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E49203" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="73B58011" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C239C9" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="14FEFD18" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="072F8C72" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="1540515F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462B9C46" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="5F7E6035" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1216FF60" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="0E3DC206" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174FC677" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="724921D0" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A7D8CBC" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="7AA32D42" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D8CE967" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="610C3130" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E2FDD7" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="2BC7F427" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1996"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2776"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00917DF0" w14:paraId="43E556FB" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="325A1BA0" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="30EE3D5B" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білімі</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="515F41D2" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="3EB4A6F2" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3375786B" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9966EE" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="640E8BEE" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="361E4FBA" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="1D1B10A4" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="2A7DAF0C" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="1D938643" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E29DDE" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CF3833" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25ABBB3F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="483B14A3" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32B12232" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="3F927209" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5079B2E7" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="702D97DC" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Біліктілік санатының болуы (берген (растаған) күні):</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D1207B" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="2027D5E6" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CD80358" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="33459F83" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6605400D" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="11053EF5" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Педагогикалық</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>жұмыс</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>өтілі</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="727720F0" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="114CF2BB" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Келесі</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>жұмыс</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>нәтижелерім</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>бар</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F379ECE" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="5008AC7A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D43C58" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="77CD952A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301BF14F" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="24E06C16" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B05288F" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="509F5D56" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF1CD04" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="0CCC81D0" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A52EED8" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="1C9CCCAD" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA18686" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="4664C098" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B2830C" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="223D6674" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="085A17F6" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="289044D0" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0355FF7A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="41AC9CC7" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Cондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1536AD43" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="1607677F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA190D2" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="351A2783" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A3DABF1" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="476AA528" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AFA2CDE" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="614EBDD4" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A982534" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="24D5671A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49D80C97" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="29E1184E" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>20____</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">_ </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>жылғы «____</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>»_______________                ______________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                         </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E5B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>олы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0067C863" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="3B6E233B" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287F350A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="0B4A5F6F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5408"/>
-        <w:gridCol w:w="3947"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00917DF0" w14:paraId="78046870" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="3923FED3" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33228784" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="3F3BE65D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4EB5B4BC" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="78014ABC" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4217" w:type="dxa"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2BE36BB6" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="649CFD0A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EA7EFAC" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="75A45474" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BA26910" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="3C48CE97" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40A53A8B" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="502A58C9" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қағидаларына 11-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DC3B506" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="039D005F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C2798E8" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="34F3B4FA" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7621DECF" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="0472A9E0" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Педагогтің</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>бос</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>немесе</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>уақытша</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>бос</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>лауазымына</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>кандидаттың</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>бағалау</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>парағы</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6DA5EF" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="3DEB9BB1" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Т</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ә</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>болған</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>жағдайда</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006E5B4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658389AE" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0" w:rsidP="00917DF0">
+    <w:p w14:paraId="12C09A50" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10110" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="467"/>
-        <w:gridCol w:w="1702"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4963"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00917DF0" w14:paraId="6F9A58EC" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="24955D31" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0245B979" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="01ECADB5" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="47E90197" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="6FD0A688" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="50EEE542" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="3291AEF0" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="77DDF8EE" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="19F0FD97" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Балл саны</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="19A3A824" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="4D3D3982" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36763349" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="40D41E26" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w:rsidRPr="003D6614" w14:paraId="3D82079D" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="00AF04A3" w14:paraId="64059C53" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0F525B09" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="1124DBEC" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="4E15AC46" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="307ED478" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білімі туралы диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...12 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="0CA9CDAC" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Техникалық және кәсіптік = 1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F258CEE" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6943FD4C" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жоғары күндізгі = 5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E9C6134" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="70594730" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7049BA17" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2C0D02EF" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="5774F905" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="0A366677" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="4BD62805" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="26404AB6" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="952"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="406AE0DC" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="464B05BA" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="472787C9" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылыми/ академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="52911458" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білімі туралы диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...12 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="22C64425" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Магистр немесе жоғары білімі бар маман = 5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A2A5554" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2B31008E" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PHD-докторы = 10</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25186823" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="11EF1B82" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылым докторы = 10</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="345FBA6B" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="1CFF0E7D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылым кандидаты = 10</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="577F5B15" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="7FDB9717" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w:rsidRPr="003D6614" w14:paraId="5166E583" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="00AF04A3" w14:paraId="7A5659C7" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71CA172A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="0B7EFD9D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="70E78DCE" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="21D42D2E" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="63D5F994" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ұлттық біліктілік тестілеуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="22D481A0" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7E4CEC" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4D7DAF51" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B59D0CE" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="69BB883F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FAC24DD" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5A66C036" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60-қа дейін = 0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A0EE456" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="32E8C3F7" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70-ке дейін = 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="085A9DF9" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="26B2A73C" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>70-тен 80-ге дейін = 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="176B0E0F" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2EC66DBB" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>80-нен 90-ға дейін = 6 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01071C8F" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0D6C7CF9" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08DF5BE4" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="16030E5D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-дан 40-қа дейін = 0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BD4E74F" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0E4AB837" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40-тан 50-ге дейін = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31BAB0DB" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6389D2D2" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60-қа дейін = 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="621F9A0C" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3969AF03" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70-ке дейін = 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7165AC0D" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="266BCF12" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64866BED" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="10F3BC3C" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«Педагог-модератор» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13E75105" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="71890357" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C1BF234" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="30520DA1" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін = 0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47277002" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="56E1980D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін = 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F00E2A1" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="27931E44" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>70-тен 80 балға дейін=6 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70031586" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="51FCCDA0" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>80-ден 90 балға дейін=7 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="415DAA1E" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6A69526E" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4154253A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="658C47F6" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-дан 40 балға дейін=0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5425043A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="51B187D3" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40-тан 50 балға дейін=2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B1FFCF6" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="22B4933A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін=3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="053845AF" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0480EF4A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін=4 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD5F5A8" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...11 lines deleted...]
-          <w:p w14:paraId="5D3E18E1" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="6168ADD7" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07E207A5" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="324D4A54" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="054C060F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A294325" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="50911B01" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін=0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C01B8FB" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="69C5DFFC" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін=4 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69226D84" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="672EB297" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>70-тен 80 балға дейін=7 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68D0565D" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="05864837" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>80-нен 90 балға дейін=8 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B8E1FD4" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0B8D150A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3667CD07" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3E6CD6CE" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-дан 40 балға дейін=0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4731442F" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="7079832F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40-тан 50 балға дейін=3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48119338" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="00AAA6ED" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін=4 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6549A482" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2DD28786" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін=5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5538EEE9" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...11 lines deleted...]
-          <w:p w14:paraId="043238C4" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          <w:p w14:paraId="00A5E6B8" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7790C0F3" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15B85BB2" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="074710E6" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CA280BF" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4C5FEA19" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін=0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61320B5B" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="16A490CF" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін- 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57EA9872" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="425412DE" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>70-тен 80 балға дейін=8 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DE726F4" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2E6494EF" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>80-нен 90 балға дейін=9 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07CE3ACE" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="63B256D6" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Әдістеме және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DB2B45A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4BBA2A8E" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-дан 40 балға дейін=0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BBD8710" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3FFF691F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 - тан 50 балға дейін=4 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50F3244A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="44709471" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін=5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AC3FC8F" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...11 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2DFB8626" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін=6 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BBCACF9" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...22 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="25562424" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74B545BA" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Педагог-шебер» біліктілік санатымен</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="28AEB51D" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="6940E9CD" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="01CB708A" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="3100AEB5" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="737FB378" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="5DBF0E3E" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="0592508C" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Біліктілігі/ Санаты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="5928AD2D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Куәлік, өзге де құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="08887889" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 санат-1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DBF6B30" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="7684C36F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 санат -</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="437FF00C" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5E4A64D8" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жоғары санатты</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E28CD82" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="670BA57B" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E60C334" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="44D858EB" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-сарапшы = 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="012D669B" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3AD8052A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог- зерттеуші = 7 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45C5EB13" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0C4AF547" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="54D81C88" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="32B0502D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="3F4D4F8C" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="0FB1ADC1" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="74A91D85" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="023B1FDD" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="3142070D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагогикалық қызмет өтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="4D15462E" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="443235FE" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 жылдан 3 жылға дейін = 1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6248334F" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="554E1E99" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06E54E8C" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="30F8BECE" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 жылдан 10 жылға дейін = 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2602F31B" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="51BCBBE7" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10 жылдан және одан артық = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="5A3506A8" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="5081694E" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="5692D7F1" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="435D994F" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="13F172A6" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="2E63857A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="3B047449" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="34EDDBA1" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="240F716D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>әдіскер= 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6770B626" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="7F7F3670" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>директор орынбасары= 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A08B000" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4E5870B4" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>директор = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="6A54E99B" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="31E899B6" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="41E4343B" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="52EE0F1B" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5A732353" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="78CF3C65" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="414CE095" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="3D509191" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білім туралы дипломға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="56ED2E8F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D2AAFBA" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="641FF758" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«өте жақсы» = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69A47C70" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3960CB2D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«жақсы» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="6646B6EB" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="515F5FE1" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="3A7829D7" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="065F7828" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6AB4939F" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="11C66CE2" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="044BC710" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="6A2063B0" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Хат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="779D3D96" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FBED4BB" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="66509DD9" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46F3CEDE" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3DC47F80" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="1253F8B0" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="365C1A08" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="03428013" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="1AA42076" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2EE9F5E6" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="17914271" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="3AAEAD76" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="5A415B7C" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CF5BB7D" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="185F992A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A26811A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="26839010" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="203A8B4F" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41E843B7" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="00FF12D8" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ғылыми жобалар-1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="067AA86A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5482A456" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>олимпиадалар мен конкурстардың жүлдегерлері - 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A9B9153" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="32E7561B" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«Үздік педагог» конкурсының қатысушысы-1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D22D414" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6FDF0719" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«Үздік педагог» конкурсының жүлдегері – 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C2EBC36" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5A203A40" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>медаль «Қазақстанның еңбек сіңірген ұстазы» – 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="17F73F42" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="21677FF2" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w:rsidRPr="003D6614" w14:paraId="2659367E" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="00AF04A3" w14:paraId="2A4D4A4F" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="29381C1D" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="257E1587" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="710C9A88" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістемелік қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="0B913FFB" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="5E503B4D" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="571318D0" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...19 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="46FFDEE0" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0039280E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК  тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– 2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12ABB769" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...10 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="61161269" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="60A7F46F" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="26CD3A96" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="4D0CB4A6" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="47F5D8FA" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="478C5664" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="72288CEA" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="18B2F382" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Қоғамдық-педагогикалық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="24347781" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- көшбасшылық</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C832B1A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0BD948F6" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- көптілділікті жүзеге асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="29D0C894" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Тәлімгер - 0,5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="252FCE29" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="49ABACFB" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ӘБ жетекшілігі -1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3604B258" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5A180381" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D3A9D54" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="664B6266" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CB284AA" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="750ACA87" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6798765A" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3A089754" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="5F0139A1" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="76A235C6" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="329FB6ED" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="6F067F14" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7B7B1201" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="3D91C5F6" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="1C6451B9" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Курстық дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="4F9FFA80" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- пәндік дайындық сертификаттары;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D55F979" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4759E79A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- цифрлық сауаттылық сертификаты,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16508421" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5F16D663" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29E9B27E" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="0A2B6CD5" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TOEFL; DELF;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="057150B6" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3EFAEB30" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Goethe Zertifikat, «Python-да бағдарламалау негіздері», «Microsoft-пен жұмыс істеуді оқыту» бағдарламалары бойынша оқыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...11 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="3B1D790A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>НЗМ ПШО, «Өрлеу» курстары</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– 0,5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0647D6A7" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="74B93DFC" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="0D027719" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="018BE616" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917DF0" w14:paraId="516EB291" w14:textId="77777777" w:rsidTr="00917DF0">
+      <w:tr w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w14:paraId="705341FB" w14:textId="77777777" w:rsidTr="000A504A">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4153" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="34396875" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="67461F18" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1969197D" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="0823D8A1" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="006E5B4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Максималды балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:tcBorders>
-[...6 lines deleted...]
-          <w:p w14:paraId="700380BC" w14:textId="77777777" w:rsidR="00917DF0" w:rsidRDefault="00917DF0">
+          </w:tcPr>
+          <w:p w14:paraId="623A4418" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="000A504A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F194B1B" w14:textId="77777777" w:rsidR="00DB02D0" w:rsidRDefault="00DB02D0" w:rsidP="00917DF0"/>
-    <w:sectPr w:rsidR="00DB02D0">
+    <w:p w14:paraId="45171E4A" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="006E5B4A" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22F1CA23" w14:textId="77777777" w:rsidR="00D04C97" w:rsidRPr="001B695E" w:rsidRDefault="00D04C97" w:rsidP="00D04C97">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D04C97" w:rsidRPr="001B695E" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="140"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00627C41"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00F86C64"/>
+    <w:rsidRoot w:val="00F70384"/>
+    <w:rsid w:val="00030943"/>
+    <w:rsid w:val="000523DA"/>
+    <w:rsid w:val="00056709"/>
+    <w:rsid w:val="000F02F2"/>
+    <w:rsid w:val="00131B27"/>
+    <w:rsid w:val="001B042D"/>
+    <w:rsid w:val="00253961"/>
+    <w:rsid w:val="00307343"/>
+    <w:rsid w:val="00592BC0"/>
+    <w:rsid w:val="005A6D00"/>
+    <w:rsid w:val="005C0227"/>
+    <w:rsid w:val="006F5ACE"/>
+    <w:rsid w:val="007550A0"/>
+    <w:rsid w:val="00781007"/>
+    <w:rsid w:val="008C0BB4"/>
+    <w:rsid w:val="009422F5"/>
+    <w:rsid w:val="00945A2E"/>
+    <w:rsid w:val="009921E3"/>
+    <w:rsid w:val="009D6630"/>
+    <w:rsid w:val="00AB5000"/>
+    <w:rsid w:val="00AE729A"/>
+    <w:rsid w:val="00AF04A3"/>
+    <w:rsid w:val="00B62D28"/>
+    <w:rsid w:val="00C17CCC"/>
+    <w:rsid w:val="00C80B8D"/>
+    <w:rsid w:val="00CA4143"/>
+    <w:rsid w:val="00D04C97"/>
+    <w:rsid w:val="00D54918"/>
+    <w:rsid w:val="00DC7EE9"/>
+    <w:rsid w:val="00E30CCC"/>
+    <w:rsid w:val="00E54128"/>
+    <w:rsid w:val="00EF5905"/>
+    <w:rsid w:val="00F70384"/>
+    <w:rsid w:val="00F82AE8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-KZ"/>
+  <w:themeFontLang w:val="kk-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="491922F4"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{579A7496-79D5-432D-B733-181E7EAB970B}"/>
+  <w14:docId w14:val="07693D4C"/>
+  <w15:docId w15:val="{4FF9E343-D4E4-4221-B513-111B060DD6C6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9799,466 +8965,470 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00917DF0"/>
+    <w:rsid w:val="00D54918"/>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D54918"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:kern w:val="0"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00917DF0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D54918"/>
     <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...3 lines deleted...]
-    <w:rsid w:val="00917DF0"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00D54918"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...12 lines deleted...]
-    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a5"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D54918"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a4"/>
+    <w:locked/>
+    <w:rsid w:val="00DC7EE9"/>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>9569</Characters>
+  <Pages>4</Pages>
+  <Words>1843</Words>
+  <Characters>10509</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>87</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11225</CharactersWithSpaces>
+  <CharactersWithSpaces>12328</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>master.04s@outlook.com</dc:creator>
+  <dc:creator>56</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>