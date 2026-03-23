--- v0 (2025-12-05)
+++ v1 (2026-03-23)
@@ -1,1239 +1,3728 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006D43BE" w:rsidRPr="00C40FB3" w:rsidRDefault="00D3649F" w:rsidP="00124F76">
+    <w:p w:rsidR="000B08CD" w:rsidRPr="00AD5789" w:rsidRDefault="003B2574" w:rsidP="003B2574">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C40FB3">
+      <w:r w:rsidRPr="00AD5789">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>КГКП «</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D2817" w:rsidRPr="00C40FB3">
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5789">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Специальный детский сад №52</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C64E9" w:rsidRPr="00C40FB3">
+        <w:t>облысы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD5789">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00124F76" w:rsidRPr="00C40FB3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD5789">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="001C64E9" w:rsidRPr="00C40FB3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №</w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F" w:rsidRPr="00AD5789">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F961DA" w:rsidRPr="00C40FB3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>52 арнайы бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5789">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="005D2817" w:rsidRPr="00C40FB3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бақшасы» КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00AD5789">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">с </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F961DA" w:rsidRPr="00C40FB3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B08CD" w:rsidRPr="00AD5789" w:rsidRDefault="00EA2A39" w:rsidP="003B2574">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006D43BE" w:rsidRPr="00C40FB3">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD5789">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> языком обучения</w:t>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педаго</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>г-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>логопедт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574" w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B2574" w:rsidRPr="00AD5789" w:rsidRDefault="003B2574" w:rsidP="003B2574">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айындау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AD5789">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00124F76" w:rsidRPr="00D3649F" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="003D6085" w:rsidP="001C64E9">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="003D6085">
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="00AD5789" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>04</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F">
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="009F324E" w:rsidRPr="003D6085">
+      <w:r w:rsidR="002942E5">
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F">
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidRPr="003D6085">
+      <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AC4AED">
-        <w:t>09</w:t>
+      <w:r>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t>9:00</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="00D3649F" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>«</w:t>
+      </w:r>
       <w:r w:rsidR="001C64E9">
-        <w:t>:00</w:t>
-[...25 lines deleted...]
-        <w:t>52</w:t>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаласының №52 арнайы бала</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
-        <w:t xml:space="preserve"> города Павлодара»  г.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>» </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
-        <w:t xml:space="preserve">Павлодар, </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="005D2817">
+        <w:t xml:space="preserve"> Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ.</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="005D2817">
+      <w:r w:rsidR="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Урицкий</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>76</w:t>
       </w:r>
       <w:r>
-        <w:t>, телефон 8 (7</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="005D2817">
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>32-50-80</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 8(7</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="005D2817">
+        <w:t xml:space="preserve"> 8(7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>66-23-32</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">эл.почта: </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>эл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>.п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>очта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>sad</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="002942E5">
+        <w:r w:rsidR="002942E5" w:rsidRPr="002942E5">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>52</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>goo</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>edu</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009F324E">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002942E5">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-        <w:t>Специальный детский сад</w:t>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="0055694F" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Арнайы бала</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бақшасы қазақ және орыс тілдерінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>Республикасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001C64E9">
-        <w:t>с казахским и русским языком обучения.</w:t>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>даярлауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE54C5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>қойылмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>біліктілігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> педагог-модератор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>тәрбиешісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>лауазымындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>лауазымында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>біліктілігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>тәрбиешісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>лауазымындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve">: педагог-модератор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve">, педагог – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE54C5" w:rsidRPr="00AE54C5">
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="00AE54C5" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t>Кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t>айқындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t>біліктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE54C5">
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C64E9">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE54C5" w:rsidRDefault="001C64E9" w:rsidP="00AE54C5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>педагог (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE54C5">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санаты жоқ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE54C5" w:rsidRDefault="00AE54C5" w:rsidP="00AE54C5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1309"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">педагог» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>біліктілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00AE54C5" w:rsidRDefault="00AE54C5" w:rsidP="00AE54C5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бағдарламаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>әдістемесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D66E12" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66E12">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жас ерекшеліктерін ескере отырып, тәрбиелеу мен оқытуда жеке көзқарасты жүзеге асыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66E12">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D66E12">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D66E12">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перспективтік жоспар мен </w:t>
+      </w:r>
+      <w:r w:rsidR="00D66E12">
+        <w:t xml:space="preserve">циклограмма </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12">
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>деңгейден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>білік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>дағдыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>алуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>орнындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>адамдармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D66E12" w:rsidRPr="00D66E12">
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="00A85619" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік жұмысқа қатысу</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t xml:space="preserve"> диагностика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A85619" w:rsidRPr="00A85619">
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="000B08CD" w:rsidRDefault="00A85619" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымы деңгейіндегі іс-шараларға қатысу</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="000B08CD" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85619" w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіби-педагогикалық диалог дағдыларын меңгеру, сандық білім беру ресурстарын қолдану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="000B08CD" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85619">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85619" w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың өмірі мен денсаулығын қорғауды қамтамасыз етеді, оларды тәрбиелеу мен оқытуда Денсаулық сақтау технологияларын қолданады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85619" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талаптарына, жас тобының үлгілік оқу жоспарына сәйкес ұйымдастырылған оқу қызметінің кестесіне сәйкес педагогикалық процесті жүзеге асырады, пәндік-дамытушылық ортаны құрады, балалар қызметіне (ойын, танымдық, қозғалыс, бейнелеу, еңбек)</w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85619" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылық етеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85619" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалармен жұмыс жасауда тұлғаға бағытталған тәсілді жүзеге асырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85619" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дамуында ауытқулары бар балалармен түзету қызметі саласындағы мамандарға көмек көрсетеді, жалпы білім беретін оқу бағдарламаларын, оқу-әдістемелік әдебиетті зерделеу негізінде және топ балаларының жеке білім беру қажеттіліктерін ескере отырып, тәрбие-білім беру жұмысын жоспарлайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85619" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қол жеткізілген нәтижелерді талдау негізінде білім беру қызметін жобалайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00A85619" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке түсу кезінде тең бастапқы мүмкіндіктерді қамтамасыз ету үшін ерекше білім беру қажеттіліктері бар балаларды және әдетте дамып келе жатқан балаларды бірлесіп тәрбиелеу және оқыту жағдайында әлеуметтендіруді жүзеге асырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мамандардың ұсынымдарын ескере отырып, ерекше білім берілуіне қажеттілігі бар әрбір балаға жеке қарауды қамтамасыз етеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отандық және шетелдік тәжірибені зерттеу негізінде үздік тәжірибелерді зерделеумен, жинақтаумен, таратумен және енгізумен айналысады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі жастағы балаларды тәрбиелеу және оқыту мәселелері бойынша ата-аналарға консультациялық көмекті жүзеге асырады. Балалардың құқықтары мен мүдделерін қорғайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім беру процесінің барлық субъектілерінің, оның ішінде балалар отбасының қатысуымен ұйымда </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құндылықтарға негізделген білім беру</w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұжырымдамасын енгізеді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі тиіс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Конституциясы, Қазақстан Республикасының Еңбек Кодексі, Қазақстан Республикасының "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңдары және Қазақстан Республикасының білім беруді дамытудың бағыттары мен перспективаларын айқындайтын басқа да нормативтік құқықтық актілері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сихология және педагогика, дәрігерге дейінгі </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лғашқы медициналық көмек көрсету қағидалары, еңбек қауіпсіздігі және еңбекті қорғау жөніндегі қағидалар, санитариялық қағидалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі тәрбие мен оқытуды ұйымдастыру жөніндегі нормативтік-құқықтық құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттарды қабылдауды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы №</w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>52 арнайы бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚК </w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Урицкий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көшесі, </w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>76</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асырады</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="0055694F" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін)</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сихоневрологиялық ұйымнан анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аркологиялық ұйымнан анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лттық біліктілік тестілеу сертификаты (бұдан әрі - </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБС</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбиешінің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0055694F" w:rsidRDefault="008C7E84" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="008C7E84" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C64E9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:t xml:space="preserve">8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>32-50-80</w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:t xml:space="preserve">, 8(7812) </w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>66-23-32</w:t>
+      </w:r>
+      <w:r w:rsidR="0055694F">
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
-        <w:t>Реализует</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электрон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды адресі</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
-        <w:t>типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
-[...9 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...721 lines deleted...]
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>sad</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="002942E5">
+        <w:r w:rsidR="002942E5" w:rsidRPr="002942E5">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>52</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>goo</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>edu</w:t>
         </w:r>
-        <w:r w:rsidR="009F324E" w:rsidRPr="00203B0F">
+        <w:r w:rsidR="002942E5" w:rsidRPr="00203B0F">
           <w:rPr>
             <w:rStyle w:val="a5"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009F324E">
+      <w:r w:rsidR="002942E5">
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidSect="00D3649F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="074C1470"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2781CE0"/>
+    <w:lvl w:ilvl="0" w:tplc="24B2166C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2029" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2749" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4189" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4909" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5629" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6349" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7069" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C64E9"/>
+    <w:rsid w:val="00001383"/>
+    <w:rsid w:val="000B08CD"/>
     <w:rsid w:val="000C4DB4"/>
     <w:rsid w:val="00124F76"/>
     <w:rsid w:val="001C64E9"/>
-    <w:rsid w:val="00307A86"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003D6085"/>
+    <w:rsid w:val="002942E5"/>
+    <w:rsid w:val="003B2574"/>
+    <w:rsid w:val="003D06EF"/>
+    <w:rsid w:val="0055694F"/>
     <w:rsid w:val="0058192E"/>
-    <w:rsid w:val="005D2817"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00740A35"/>
     <w:rsid w:val="007F60A1"/>
-    <w:rsid w:val="008A23B8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C40FB3"/>
+    <w:rsid w:val="008C7E84"/>
+    <w:rsid w:val="008F5548"/>
+    <w:rsid w:val="00A85619"/>
+    <w:rsid w:val="00AD5789"/>
+    <w:rsid w:val="00AE54C5"/>
     <w:rsid w:val="00D3649F"/>
-    <w:rsid w:val="00F63385"/>
-    <w:rsid w:val="00F961DA"/>
+    <w:rsid w:val="00D66E12"/>
+    <w:rsid w:val="00EA2A39"/>
+    <w:rsid w:val="00ED42AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C4DB4"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C64E9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C64E9"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C64E9"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -1375,355 +3864,91 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...262 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="502938136">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="601836139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad52@goo.edu." TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad52@goo.edu." TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad52@goo.edu." TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad52@goo.edu." TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1965,86 +4190,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1113</Words>
-  <Characters>6348</Characters>
+  <Words>1043</Words>
+  <Characters>5946</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7447</CharactersWithSpaces>
+  <CharactersWithSpaces>6976</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>