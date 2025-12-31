--- v0 (2025-12-08)
+++ v1 (2025-12-31)
@@ -1,10689 +1,11613 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1466F3EB" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="00321E87" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="29D22538" w14:textId="77777777" w:rsidR="003B35E6" w:rsidRPr="003D1E32" w:rsidRDefault="003B35E6" w:rsidP="00F80878">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
+      <w:r w:rsidRPr="003D1E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        </w:rPr>
+        <w:t>КГУ «Средня</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000F0E40">
+        </w:rPr>
+        <w:t>я общеобразовательная школа № 25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1E32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...92 lines deleted...]
-        <w:t>М</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6CD6E2" w14:textId="7B2DD0E5" w:rsidR="00B20C30" w:rsidRDefault="00C067AF" w:rsidP="008623B7">
+    <w:p w14:paraId="7DEAAE5B" w14:textId="61295F3E" w:rsidR="00321427" w:rsidRPr="003D1E32" w:rsidRDefault="00321427" w:rsidP="00F80878">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003D1E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>объявляет конкурс на</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> временную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4E33" w:rsidRPr="003D1E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>учитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002875DD" w:rsidRPr="003D1E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>английского языка</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1E32" w:rsidRPr="003D1E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ағылшын</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> (временный, на период декретнего отпуска основной сотрудницы по уходу за ребёнком) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1E32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008623B7">
-[...48 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3D7C9988" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00AB4752" w:rsidP="00B00AEE">
+    <w:p w14:paraId="2F2FD12C" w14:textId="77777777" w:rsidR="00F80878" w:rsidRPr="003D1E32" w:rsidRDefault="00F80878" w:rsidP="00F80878">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">               </w:t>
-[...24 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00A26E12" w14:paraId="08128BE0" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="302017C0" w14:textId="77777777" w:rsidTr="00F80878">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="701AD2F1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="58783F0D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="501B4DE7" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="1817CD29" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4288758D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00A545F1" w:rsidP="007F17C8">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+          <w:p w14:paraId="642665E6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00DF7B58" w:rsidP="003B35E6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="000F0E40">
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="000F0E40" w:rsidRPr="000F0E40">
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="003B35E6" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Средня</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>я общеобразовательная школа №</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+            <w:r w:rsidR="003B35E6" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="000F0E40">
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...41 lines deleted...]
-              <w:t>мекемесі</w:t>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="000F0E40" w14:paraId="27E78A9F" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="4C3ED4D8" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4A8CC832" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5A3BE981" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15E90C5F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="4779E203" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="288C42B3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="000F0E40" w:rsidRDefault="00CB6B4F" w:rsidP="007F17C8">
+          <w:p w14:paraId="29E0795D" w14:textId="77777777" w:rsidR="006036D6" w:rsidRPr="003D1E32" w:rsidRDefault="00F80878" w:rsidP="006972A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...128 lines deleted...]
-          <w:p w14:paraId="2DA8D17F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00270917" w:rsidRDefault="00CB6B4F" w:rsidP="00793910">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140007, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="239CAA52" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="006972A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> город</w:t>
+            </w:r>
+            <w:r w:rsidR="006036D6" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Павлодар, ул. Майры, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>49/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="7DF51B7B" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="21784022" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D410DC7" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63BA5253" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="003B35E6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="00321E87">
+            <w:r w:rsidR="00932150" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00321E87">
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00A545F1" w:rsidRPr="00321E87">
+            <w:r w:rsidR="00932150" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000F0E40">
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="000F0E40">
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="000F0E40">
-[...8 lines deleted...]
-            <w:r w:rsidR="000F0E40">
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-7</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>78</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="000F0E40">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>01</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w14:paraId="7FE59C42" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="5295C7BF" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="17A7F0CD" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3F2C3C03" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20CDB9B2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="1F072286" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F59B79C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00000000" w:rsidP="007F17C8">
-[...5 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w14:paraId="4411196B" w14:textId="262AFF97" w:rsidR="00CB6B4F" w:rsidRDefault="00000000" w:rsidP="0044022F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
+              <w:r w:rsidR="00874F2C" w:rsidRPr="00087446">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="23"/>
-[...1 lines deleted...]
-                  <w:lang w:val="kk-KZ"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>sosh</w:t>
+                <w:t>s</w:t>
               </w:r>
-              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
+              <w:r w:rsidR="00874F2C" w:rsidRPr="00087446">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="23"/>
-[...1 lines deleted...]
-                  <w:lang w:val="en-US"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>osh</w:t>
+              </w:r>
+              <w:r w:rsidR="00874F2C" w:rsidRPr="00087446">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:t>25</w:t>
               </w:r>
-              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
+              <w:r w:rsidR="00874F2C" w:rsidRPr="00087446">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="23"/>
-                  <w:szCs w:val="23"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>@goo.ed</w:t>
-[...8 lines deleted...]
-                <w:t>u.kz</w:t>
+                <w:t>@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
+          <w:p w14:paraId="6FC42394" w14:textId="455ACE64" w:rsidR="00874F2C" w:rsidRPr="003D1E32" w:rsidRDefault="00874F2C" w:rsidP="0044022F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00321E87" w14:paraId="65501A2F" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="39ADF875" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="26A87FD9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="571CC247" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293D62A7" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w14:paraId="0555FA1C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32FE6AB3" w14:textId="46878D9E" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="00270917" w:rsidP="006E605E">
+          <w:p w14:paraId="4E68AF41" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="002D585E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="006E605E">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="003E76F5" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="00B20C30">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="003767AF">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21183B77" w14:textId="77777777" w:rsidR="00294F3E" w:rsidRPr="003D1E32" w:rsidRDefault="00294F3E" w:rsidP="002D585E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00A26E12" w14:paraId="5D71A4C7" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00A87A2E" w:rsidRPr="003D1E32" w14:paraId="62EBCA77" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4D097004" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="62216B21" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="003D1E32" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E1B155A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3717CDE5" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="003D1E32" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="700F1DF8" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="00B20C30" w:rsidP="009C01C3">
-            <w:pPr>
+          <w:p w14:paraId="025A7D74" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, проводит уроки и другие учебные занятия в закрепленных за ним по распределению учебной нагрузки классах, обеспечивает во время занятий надлежащий порядок и дисциплину.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="648B7F37" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Реализует применяемые в образовательные программы в соответствии с учебным планом, собственным поурочным планом и расписанием занятий; использует при этом разнообразные примы, методы и средства обучения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569C4409" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Обеспечивает уровень подготовки обучающихся, соответствующий требованиям государственного образовательного стандарта.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43EB030F" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выполняет правила и нормы ОТ и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ТБ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009C01C3" w:rsidRPr="009C01C3">
-[...9 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>противопожарной защиты, обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29E11E9B" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оперативно извещает руководство о каждом несчастном случае, принимает меры </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle16"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПО </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>оказанию первой доврачебной помощи.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C5FF713" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Вносит предложения по улучшению и оздоровлению условий проведения образовательного процесса, а также доводит до сведения заведующего кабинетом, руководства обо всех недостатках в обеспечении образовательного процесса, снижающих жизнедеятельность и работоспособность организма обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48967AC7" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Проводит инструктаж обучающихся но безопасности труда па учебных занятиях с обязательной регистрацией в классном журнале или журнале регистрации инструктажа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FF10D31" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Организует изучение обучающимися правил по охране труда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D93F607" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Осуществляет контроль за соблюдением правил (инструкций) по охране труда.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60525397" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Ведет в установленном порядке классную документацию, осуществляет текущий контроль посещаемости и успеваемости обучающихся по принятой в системе, выставляет оценки в классный журнал и дневник обучающегося, своевременно представляет администрации отчетные данные.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="515DBB2B" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle17"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Участвует в установленном порядке в итоговой аттестации обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13E24F5E" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Допускает в установленном порядке на занятия представителей администрации в целях контроля и оценки деятельности педагога.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C0B8E74" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Заменяет на уроках временно отсутствующих учителей по распоряжению заместителя директора по УВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1264F905" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Соблюдает устав и Правила внутреннего трудового распорядка, иные локальные правовые акты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46B1F87A" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Соблюдает законные права и свободы обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34963AFC" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Готовится к проведению занятий, систематически повышает свою профессиональную квалификацию, участвует </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>деятельности методических  объединений и других формах методической работы, принятых в.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0261A726" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Участвует в работе педагогического совета и совещаниях, проводимых администрацией.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="775608DC" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дежурит по в перерывах между занятиями в соответствии с графиком дежурств, а также за 20 минут </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начала </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle1212"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>течение 20 минут да окончании своих уроков.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A9ED8A2" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Поддерживает постоянную связь с родителями (лицами, их заменяющими) по вопросам успеваемости, посещаемости, дисциплины </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AE9A13B" w14:textId="77777777" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="4E690174" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Проходит периодические медицинские обследования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B57D0A3" w14:textId="6FDB413A" w:rsidR="00A87A2E" w:rsidRPr="00A87A2E" w:rsidRDefault="00A87A2E" w:rsidP="00A87A2E">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...59 lines deleted...]
-            </w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87A2E">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Соблюдает этические нормы поведения в, быту, общественных местах, соответствующие общественному положению учителя.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00321E87" w14:paraId="0BA439CB" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="5A086CAF" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6BCB5183" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="0AC31B7D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72030C04" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="7A023F3B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79F0F85A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="006B40D9">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="4340BCCF" w14:textId="77777777" w:rsidR="003B35E6" w:rsidRPr="003D1E32" w:rsidRDefault="003B35E6" w:rsidP="003B35E6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25982D23" w14:textId="79F5F790" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="003B35E6" w:rsidP="003B35E6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образо</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02506" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>вание (min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02506" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>15</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00A545F1" w:rsidRPr="00321E87">
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00F02506" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
-            <w:r w:rsidRPr="00321E87">
-[...4 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00A26E12" w14:paraId="6077C107" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="4DB1680D" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3649D8F1" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="103E4EAB" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A14783B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="415CA879" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="003D1E32" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
-[...19 lines deleted...]
-          <w:p w14:paraId="0E5551BE" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AB80632" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A2DA57C" w14:textId="77777777" w:rsidR="001504A9" w:rsidRPr="00321E87" w:rsidRDefault="001504A9" w:rsidP="00211F66">
-[...22 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="20D276A5" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="003D1E32" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> -және (немесе) біліктілігінің орта немесе жоғары деңгейі болған кезде мамандығы бойынша жұмыс өтілі: педагог-модератор үшін кемінде 3 жыл, педагог – сарапшы үшін кемінде 4 жыл, педагог-зерттеуші үшін кемінде 5 жыл</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="451E608C" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="003D1E32" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="396AB513" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педаго</w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>га-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00321E87" w14:paraId="60BBAD11" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="10820141" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D351B48" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="29F1A5DF" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29648F05" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+          <w:p w14:paraId="36752C1C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11CF8205" w14:textId="0AF564CB" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00321E87" w:rsidP="002E1342">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="482A0EAE" w14:textId="373CDC4C" w:rsidR="00B1578A" w:rsidRPr="001C2D29" w:rsidRDefault="003B4A08" w:rsidP="00175139">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="001A01E7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="001C2D29" w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00321E87">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="001A01E7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="001C2D29" w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
-            <w:r w:rsidR="006E605E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A654CE" w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="001C2D29" w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="000F0E40">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="001C2D29" w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
-            <w:r w:rsidR="00392795" w:rsidRPr="00321E87">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00F80878" w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2022 г</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80878" w:rsidRPr="001C2D29">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009130EF" w:rsidRPr="00A26E12" w14:paraId="06FE7694" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="001C2D29" w:rsidRPr="003D1E32" w14:paraId="2883067F" w14:textId="77777777" w:rsidTr="004B0EE2">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6676DE7F" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="003D1E32" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79429DB4" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="003D1E32" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AEB484F" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
-[...64 lines deleted...]
-          <w:p w14:paraId="5C16C46E" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+          <w:p w14:paraId="45C0B167" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C6290CA" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қағидалардың </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C595D17" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B550EAD" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>сын</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1920DC17" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CA81EA5" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78AC73EF" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="2C779BEF" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="004075BF" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AE8896B" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15EC8F70" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+              <w:t>9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F476CB1" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62219432" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+              <w:t>11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D3F3076" w14:textId="77777777" w:rsidR="001C2D29" w:rsidRPr="00E00208" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-            <w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A9A3229" w14:textId="3C32E0BB" w:rsidR="001C2D29" w:rsidRPr="003D1E32" w:rsidRDefault="001C2D29" w:rsidP="001C2D29">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) видеопрезентация для кандидата без стажа продолжительностью не </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E00208">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">менее 15 минут, с минимальным разрешением – 720 x 480; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D1E32" w:rsidRPr="003D1E32" w14:paraId="278C762E" w14:textId="77777777" w:rsidTr="00C43C37">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05CAC882" w14:textId="51CC5938" w:rsidR="003D1E32" w:rsidRPr="003D1E32" w:rsidRDefault="003D1E32" w:rsidP="003D1E32">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...110 lines deleted...]
-            <w:r w:rsidRPr="004075BF">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...473 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E244D05" w14:textId="1AFABFA2" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+          <w:p w14:paraId="4F7AE889" w14:textId="27879AE7" w:rsidR="003D1E32" w:rsidRPr="003D1E32" w:rsidRDefault="003D1E32" w:rsidP="003D1E32">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B57E28">
-[...12 lines deleted...]
-              <w:t>лауазымының мерзімі</w:t>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41AB8804" w14:textId="7BAFACCD" w:rsidR="009130EF" w:rsidRPr="008623B7" w:rsidRDefault="009130EF" w:rsidP="009130EF">
-            <w:pPr>
+          <w:p w14:paraId="3937AA49" w14:textId="204E1A03" w:rsidR="003D1E32" w:rsidRPr="003D1E32" w:rsidRDefault="003D1E32" w:rsidP="003D1E32">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>На период</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> временного отпуска основного работника по уходу за ребенком</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 01.09.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00874F2C" w:rsidRPr="00874F2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D1E32">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-              <w:t>ж. дейін</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009130EF" w:rsidRPr="00321E87" w14:paraId="682B7114" w14:textId="77777777" w:rsidTr="00D478D0">
+    </w:tbl>
+    <w:p w14:paraId="459CEC92" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00A82650" w14:paraId="76E8A0FA" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B17CDB3" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+          <w:p w14:paraId="302C889A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...53 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60F22A92" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+          <w:p w14:paraId="100A0E04" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="003D1E32">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CC878CE" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="45580A5D" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61CF705E" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5D927E21" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E16B7F6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="57FDAADA" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="789C5532" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="3990587E" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="207D50AF" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="719FB7CE" w14:textId="77777777" w:rsidR="009130EF" w:rsidRPr="00321E87" w:rsidRDefault="009130EF" w:rsidP="009130EF">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="028D043F" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...550 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="659DF5C3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="55748A96" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72F57F52" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F225D08" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2541" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7457D9A4" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="77EA3073" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00454B15" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="69454B55" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_  _______</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00454B15">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6E519A38" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="2267E54E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
+      <w:r w:rsidRPr="00A82650">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321E87">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00321E87">
+      <w:r w:rsidR="00F7191E" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B964CA8" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="06D4AA9F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60079BAD" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="27A23B9A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EEC231A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="001A01E7" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="15D5525F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>должность, место работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C5CEAB" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46964CE3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A01E7">
+      <w:r w:rsidRPr="00A82650">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640B5B75" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="0F108758" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A01E7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C08E7E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="0824FD82" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E1E2318" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35351268" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A01E7">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500FEC95" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF3F0F1" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="50273C55" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="001A01E7" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="626EF4BD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55AFD06C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A01E7">
+      <w:r w:rsidRPr="00A82650">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C426A70" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...251 lines deleted...]
-    <w:p w14:paraId="45C95DB1" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="54DBB04D" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="591C1775" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="0B07577D" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25BCBA46" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="33B3FDE6" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5442CFF1" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="1B202FD5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22303974" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="3CD7B899" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F18D602" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="3AD1A497" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66D6CD69" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="17A41AFC" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5993284F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="0DABFF21" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00321E87" w14:paraId="01860DB4" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00A82650" w14:paraId="7E036936" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7E3F81" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="1A6756B4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E374B21" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="0975F656" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D77E489" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4A291A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="4B872473" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00321E87">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-            </w:r>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A178483" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="1A8E30F6" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="73438D06" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF91765" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00321E87" w14:paraId="63C41255" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00A82650" w14:paraId="460A2C50" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC862DF" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="63E82F8E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3885CC7F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="5D754D00" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0002EE0F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="7817E0D9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B735D04" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="4719DB98" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7400312C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="0F52C797" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="466B541A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="75BFAD1D" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...33 lines deleted...]
-        <w:t>_______</w:t>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80878" w:rsidRPr="00F80878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E8651AC" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="556139C1" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF183A6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="21F8005D" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
+    <w:p w14:paraId="05542551" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80878" w:rsidRPr="00F80878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4232B133" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="082835C6" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...12 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00321E87">
-[...58 lines deleted...]
-        <w:t>___________</w:t>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80878" w:rsidRPr="00F80878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC4BAF5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="09A399E4" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...83 lines deleted...]
-        <w:t>__________</w:t>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F452324" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="645372B4" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4A62099F" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="70644A0A" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2E18082E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="52795BFD" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AFEAA5E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="14CAEA94" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="46DADA4C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="4795F84C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="54F58314" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="5F634EDA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...40 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B27E90" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="7FD4F9D4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7FAE5484" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="288124CA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5DED55F8" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="7D6D2D13" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="10"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7507FB69" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="60672DFB" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cондай-ақ </w:t>
-[...8 lines deleted...]
-        <w:t>қосымша мәліметтері (болған жағдайда)</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E44CFB3" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="715BEE97" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E0D6E0" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="6EDD1316" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA028D8" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="32321320" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46148E43" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DA27FCD" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00321427" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774B954C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
-[...20 lines deleted...]
-    <w:p w14:paraId="315870A9" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+    <w:p w14:paraId="7E0D9EAE" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="00321E87">
+      <w:r w:rsidRPr="00A82650">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
-[...23 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="28E6E0C2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+    <w:p w14:paraId="6B8D76CA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...35 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00321E87" w14:paraId="1A228578" w14:textId="77777777" w:rsidTr="006F7468">
+      <w:tr w:rsidR="00301843" w:rsidRPr="00A82650" w14:paraId="7B740EB6" w14:textId="77777777" w:rsidTr="004B772A">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1EFDD8" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="2D130DB5" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00A82650" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42FD274D" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="4F01A900" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00A82650" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D99B07" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="0DBD5373" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2B1D1E28" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33370C37" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="171AAA5E" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61DC5E9D" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="750696B6" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E26958F" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="16"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="18D0B7A9" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="094477B4" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22B0E552" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="775A45B7" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D316FE5" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A82650" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C9E8C1E" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A82650" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79723243" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A82650" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CFF2C9A" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A82650" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="545ED7F3" w14:textId="77777777" w:rsidR="007C3AFB" w:rsidRPr="00A82650" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558F7478" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00A82650" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3967137A" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="2E654445" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="426302B7" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00321E87" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+    <w:p w14:paraId="7DF8D11F" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00A82650" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321E87">
+      <w:r w:rsidRPr="00A82650">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00321E87">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3023D" w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="001B695E" w:rsidRPr="00A82650">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
-[...180 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6C06B0" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00321E87" w:rsidRDefault="001B695E" w:rsidP="001B695E">
-[...116 lines deleted...]
-    <w:p w14:paraId="2A497078" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00610B31">
+    <w:p w14:paraId="4D7B8C18" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82650">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17BA5C0C" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00A82650" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="39AB34F7" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="2BBB0004" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E6C8009" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+          <w:p w14:paraId="6369FE57" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="744F4278" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB5E0E5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8168DE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A0BE8D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="004B772A" w:rsidP="004B772A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00321E87">
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-              <w:t>№</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="0474D6EC" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FFC564C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0378CE50" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...19 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+          <w:p w14:paraId="4E8767F7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8F7BE6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...19 lines deleted...]
-              <w:t>Растайтын құжат</w:t>
+          <w:p w14:paraId="3BAC5E13" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3791002B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...38 lines deleted...]
-              <w:t>(1-ден 20-ға дейін)</w:t>
+          <w:p w14:paraId="5EA1D598" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="018C0822" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7420A0A5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22BFBECC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50C054C0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="006F7468">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="310769DB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00A26E12" w14:paraId="7BE3668B" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="5D7923D7" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1165BF7A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="076F7774" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A463F3B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F4AD13" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA0884B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65998FA4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F288415" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="605FFCFB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="5FD5E9FB" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B60D636" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1D0686B3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E6A3388" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B47AC37" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37A6A295" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EB7F77D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="429E2338" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47B9E6A6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41D236D6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="388E82FD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E43F62E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20482D7C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C05C1AC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53E38BDF" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B79C02E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68CE7A34" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54330065" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43A304EC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6000B098" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15838F6A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="732180F7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675D6B0E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05E0E483" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FAB22B3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="035EEDD8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD72F83" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3946AFB3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67CF2A49" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-эксперт</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11961E92" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="471F77AB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D3EB08B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09077AAC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EF9D878" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51F27871" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0362D6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F39923" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1646B50D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="319C6554" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E8046E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AFEE3A6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F704288" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B50C30" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA14A6E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42B13241" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22E1CEB7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BC419EC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D234B9A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E1816C2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D2DD2B6" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F97FD5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BAA07EB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14FE6777" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С квалификационной категорией </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ED3F055" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B7DE3F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="3C852BA6" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="781BBE1F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="2C7E2CE2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5995A9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7F8CA6C0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r w:rsidR="004B772A" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51E60CFC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16CF4B8A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="018CF57E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17B2A35D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2991AA20" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="3B31F04B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05DC337F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BB03A71" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62BF00CD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="548EAD23" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0094EA71" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BF2928B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="732209EB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="53ECBFC1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="7A2F8791" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="23D8F4EF" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE1CB2B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="5BE865A8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A3C2762" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Ғылыми/ академиялық дәрежесі</w:t>
+          <w:p w14:paraId="7D90BC83" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30BFB09F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Білімі туралы диплом</w:t>
+          <w:p w14:paraId="349CEFAB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44E78B51" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...120 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="03A33330" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26EF7787" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BC94DA2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04B426A8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30C7C078" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="0E3BB69A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00A26E12" w14:paraId="10E60C40" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="6E9CD0F8" w14:textId="77777777" w:rsidTr="00304B28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55393723" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F050A0B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F5EF0AE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08443541" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BBBC39F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D4C8FC4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00304B28" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D342658" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04AFFD80" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="5C228993" w14:textId="77777777" w:rsidTr="00304B28">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C70CCED" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1109A026" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6233C920" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Ұлттық біліктілік тестілеуі</w:t>
+          <w:p w14:paraId="39519491" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77B7BDF1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="09BD5273" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFEC747" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
-[...12 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="3F10BC1A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результаты педагогической/ профессиональной практики </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>отлично</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
-[...240 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="000CFF60" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00321427" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
-[...13 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
-[...833 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50240524" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="0DADB5C2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="5D7BF6B3" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="7E4D79DE" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6470A261" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="3404B971" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="501246BE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...34 lines deleted...]
-              <w:t>Санаты.</w:t>
+          <w:p w14:paraId="344B010A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6830C941" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3C73A012" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32A5A179" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...230 lines deleted...]
-              <w:t>Педагог-шебер = 10 балл</w:t>
+          <w:p w14:paraId="3AD0984C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F6F7991" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2297A757" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C74F22F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2EFB6B3B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="0BC7B949" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="13E579EC" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77B41428" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="7D4925C4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52762848" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Педагогикалық қызмет өтілі</w:t>
+          <w:p w14:paraId="7A3AD499" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19F445C6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="3DFAF049" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EE1005A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78D762BF" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B257AD2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...76 lines deleted...]
-              <w:t>10 жылдан және одан артық = 3</w:t>
+          <w:p w14:paraId="79F4225C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25D70FB2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4681E546" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00457E75" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="051101AF" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Лучший педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787A4C5F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обладатель медали </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2473DBE5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="06D0D0C3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="0CC4897B" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="0DCE91D7" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="081BD7E0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6583053C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F356240" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+          <w:p w14:paraId="6E6CB8F8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E06FBBB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="5C00EAB1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF3FD8A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...56 lines deleted...]
-              <w:t>директор = 5 балл</w:t>
+          <w:p w14:paraId="2A387805" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53612AFC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51BAF736" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="511E26D5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="0CAAC184" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="3B871325" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="075E687F" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ADAEDD3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="48BD9103" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE2B60E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
+          <w:p w14:paraId="2B710ADD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="736F2168" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2ABA93E8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52C8FA08" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09618965" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...110 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+          <w:p w14:paraId="032CDB14" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ADD3D65" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44892F33" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DE48A79" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23A120B8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="777107BC" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DBC4A9B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="4642AFC8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="43A6C9F8" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="6B093635" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47F64F94" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="4BDB85A3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F57B223" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+          <w:p w14:paraId="3FA28C37" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7259CC97" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Хат </w:t>
+          <w:p w14:paraId="59E9F731" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FBCEB23" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D95A3D7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40BB27FA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66F9767D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Основы программирования в Python</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обучение работе с Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A0AC1ED" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...56 lines deleted...]
-              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+          <w:p w14:paraId="0B437CFE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="371EDF1C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79D6E1F1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="36620FE9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="1641E4C6" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B772A" w:rsidRPr="00A82650" w14:paraId="03459B8E" w14:textId="77777777" w:rsidTr="00304B28">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="709F0CD4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="5B7183EA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20BC03C6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
+          <w:p w14:paraId="2CDEA12B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A82650">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67E985FD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...1298 lines deleted...]
-                <w:szCs w:val="19"/>
+          <w:p w14:paraId="73D9BD71" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6AEB7280" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00F7191E">
+    <w:p w14:paraId="206D41AC" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00A82650" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6594988D" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="1A7D27F9" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00A82650" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10AD4366" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="00A82650" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -10702,58 +11626,65 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -11034,54 +11965,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="524C7E2B"/>
+    <w:nsid w:val="0F1137A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B9241E8C"/>
-    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11147,164 +12078,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="662277E3"/>
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11373,51 +12190,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11466,899 +12283,780 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...114 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="1" w16cid:durableId="80953437">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1742562548">
+  <w:num w:numId="2" w16cid:durableId="1370570167">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="206336310">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="3" w16cid:durableId="190725821">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1799909685">
+  <w:num w:numId="4" w16cid:durableId="843281601">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1167398274">
+  <w:num w:numId="5" w16cid:durableId="1697583013">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1638533962">
+  <w:num w:numId="6" w16cid:durableId="801970794">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
-    <w:rsid w:val="000332DF"/>
     <w:rsid w:val="00044308"/>
-    <w:rsid w:val="00045D62"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
-    <w:rsid w:val="00051661"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
-    <w:rsid w:val="0008707D"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F0E40"/>
-    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
-    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
-    <w:rsid w:val="0012246A"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="001504A9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00175139"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
-    <w:rsid w:val="001A01E7"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C2D29"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
-    <w:rsid w:val="00211F66"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
-    <w:rsid w:val="00270917"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="002875DD"/>
+    <w:rsid w:val="0029406B"/>
     <w:rsid w:val="00294615"/>
+    <w:rsid w:val="00294F3E"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C03E0"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D585E"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
-    <w:rsid w:val="002E1342"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00321E87"/>
+    <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
-    <w:rsid w:val="003767AF"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
-    <w:rsid w:val="00392795"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B35E6"/>
+    <w:rsid w:val="003B4A08"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D1E32"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003E76F5"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
-    <w:rsid w:val="003F3F33"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
-    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
-    <w:rsid w:val="00424621"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="0044022F"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
-    <w:rsid w:val="00454B15"/>
     <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="00457031"/>
     <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
-    <w:rsid w:val="004B08C8"/>
     <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
-    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
-    <w:rsid w:val="0057541F"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
-    <w:rsid w:val="00593B75"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
-    <w:rsid w:val="005D003F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
-    <w:rsid w:val="005D5F10"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7858"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
+    <w:rsid w:val="006036D6"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
-    <w:rsid w:val="006650EE"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
-    <w:rsid w:val="0069554B"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006972A3"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B40D9"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
-    <w:rsid w:val="006E605E"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00793910"/>
+    <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007F17C8"/>
     <w:rsid w:val="007F3DBC"/>
-    <w:rsid w:val="007F559F"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
-    <w:rsid w:val="008623B7"/>
+    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
-    <w:rsid w:val="00871EB3"/>
+    <w:rsid w:val="00874F2C"/>
     <w:rsid w:val="00876656"/>
-    <w:rsid w:val="00881E8D"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A76B3"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
-    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
-    <w:rsid w:val="009130EF"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
-    <w:rsid w:val="009C01C3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A26E12"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
-    <w:rsid w:val="00A545F1"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A654CE"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A82650"/>
+    <w:rsid w:val="00A87A2E"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AB4752"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD17E7"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
-    <w:rsid w:val="00B02660"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
-    <w:rsid w:val="00B20C30"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B31466"/>
+    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B42F37"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C067AF"/>
-    <w:rsid w:val="00C17955"/>
     <w:rsid w:val="00C204AD"/>
-    <w:rsid w:val="00C24F88"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
-    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
-    <w:rsid w:val="00C964DF"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD085B"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
-    <w:rsid w:val="00E50AD6"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
-    <w:rsid w:val="00ED7764"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1FD6"/>
+    <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02506"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42727"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F80878"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
-    <w:rsid w:val="00FA6FF3"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1D6AA09A"/>
-  <w15:docId w15:val="{CF8092EE-D388-4ADE-920B-7ADF9FFDD58A}"/>
+  <w14:docId w14:val="376B8F80"/>
+  <w15:docId w15:val="{BF8984DD-9037-41CC-AE7D-5EFCD227B456}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12402,51 +13100,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12856,131 +13554,112 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountname">
-    <w:name w:val="user-account__name"/>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00A545F1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00874F2C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountaccent-letter">
-[...2 lines deleted...]
-    <w:rsid w:val="00A545F1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle17">
+    <w:name w:val="Font Style17"/>
+    <w:rsid w:val="00A87A2E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rsid w:val="00A87A2E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:rsid w:val="00A87A2E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
-[...3 lines deleted...]
-    <w:rsid w:val="00A545F1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
+    <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
+    <w:rsid w:val="00A87A2E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="252860218">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="814177345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -13278,78 +13957,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DE68849-ADD1-48F3-ADD8-D98733722C5C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{541CE951-0F08-4DA4-8431-9C979F4031A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2103</Words>
-  <Characters>11992</Characters>
+  <Words>2297</Words>
+  <Characters>13093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ECO</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14067</CharactersWithSpaces>
+  <CharactersWithSpaces>15360</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>