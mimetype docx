--- v0 (2025-12-10)
+++ v1 (2025-12-12)
@@ -1,11619 +1,10950 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="29D22538" w14:textId="77777777" w:rsidR="003B35E6" w:rsidRPr="003D1E32" w:rsidRDefault="003B35E6" w:rsidP="00F80878">
+    <w:p w14:paraId="1466F3EB" w14:textId="77777777" w:rsidR="003E3EEA" w:rsidRPr="00321E87" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D1E32">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының №25</w:t>
+      </w:r>
+      <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К</w:t>
+      </w:r>
+      <w:r w:rsidR="001504A9" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6CD6E2" w14:textId="71BBD3C1" w:rsidR="00B20C30" w:rsidRDefault="00A63ECF" w:rsidP="008623B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>химия</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008623B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="008623B7" w:rsidRPr="005819D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақытша, негізгі қызметкердің бала күтімі бойынша демалысы кезеңіне)</w:t>
+      </w:r>
+      <w:r w:rsidR="008623B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7C9988" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00AB4752" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00045D62" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...117 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7648"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2499"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="302017C0" w14:textId="77777777" w:rsidTr="00F80878">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="001C1204" w14:paraId="08128BE0" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="500"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="58783F0D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="701AD2F1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1817CD29" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="501B4DE7" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="642665E6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00DF7B58" w:rsidP="003B35E6">
-[...7 lines deleted...]
-                <w:spacing w:val="-1"/>
+          <w:p w14:paraId="4288758D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00A545F1" w:rsidP="007F17C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...6 lines deleted...]
-                <w:spacing w:val="-1"/>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы Білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Средня</w:t>
-[...6 lines deleted...]
-                <w:spacing w:val="-1"/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>я общеобразовательная школа №</w:t>
-[...6 lines deleted...]
-                <w:spacing w:val="-1"/>
+              <w:t>Павлодар қаласының №</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40" w:rsidRPr="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r w:rsidR="003B35E6" w:rsidRPr="003D1E32">
-[...4 lines deleted...]
-                <w:spacing w:val="-1"/>
+            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> города Павлодара»</w:t>
-[...6 lines deleted...]
-                <w:spacing w:val="-1"/>
+              <w:t xml:space="preserve"> жалпы орта біл</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>, управления образования Павлодарской области</w:t>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік </w:t>
+            </w:r>
+            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="4C3ED4D8" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="000F0E40" w14:paraId="27E78A9F" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5A3BE981" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="4A8CC832" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4779E203" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="15E90C5F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="29E0795D" w14:textId="77777777" w:rsidR="006036D6" w:rsidRPr="003D1E32" w:rsidRDefault="00F80878" w:rsidP="006972A3">
+          <w:p w14:paraId="288C42B3" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="000F0E40" w:rsidRDefault="00CB6B4F" w:rsidP="007F17C8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003D1E32">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140007, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004C1F73" w:rsidRPr="003D1E32">
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40" w:rsidRPr="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004F2A50" w:rsidRPr="003D1E32">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">           </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="239CAA52" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="006972A3">
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Майра</w:t>
+            </w:r>
+            <w:r w:rsidR="007F17C8" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі</w:t>
+            </w:r>
+            <w:r w:rsidR="00A545F1" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40" w:rsidRPr="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>49/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="000F0E40" w14:paraId="4079B1D4" w14:textId="77777777" w:rsidTr="00DC10A3">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="78BDB513" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D88667" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA8D17F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00270917" w:rsidRDefault="00CB6B4F" w:rsidP="00793910">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...110 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="003D1E32">
+            <w:r w:rsidR="00932150" w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="003D1E32">
+            <w:r w:rsidR="00A545F1" w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:t>78</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F80878" w:rsidRPr="003D1E32">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00793910">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="5295C7BF" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w14:paraId="7FE59C42" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3F2C3C03" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w14:paraId="17A7F0CD" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F072286" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="003D1E32" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w14:paraId="20CDB9B2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="63D4C234" w14:textId="43836D4B" w:rsidR="00CB6B4F" w:rsidRDefault="00000000" w:rsidP="0044022F">
+          <w:p w14:paraId="0F59B79C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00321E87" w:rsidRDefault="00000000" w:rsidP="007F17C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="001E7805" w:rsidRPr="002A3A53">
+              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="21"/>
-[...1 lines deleted...]
-                  <w:lang w:val="en-US"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>s</w:t>
+                <w:t>sosh</w:t>
               </w:r>
-              <w:r w:rsidR="001E7805" w:rsidRPr="002A3A53">
+              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="21"/>
-[...1 lines deleted...]
-                  <w:lang w:val="kk-KZ"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>osh</w:t>
+                <w:t>25</w:t>
               </w:r>
-              <w:r w:rsidR="001E7805" w:rsidRPr="002A3A53">
+              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="21"/>
-                  <w:szCs w:val="21"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
+                  <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>25</w:t>
+                <w:t>@goo.ed</w:t>
               </w:r>
-              <w:r w:rsidR="001E7805" w:rsidRPr="002A3A53">
+              <w:r w:rsidR="000F0E40" w:rsidRPr="00021B8A">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                  <w:sz w:val="21"/>
-[...1 lines deleted...]
-                  <w:lang w:val="kk-KZ"/>
+                  <w:sz w:val="23"/>
+                  <w:szCs w:val="23"/>
                 </w:rPr>
-                <w:t>@goo.edu.kz</w:t>
+                <w:t>u.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="6FC42394" w14:textId="290FF521" w:rsidR="001E7805" w:rsidRPr="001E7805" w:rsidRDefault="001E7805" w:rsidP="0044022F">
-[...9 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="39ADF875" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00321E87" w14:paraId="65501A2F" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="571CC247" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="26A87FD9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0555FA1C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="293D62A7" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4E68AF41" w14:textId="293F0663" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="002D585E">
+          <w:p w14:paraId="32FE6AB3" w14:textId="19F1FDD9" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="00A63ECF" w:rsidP="006E605E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">учитель </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>химия</w:t>
+            </w:r>
+            <w:r w:rsidR="00B20C30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>химии</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="003767AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
-[...44 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 16 сағат </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A5C8D" w:rsidRPr="003D1E32" w14:paraId="62EBCA77" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="001C1204" w14:paraId="5D71A4C7" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="62216B21" w14:textId="77777777" w:rsidR="003A5C8D" w:rsidRPr="003D1E32" w:rsidRDefault="003A5C8D" w:rsidP="003A5C8D">
+          <w:p w14:paraId="4D097004" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3717CDE5" w14:textId="77777777" w:rsidR="003A5C8D" w:rsidRPr="003D1E32" w:rsidRDefault="003A5C8D" w:rsidP="003A5C8D">
+          <w:p w14:paraId="7E1B155A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="76CD9083" w14:textId="77777777" w:rsidR="003A5C8D" w:rsidRPr="003A5C8D" w:rsidRDefault="003A5C8D" w:rsidP="003A5C8D">
-[...1 lines deleted...]
-              <w:ind w:firstLine="708"/>
+          <w:p w14:paraId="700F1DF8" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="00B20C30" w:rsidP="009C01C3">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rStyle w:val="FontStyle17"/>
-[...4 lines deleted...]
-                <w:iCs w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C01C3" w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды мемлекеттік жалпыға міндетті білім беру стандарттарына сәйкес және "Құндылықтарға негізделген білім беру" тұжырымдамасының негізінде оқыту мен тәрбиелеуді жүзеге асырады,   білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EFDB21A" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Оқытудың жаңа тәсілдерін, тиімді түрлерін, әдістері мен құралдарын қолданады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35A63E6D" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қысқа мерзімді жоспарларды, бөлімдер мен тоқсанның суммативті бағалауға арналған тапсырмаларды жасайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45B5B12A" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Электронды журналдарды толтырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="665A82BB" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпыға міндетті білім беру стандарттарында көзделген оқушылар мен деңгейден төмен емес тәрбиеленушілердің пәндік нәтижелерін, отбасылық-қызметтік, тұлғалық жетістіктерін қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39561E0B" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу бағдарламаларын әзірлеуге және орындауға қатысады, оқу жоспары мен оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37CB6B3B" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістемелік бірлестіктердің, әдістемелік кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11DD8B1B" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтары мен бейімділігін зерттейді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B2E4806" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="398DF761" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен нормаларын орындайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16581EFB" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз етеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DA93563" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналармен немесе оларды алмастыратын тұлғалармен ынтымақтастықты жүзеге асырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F71E543" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жабдықты пайдалану кезінде қауіпсіздік техникасы талаптарын орындайды. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F75346C" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру процесі кезінде балалардың өмірі мен денсаулығын сақтау үшін қажетті жағдайлар жасауды қамтамасыз етеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E690174" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D69A079" w14:textId="77777777" w:rsidR="009C01C3" w:rsidRPr="009C01C3" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізеді. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="483E19EC" w14:textId="77777777" w:rsidR="00793910" w:rsidRPr="00793910" w:rsidRDefault="009C01C3" w:rsidP="009C01C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C01C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім алушылар, тәрбиеленушілер, арасында академиялық адалдық қағидаларын, сыбайлас жемқорлыққа қарсы мәдениеттің алдын алады</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11755604" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="006B40D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...960 lines deleted...]
-            </w:r>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="5A086CAF" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="00321E87" w14:paraId="0BA439CB" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0AC31B7D" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="6BCB5183" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A023F3B" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="003D1E32" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w14:paraId="72030C04" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4340BCCF" w14:textId="77777777" w:rsidR="003B35E6" w:rsidRPr="003D1E32" w:rsidRDefault="003B35E6" w:rsidP="003B35E6">
-[...59 lines deleted...]
-                <w:szCs w:val="21"/>
+          <w:p w14:paraId="79F0F85A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="006B40D9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C747B20" w14:textId="635EEE4F" w:rsidR="008E7665" w:rsidRPr="00321E87" w:rsidRDefault="008E7665" w:rsidP="006E605E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00C857C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00F02506" w:rsidRPr="003D1E32">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00A545F1" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00051661">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>000</w:t>
             </w:r>
-            <w:r w:rsidRPr="003D1E32">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="4DB1680D" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="001C1204" w14:paraId="6077C107" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="103E4EAB" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="3649D8F1" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="415CA879" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="003D1E32" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w14:paraId="4A14783B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="003D1E32">
+              <w:t xml:space="preserve">Педагогтердің үлгілік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E5551BE" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="20D276A5" w14:textId="77777777" w:rsidR="00A118B1" w:rsidRPr="003D1E32" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
-[...77 lines deleted...]
-              <w:t>га-исследователя не менее 4 лет</w:t>
+          <w:p w14:paraId="7A2DA57C" w14:textId="77777777" w:rsidR="001504A9" w:rsidRPr="00321E87" w:rsidRDefault="001504A9" w:rsidP="00211F66">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">-жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>білім немесе техникалық және кәсіптік білім немесе жұмыс өтіліне талап қойылмай, педагогикалық қайта даярлығын растайтын құжат; және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер мамандығы бойынша жұмыс өтілі-5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4432807B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="001504A9" w:rsidP="00211F66">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -және (немесе) біліктілігінің орта немесе жоғары деңгейі болған кезде мамандығы бойынша жұмыс өтілі: педагог-модератор үшін кемінде 3 жыл, педагог – сарапшы үшін кемінде 4 жыл, педагог-зерттеуші үшін кемінде 5 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="003D1E32" w14:paraId="10820141" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="00321E87" w14:paraId="60BBAD11" w14:textId="77777777" w:rsidTr="00DC10A3">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29F1A5DF" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w14:paraId="6D351B48" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36752C1C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w14:paraId="29648F05" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="482A0EAE" w14:textId="4870C036" w:rsidR="00B1578A" w:rsidRPr="003D1E32" w:rsidRDefault="003A28FC" w:rsidP="00175139">
-            <w:pPr>
+          <w:p w14:paraId="11CF8205" w14:textId="4F421240" w:rsidR="00B1578A" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="002E1342">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>07</w:t>
             </w:r>
-            <w:r w:rsidR="003B4A08" w:rsidRPr="003D1E32">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="00321E87" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
-            <w:r w:rsidR="003B4A08" w:rsidRPr="003D1E32">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidR="006E605E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0E40">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>15</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00045D62" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>08</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidR="00392795" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> г</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00392795" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж</w:t>
+            </w:r>
+            <w:r w:rsidR="001504A9" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00486BF5" w:rsidRPr="003D1E32" w14:paraId="2883067F" w14:textId="77777777" w:rsidTr="00CD2A07">
+      <w:tr w:rsidR="004704C3" w:rsidRPr="001C1204" w14:paraId="06FE7694" w14:textId="77777777" w:rsidTr="004E6DEE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
-[...54 lines deleted...]
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19B4A894" w14:textId="77777777" w:rsidR="00486BF5" w:rsidRPr="00E00208" w:rsidRDefault="00486BF5" w:rsidP="00486BF5">
-            <w:pPr>
+          <w:p w14:paraId="1AEB484F" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...16 lines deleted...]
-          <w:p w14:paraId="42B3FE39" w14:textId="77777777" w:rsidR="00486BF5" w:rsidRPr="00E00208" w:rsidRDefault="00486BF5" w:rsidP="00486BF5">
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F41BE17" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...253 lines deleted...]
-                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">менее 15 минут, с минимальным разрешением – 720 x 480; </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00486BF5" w:rsidRPr="003D1E32" w14:paraId="278C762E" w14:textId="77777777" w:rsidTr="00C43C37">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05CAC882" w14:textId="51CC5938" w:rsidR="00486BF5" w:rsidRPr="003D1E32" w:rsidRDefault="00486BF5" w:rsidP="00486BF5">
+          <w:p w14:paraId="0F38BC99" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EA7E7F7" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A7AB2EA" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="302EA016" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07C0471C" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7674ABD9" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74F1AA40" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="761D545B" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E3A11AE" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74C52C54" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B4296D7" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54A1878D" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133F85D8" w14:textId="53DA1712" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004704C3" w:rsidRPr="001C1204" w14:paraId="6C8DDB11" w14:textId="77777777" w:rsidTr="00341746">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBBF148" w14:textId="7A89FEA3" w:rsidR="004704C3" w:rsidRPr="008623B7" w:rsidRDefault="004704C3" w:rsidP="004704C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B57E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4F7AE889" w14:textId="27879AE7" w:rsidR="00486BF5" w:rsidRPr="003D1E32" w:rsidRDefault="00486BF5" w:rsidP="00486BF5">
+          <w:p w14:paraId="2E244D05" w14:textId="1AFABFA2" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1E32">
+            <w:r w:rsidRPr="00B57E28">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="21"/>
-[...3 lines deleted...]
-              <w:t>Срок временно вакантной должности</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Уақытша бос </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B57E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6858" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3937AA49" w14:textId="2B935488" w:rsidR="00486BF5" w:rsidRPr="003D1E32" w:rsidRDefault="00486BF5" w:rsidP="00486BF5">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="41AB8804" w14:textId="5BE47E19" w:rsidR="004704C3" w:rsidRPr="008623B7" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B57E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>На период</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">уақытша, негізгі қызметкердің бала күтімі бойынша демалысы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B57E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...17 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>кезеңіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B57E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B57E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B57E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="001C1204">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="003D1E32">
-[...7 lines deleted...]
-              <w:t>г.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж. дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...28 lines deleted...]
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A82650" w14:paraId="76E8A0FA" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="004704C3" w:rsidRPr="00321E87" w14:paraId="682B7114" w14:textId="77777777" w:rsidTr="00D478D0">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="302C889A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w14:paraId="6B17CDB3" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B3B463D" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C024F86" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A189125" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A35302D" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F8DC6C8" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65F5D938" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11E2253A" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D48435F" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D3AE96F" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7187AB30" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E6684B6" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29B1D443" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05DC7260" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6271C2FC" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08715EF2" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37EC8080" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36128039" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39197F50" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09318214" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09E526E2" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FB1BED0" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="0057541F" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="100A0E04" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="003D1E32">
-[...12 lines deleted...]
-          <w:p w14:paraId="6CC878CE" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+          <w:p w14:paraId="60F22A92" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="61CF705E" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45580A5D" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="6E16B7F6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D927E21" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="789C5532" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57FDAADA" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="207D50AF" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3990587E" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="028D043F" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="719FB7CE" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="175B5878" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="265DA62C" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71BCB0C3" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6ED60D51" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24C9CC98" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CBAB9E9" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="527AFF8D" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53AAB13E" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="565E7C60" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01D65B73" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="177F05D3" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F0F2839" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="038708DF" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E6C17B8" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43D6DD56" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24F610DF" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EF212AE" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77C3649D" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DF7DF36" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="493ADDFA" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7262A4F9" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D5FC68A" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E506D21" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E777264" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="676C3347" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3CF8198A" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14F88872" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D973191" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="0057541F" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C554B56" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="0057541F" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F37FCE7" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="0057541F" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21EE21E1" w14:textId="77777777" w:rsidR="004704C3" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4796873C" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74CEE21C" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FC539CB" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C46F0B3" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="188CAF3D" w14:textId="77777777" w:rsidR="004704C3" w:rsidRPr="00321E87" w:rsidRDefault="004704C3" w:rsidP="004704C3">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55748A96" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
-[...78 lines deleted...]
-    <w:p w14:paraId="4F225D08" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w14:paraId="659DF5C3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7457D9A4" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="77EA3073" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00454B15" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00454B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00454B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>_  _______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00454B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>_</w:t>
       </w:r>
+      <w:r w:rsidR="00454B15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="69454B55" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...37 lines deleted...]
-    <w:p w14:paraId="2267E54E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w14:paraId="6E519A38" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A82650">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D4AA9F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4B964CA8" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A23B9A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="60079BAD" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D5525F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...69 lines deleted...]
-    <w:p w14:paraId="46964CE3" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="1EEC231A" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A63ECF" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
+      <w:r w:rsidRPr="00A63ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B689D" w:rsidRPr="00A82650">
+        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640B5B75" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C08E7E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50273C55" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A63ECF" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>фактическое место проживания, адрес прописки, контактный телефон</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A82650">
+      </w:pPr>
+      <w:r w:rsidRPr="00A63ECF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F108758" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="0C426A70" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A63ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AFA1131" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
+      <w:r w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________________</w:t>
-[...13 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16728215" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0824FD82" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="41F52E14" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E1E2318" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00A82650" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w14:paraId="75F595EC" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
+      <w:r w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35351268" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00A82650" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w14:paraId="698564B6" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00F7191E" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007E20FE" w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500FEC95" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+    <w:p w14:paraId="3D757C33" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF3F0F1" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="5F2A8173" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="626EF4BD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
-[...27 lines deleted...]
-    <w:p w14:paraId="55AFD06C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="7CB4F935" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DBB04D" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w14:paraId="45C95DB1" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B07577D" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+    <w:p w14:paraId="591C1775" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> _____________________________________________________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B3FDE6" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="25BCBA46" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1B202FD5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="5442CFF1" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD7B899" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="22303974" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD1A497" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="2F18D602" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17A41AFC" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+    <w:p w14:paraId="66D6CD69" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DABFF21" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="5993284F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A82650" w14:paraId="7E036936" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00321E87" w14:paraId="01860DB4" w14:textId="77777777" w:rsidTr="00DF4A7D">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6756B4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w14:paraId="7D7E3F81" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F572BC6" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0975F656" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="7E374B21" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B872473" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="2A4A291A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Период</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8E30F6" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w14:paraId="7A178483" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BF91765" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+              <w:t>Диплом бойынша мамандығы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73438D06" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="00A82650" w14:paraId="460A2C50" w14:textId="77777777" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00437A2D" w:rsidRPr="00321E87" w14:paraId="63C41255" w14:textId="77777777" w:rsidTr="00DF4A7D">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63E82F8E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="0EC862DF" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D754D00" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="3885CC7F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7817E0D9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="0002EE0F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4719DB98" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="0B735D04" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F52C797" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="7400312C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75BFAD1D" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w14:paraId="466B541A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...72 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік санатының болуы (берген (растаған) күні):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556139C1" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
-[...26 lines deleted...]
-    <w:p w14:paraId="0DF183A6" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w14:paraId="1E8651AC" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00321E87" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="05542551" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w14:paraId="21F8005D" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...55 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="082835C6" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w14:paraId="4232B133" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...11 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82650">
-[...46 lines deleted...]
-        <w:t>__</w:t>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A399E4" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="2DC4BAF5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...13 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645372B4" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="6F452324" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="70644A0A" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="4A62099F" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00B3089F" w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="52795BFD" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="2E18082E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...21 lines deleted...]
-        <w:t>_</w:t>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CAEA94" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="6AFEAA5E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4795F84C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+    <w:p w14:paraId="46DADA4C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...15 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5F634EDA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="54F58314" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары, атақтары, дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғылыми дәрежесі, ғылыми атағы </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD4F9D4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="69B27E90" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="288124CA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="7FAE5484" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7D6D2D13" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+    <w:p w14:paraId="5DED55F8" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="60672DFB" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="7507FB69" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...11 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t xml:space="preserve">Cондай-ақ </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715BEE97" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="4E44CFB3" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...11 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_</w:t>
-[...7 lines deleted...]
-        <w:t>_</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDD1316" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00A82650" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+    <w:p w14:paraId="40E0D6E0" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A82650">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="32321320" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00A82650" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
-[...20 lines deleted...]
-    <w:p w14:paraId="1DA27FCD" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00321427" w:rsidP="00452A41">
+    <w:p w14:paraId="0CA028D8" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774B954C" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00321E87" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...145 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E0D9EAE" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+    <w:p w14:paraId="29AB729B" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="315870A9" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00452A41" w:rsidRPr="00A82650">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6B8D76CA" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00A82650" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
+    <w:p w14:paraId="28E6E0C2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00321E87" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C493264" w14:textId="77777777" w:rsidR="00DF4A7D" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00A82650" w14:paraId="7B740EB6" w14:textId="77777777" w:rsidTr="004B772A">
+      <w:tr w:rsidR="00301843" w:rsidRPr="00321E87" w14:paraId="1A228578" w14:textId="77777777" w:rsidTr="006F7468">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D130DB5" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00A82650" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="5F1EFDD8" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F01A900" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00A82650" w:rsidRDefault="00301843" w:rsidP="00B0496E">
+          <w:p w14:paraId="42FD274D" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DBD5373" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
+          <w:p w14:paraId="04D99B07" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="33370C37" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1D1E28" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="61DC5E9D" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="171AAA5E" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5E26958F" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="750696B6" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="094477B4" w14:textId="77777777" w:rsidR="00A82650" w:rsidRDefault="00A82650" w:rsidP="007C3AFB">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18D0B7A9" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...169 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E654445" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="3967137A" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DF8D11F" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00A82650" w:rsidRDefault="007C3AFB" w:rsidP="001B695E">
+    <w:p w14:paraId="426302B7" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00321E87" w:rsidRDefault="001B695E" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A82650">
+      <w:r w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...44 lines deleted...]
-      <w:r w:rsidR="001B695E" w:rsidRPr="00A82650">
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7468" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7B8C18" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00A82650" w:rsidRDefault="007C3AFB" w:rsidP="007C3AFB">
+    <w:p w14:paraId="6B6C06B0" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00321E87" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A497078" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00610B31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="18"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4961"/>
+        <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="2BBB0004" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="39AB34F7" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6369FE57" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="5E6C8009" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="744F4278" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="0378CE50" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FB5E0E5" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4C8F7BE6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8168DE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="3791002B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42A0BE8D" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="004B772A" w:rsidP="004B772A">
+          <w:p w14:paraId="50C054C0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="006F7468">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A82650">
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D802F80" w14:textId="77777777" w:rsidR="00854F32" w:rsidRPr="00321E87" w:rsidRDefault="0053507A" w:rsidP="0053507A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A82650">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...3 lines deleted...]
-              <w:t>ценка</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Баға</w:t>
+            </w:r>
+            <w:r w:rsidR="00854F32" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="0474D6EC" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="001C1204" w14:paraId="7BE3668B" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FFC564C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="781BBE1F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8767F7" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...18 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="5B5995A9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BAC5E13" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...14 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+          <w:p w14:paraId="16CF4B8A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EA1D598" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...93 lines deleted...]
-              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+          <w:p w14:paraId="2991AA20" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіптік = 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="543861EB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12115B7A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары сырттай / қашықтықтан оқыту = 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EEF0866" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім туралы үздік диплом = 7</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="310769DB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="732209EB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="5D7923D7" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="7A2F8791" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="952"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1165BF7A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="5DE1CB2B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="076F7774" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...37 lines deleted...]
-              <w:t>академическая степень</w:t>
+          <w:p w14:paraId="3A3C2762" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми/ академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A463F3B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...14 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+          <w:p w14:paraId="30BFB09F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53F4AD13" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...76 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+          <w:p w14:paraId="44E78B51" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр немесе жоғары білімі бар маман = 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01D88E2D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD30F77" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B052E23" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 10</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1FD6" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="605FFCFB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="30C7C078" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="5FD5E9FB" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="004704C3" w14:paraId="10E60C40" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B60D636" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="0C70CCED" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E724E54" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0686B3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...18 lines deleted...]
-              <w:t>Национальное квалификационное тестирование</w:t>
+          <w:p w14:paraId="6233C920" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұлттық біліктілік тестілеуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6A3388" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="77B7BDF1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B47AC37" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5EFEC747" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F2FCB07" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="178CBC63" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D23EAB9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35F07CFF" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80-ге дейін = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65F8088B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90-ға дейін = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="776CA864" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E84F3C0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40-қа дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D87C41F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50-ге дейін = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C7BBC05" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60-қа дейін = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01E8CEE2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70-ке дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B555704" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00321E87" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73F82705" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-          </w:p>
-[...432 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11FDD13F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51511D0D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FD45A49" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00985ED7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707B1A0C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-ден 90 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA32430" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36B0251F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E8CEE61" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FA1CA18" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CD2BFCE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C150771" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00321E87" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DCB7070" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-          </w:p>
-[...534 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70A55239" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1150573C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="522F5C75" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DFACF2A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19EA7638" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52C614D7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="141A556C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="514BD77E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40-тан 50 балға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6596CCA5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6535C7E8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B42F3AF" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00321E87" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="328B69B3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-          </w:p>
-[...500 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2962CBCD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мазмұны бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E312DCC" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FB6B909" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FE56483" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>70-тен 80 балға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E4DD20E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80-нен 90 балға дейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A801C1B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FC31A69" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AD92FD8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>40 - тан 50 балға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="790D5B7D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>50-ден 60 балға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="107BCB84" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>60-тан 70 балға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783B393A" w14:textId="77777777" w:rsidR="00EF1FD6" w:rsidRPr="00321E87" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="130F61B4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...595 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23B7DE3F" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="50240524" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="3C852BA6" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="5D7BF6B3" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="1367"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7E2CE2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="6470A261" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8CA6C0" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...26 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="501246BE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілігі/</w:t>
+            </w:r>
+            <w:r w:rsidR="006F7468" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Санаты.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="018CF57E" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...25 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6830C941" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B31F04B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...136 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+          <w:p w14:paraId="32A5A179" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17307727" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 санат -</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3957BEA1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жоғары санатты</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7638E773" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00141321" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D2E7F47" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог- зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BD599AB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53ECBFC1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6C74F22F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="23D8F4EF" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="0BC7B949" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="807"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BE865A8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="77B41428" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D90BC83" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...17 lines deleted...]
-              <w:t>Стаж педагогической деятельности</w:t>
+          <w:p w14:paraId="52762848" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет өтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="349CEFAB" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="004B772A" w:rsidP="004B772A">
-[...40 lines deleted...]
-              <w:t>заменяющий трудовую деятельность</w:t>
+          <w:p w14:paraId="19F445C6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03A33330" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00304B28" w:rsidP="00304B28">
-[...108 lines deleted...]
-              <w:t>от 10 и более = 3 балла</w:t>
+          <w:p w14:paraId="4B257AD2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 жылдан 3 жылға дейін = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E5A579" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="400A1555" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 жылдан 10 жылға дейін = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DE139D0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>10 жылдан және одан артық = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E3BB69A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="2473DBE5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="6E9CD0F8" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="0CC4897B" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55393723" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="081BD7E0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F050A0B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+          <w:p w14:paraId="2F356240" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F5EF0AE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="004B772A" w:rsidP="004B772A">
-[...40 lines deleted...]
-              <w:t>заменяющий трудовую деятельность</w:t>
+          <w:p w14:paraId="2E06FBBB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Е</w:t>
+            </w:r>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08443541" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00304B28" w:rsidP="00304B28">
-[...93 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5CF3FD8A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17527159" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор орынбасары= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D3317B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04AFFD80" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="511E26D5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="5C228993" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="3B871325" w14:textId="77777777" w:rsidTr="00854F32">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1109A026" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="6ADAEDD3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39519491" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+          <w:p w14:paraId="6BE2B60E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09BD5273" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...14 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+          <w:p w14:paraId="736F2168" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білім туралы дипломға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F10BC1A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="09618965" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DE0AFD8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте жақсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="000CFF60" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="00321427" w:rsidP="004B772A">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="2FC6EE9A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidR="0086261D" w:rsidRPr="00A82650">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DADB5C2" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="7DBC4A9B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="7E4D79DE" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="43A6C9F8" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3404B971" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="47F64F94" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="344B010A" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...38 lines deleted...]
-              <w:t>(при осуществлении трудовой деятельности)</w:t>
+          <w:p w14:paraId="4F57B223" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C73A012" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="004B772A" w:rsidP="004B772A">
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="7259CC97" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD0984C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...108 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+          <w:p w14:paraId="7A0AC1ED" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09BE91B8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EE8F39E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EFB6B3B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="79D6E1F1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="13E579EC" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="1641E4C6" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D4925C4" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="709F0CD4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3AD499" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...18 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w14:paraId="20BC03C6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFAF049" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...68 lines deleted...]
-              <w:t>- государственная награда</w:t>
+          <w:p w14:paraId="67E985FD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04C62A8F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="415B55CA" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79F4225C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="67F6F5CE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0840CE5C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39394FD4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B83887" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үздік педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445D7BF1" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Үздік педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> конкурсының жүлдегері – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5168B1C7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">медаль </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстанның еңбек сіңірген ұстазы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> = 10 баллов</w:t>
+            <w:r w:rsidR="000F7F2D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r w:rsidR="000F7F2D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06D0D0C3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="38790858" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="0DCE91D7" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="004704C3" w14:paraId="7364690F" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6583053C" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="78F23A5F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6CB8F8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...18 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w14:paraId="7FB6426C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C00EAB1" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...14 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+          <w:p w14:paraId="0E1F2971" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A387805" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+          <w:p w14:paraId="5C857F6F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0876A5B0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК  тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ABEF4AE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00415A88">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы</w:t>
+            </w:r>
+            <w:r w:rsidR="00415A88" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CAAC184" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1ABD8357" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="075E687F" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="17EB148D" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48BD9103" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="6E1F5716" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B710ADD" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...18 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w14:paraId="435CE3E6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ABA93E8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...43 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="5D9FC09A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54ACA9D0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- көптілділікті жүзеге асыру</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="032CDB14" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="00304B28">
-[...180 lines deleted...]
-              <w:t>) = 5 баллов</w:t>
+          <w:p w14:paraId="7EFB708B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F19787D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ӘБ жетекшілігі -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F300DC7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="518D783D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B4A9A0C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="380488B0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4642AFC8" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="20FCA8F9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304B28" w:rsidRPr="00A82650" w14:paraId="6B093635" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="00321E87" w14:paraId="7A0520A0" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BDB85A3" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w14:paraId="308032A0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA28C37" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> подготовка</w:t>
+          <w:p w14:paraId="4122EFF4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59E9F731" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...132 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="745C3695" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A6F542" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="701B93A7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CFC7416" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BFE6B1A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe Zertifikat, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python-да бағдарламалау негіздері</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft-пен жұмыс істеуді оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағдарламалары бойынша оқыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B437CFE" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5A5F88B4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НЗМ ПШО, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
-            <w:r w:rsidR="00321427" w:rsidRPr="00A82650">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курстары</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A82650">
-[...5 lines deleted...]
-              <w:t>0,5 балла (каждый отдельно)</w:t>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E0C4D71" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36620FE9" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="590398AE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B772A" w:rsidRPr="00A82650" w14:paraId="03459B8E" w14:textId="77777777" w:rsidTr="00304B28">
+      <w:tr w:rsidR="00610B31" w:rsidRPr="00321E87" w14:paraId="17C49095" w14:textId="77777777" w:rsidTr="00854F32">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2343" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4153" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7183EA" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w14:paraId="31C19D07" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...4 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CDEA12B" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6BB1D59B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...12 lines deleted...]
-              <w:t>83</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Максималды балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73D9BD71" w14:textId="77777777" w:rsidR="0086261D" w:rsidRPr="00A82650" w:rsidRDefault="0086261D" w:rsidP="004B772A">
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="205C80C4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00321E87" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="206D41AC" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00A82650" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
+    <w:p w14:paraId="6AEB7280" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00321E87" w:rsidRDefault="00301843" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A7D27F9" w14:textId="77777777" w:rsidR="003E27E1" w:rsidRPr="00A82650" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+    <w:p w14:paraId="6594988D" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E27E1" w:rsidRPr="00A82650" w:rsidSect="00247927">
+    <w:p w14:paraId="10AD4366" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00452A41" w:rsidRPr="00321E87" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -11640,57 +10971,50 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -11971,54 +11295,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F1137A4"/>
+    <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0B694EA"/>
-    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12084,50 +11408,164 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="662277E3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9C644C3A"/>
+    <w:lvl w:ilvl="0" w:tplc="1C3EF5D6">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1140" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2580" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3300" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4020" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4740" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5460" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6180" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12196,51 +11634,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12289,784 +11727,898 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="80953437">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D25765B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A784172"/>
+    <w:lvl w:ilvl="0" w:tplc="3F3C5DAE">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="878861358">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1742562548">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="206336310">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1370570167">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="4" w16cid:durableId="1799909685">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="190725821">
+  <w:num w:numId="5" w16cid:durableId="1167398274">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1638533962">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1845628888">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="843281601">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="8" w16cid:durableId="1318413635">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="000332DF"/>
     <w:rsid w:val="00044308"/>
+    <w:rsid w:val="00045D62"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="00051661"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="0008707D"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
-    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F0E40"/>
+    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="0012246A"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="001504A9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
-    <w:rsid w:val="00175139"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C1204"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
-    <w:rsid w:val="001E7805"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="00211F66"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
-    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00270917"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="002875DD"/>
-    <w:rsid w:val="0029406B"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="00294F3E"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
-    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
-    <w:rsid w:val="002C03E0"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D585E"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E1342"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00321427"/>
+    <w:rsid w:val="00321E87"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003767AF"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00392795"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
-    <w:rsid w:val="003A28FC"/>
     <w:rsid w:val="003A5835"/>
-    <w:rsid w:val="003A5C8D"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
-    <w:rsid w:val="003B35E6"/>
-    <w:rsid w:val="003B4A08"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
-    <w:rsid w:val="003D1E32"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
-    <w:rsid w:val="003E76F5"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F3F33"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424621"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
-    <w:rsid w:val="0044022F"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00454B15"/>
     <w:rsid w:val="00456CEA"/>
-    <w:rsid w:val="00457031"/>
     <w:rsid w:val="0046481C"/>
-    <w:rsid w:val="00470938"/>
+    <w:rsid w:val="004704C3"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
-    <w:rsid w:val="00486BF5"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B08C8"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
-    <w:rsid w:val="004C1F73"/>
-    <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057541F"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="00593B75"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
-    <w:rsid w:val="005A2AB1"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
-    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D003F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D5F10"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
-    <w:rsid w:val="005E7858"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
-    <w:rsid w:val="006036D6"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00662AE4"/>
     <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="006650EE"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="0069554B"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
-    <w:rsid w:val="006972A3"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006B40D9"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E605E"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="00793910"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
-    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F17C8"/>
     <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="007F559F"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00861BC7"/>
-    <w:rsid w:val="0086261D"/>
+    <w:rsid w:val="008623B7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00871EB3"/>
     <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00881E8D"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
-    <w:rsid w:val="008A76B3"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C01C3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A545F1"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
-    <w:rsid w:val="00A654CE"/>
+    <w:rsid w:val="00A63ECF"/>
     <w:rsid w:val="00A70E7A"/>
-    <w:rsid w:val="00A718BE"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A82650"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB4752"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD17E7"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02660"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B20C30"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B3089F"/>
+    <w:rsid w:val="00B31466"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B42F37"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C067AF"/>
     <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C24F88"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C857C2"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
-    <w:rsid w:val="00DD085B"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50AD6"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
-    <w:rsid w:val="00ED4ED0"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
-    <w:rsid w:val="00F02506"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
-    <w:rsid w:val="00F42727"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F80878"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA6FF3"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="376B8F80"/>
-  <w15:docId w15:val="{BF8984DD-9037-41CC-AE7D-5EFCD227B456}"/>
+  <w14:docId w14:val="1D6AA09A"/>
+  <w15:docId w15:val="{CF8092EE-D388-4ADE-920B-7ADF9FFDD58A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13110,51 +12662,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13564,123 +13116,119 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aa">
-    <w:name w:val="Emphasis"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountname">
+    <w:name w:val="user-account__name"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="20"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A718BE"/>
+    <w:rsid w:val="00A545F1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="user-accountaccent-letter">
+    <w:name w:val="user-account__accent-letter"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00A545F1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="00A545F1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:i/>
-[...47 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
-[...1 lines deleted...]
-    <w:rsid w:val="003A5C8D"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:rsid w:val="00A545F1"/>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
+    <w:div w:id="252860218">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="814177345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -13978,78 +13526,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{541CE951-0F08-4DA4-8431-9C979F4031A1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DE68849-ADD1-48F3-ADD8-D98733722C5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2293</Words>
-  <Characters>13073</Characters>
+  <Words>2103</Words>
+  <Characters>11992</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>ECO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15336</CharactersWithSpaces>
+  <CharactersWithSpaces>14067</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>