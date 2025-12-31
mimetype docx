--- v0 (2025-12-10)
+++ v1 (2025-12-31)
@@ -28,696 +28,225 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2399CA43" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRDefault="00F96C74" w:rsidP="001C307C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="006CCC63" w14:textId="1268CA05" w:rsidR="00897470" w:rsidRDefault="00897470" w:rsidP="00897470">
+    <w:p w14:paraId="5DF124FC" w14:textId="77777777" w:rsidR="002442BA" w:rsidRPr="00A52B6B" w:rsidRDefault="002442BA" w:rsidP="002A2576">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A52B6B">
+        <w:rPr>
           <w:rStyle w:val="ab"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r w:rsidR="002A2576">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="002A2576">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52B6B">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0724BDAE" w14:textId="77777777" w:rsidR="002442BA" w:rsidRPr="00A52B6B" w:rsidRDefault="002442BA" w:rsidP="002442BA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A52B6B">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4937474B" w14:textId="4D19CFBC" w:rsidR="00897470" w:rsidRPr="00897470" w:rsidRDefault="00897470" w:rsidP="00897470">
+    <w:p w14:paraId="278D5F6E" w14:textId="1C41D92C" w:rsidR="004B007C" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rStyle w:val="ab"/>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00897470">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Павлодар</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс на должность учителя </w:t>
       </w:r>
-      <w:r w:rsidRPr="00897470">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>начальных классов</w:t>
+      </w:r>
+      <w:r w:rsidR="003E54C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B007C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>қаласы</w:t>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="003E54C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004B007C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>білім</w:t>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>русским языком обучения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...253 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="68B6E3CE" w14:textId="35DBF142" w:rsidR="00897470" w:rsidRPr="00F14095" w:rsidRDefault="00897470" w:rsidP="00897470">
+    <w:p w14:paraId="7592C0AC" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00B6148F" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rStyle w:val="ab"/>
-[...228 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...37 lines deleted...]
-        <w:t>)</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (на вакантную должность)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="001B162E" w14:paraId="653B0EEB" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="653B0EEB" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19F66BCA" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -725,664 +254,595 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6273DCDB" w14:textId="77777777" w:rsidR="00897470" w:rsidRPr="00897470" w:rsidRDefault="00897470" w:rsidP="00897470">
+          <w:p w14:paraId="1D91EE0A" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00897470">
-[...30 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1442E43F" w14:textId="7AEDBCBD" w:rsidR="00F96C74" w:rsidRPr="00897470" w:rsidRDefault="00897470" w:rsidP="00C946C9">
+          <w:p w14:paraId="0265BE51" w14:textId="77777777" w:rsidR="002442BA" w:rsidRPr="002442BA" w:rsidRDefault="002442BA" w:rsidP="002442BA">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...60 lines deleted...]
-              <w:t>жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>КГУ «Средн</w:t>
+            </w:r>
+            <w:r w:rsidR="002A2576">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">яя общеобразовательная школа № 15 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>города Павлодара»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1442E43F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="002442BA" w:rsidRDefault="002442BA" w:rsidP="002442BA">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00897470" w14:paraId="3127E5F1" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="3127E5F1" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25B82989" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00897470" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="25B82989" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D43C941" w14:textId="77777777" w:rsidR="00897470" w:rsidRPr="00897470" w:rsidRDefault="00897470" w:rsidP="00897470">
+          <w:p w14:paraId="251E3048" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00897470">
-[...7 lines deleted...]
-              <w:t>пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="122F06E3" w14:textId="529D51CD" w:rsidR="00F96C74" w:rsidRPr="00897470" w:rsidRDefault="00F96C74" w:rsidP="00897470">
+          <w:p w14:paraId="122F06E3" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="002A2576">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...88 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г.Павлодар, </w:t>
+            </w:r>
+            <w:r w:rsidR="002442BA" w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">г. Павлодар, ул. </w:t>
+            </w:r>
+            <w:r w:rsidR="002A2576">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ак.Чокина</w:t>
+            </w:r>
+            <w:r w:rsidR="002442BA" w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 3</w:t>
             </w:r>
-            <w:r w:rsidR="002A2576" w:rsidRPr="00897470">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> индекс 140000</w:t>
+            <w:r w:rsidR="002A2576">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>почтовый индекс 140000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00897470" w14:paraId="1E0AFF74" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="1E0AFF74" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62AD2039" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00897470" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="62AD2039" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26BA0419" w14:textId="27945ABC" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00897470">
+          <w:p w14:paraId="26BA0419" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Телефон нөмірлері</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="493C014F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="002A2576">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00897470">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">7 (7182) </w:t>
             </w:r>
             <w:r w:rsidR="002A2576">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,  тел. 20-93-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="00897470" w14:paraId="21EEB8FE" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="21EEB8FE" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26F6D11F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00897470" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="26F6D11F" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65C14CC7" w14:textId="21F6D6C2" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00897470">
+          <w:p w14:paraId="65C14CC7" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Электрондық пошта</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43AB692D" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00897470" w:rsidRDefault="002442BA">
+          <w:p w14:paraId="43AB692D" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="002A2576" w:rsidRDefault="002442BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">э/почта: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>sosh</w:t>
+            </w:r>
+            <w:r w:rsidR="002A2576">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidRPr="00897470">
-[...7 lines deleted...]
-              <w:t>@goo.edu.kz</w:t>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>@</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>goo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002442BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="0A91B7C3" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E3BB35A" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
@@ -1397,1071 +857,847 @@
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="335C5DAF" w14:textId="39166AC0" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00897470">
+          <w:p w14:paraId="335C5DAF" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37B4A55A" w14:textId="0A68A86F" w:rsidR="008C0FD9" w:rsidRDefault="008C0FD9">
+          <w:p w14:paraId="7982E22E" w14:textId="6CAF6E69" w:rsidR="00F96C74" w:rsidRPr="00923D5D" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A9508F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>учитель начальных классов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с </w:t>
+            </w:r>
+            <w:r w:rsidR="003E54C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001B162E">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русским  языком обучения,</w:t>
+            </w:r>
+            <w:r w:rsidR="007C48A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00923D5D" w:rsidRPr="00923D5D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="2D2BF639" w14:textId="195D1F5C" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="007C48A2" w:rsidP="008C0FD9">
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00444ABB" w:rsidRPr="00444ABB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>став</w:t>
+            </w:r>
+            <w:r w:rsidR="003E54C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="00923D5D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D2BF639" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00444ABB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...59 lines deleted...]
-              <w:t>сағат</w:t>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="001B162E" w14:paraId="588282E8" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="588282E8" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13435928" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19C0188B" w14:textId="67BC9406" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00897470">
+          <w:p w14:paraId="19C0188B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DE1BC38" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
-            <w:pPr>
+          <w:p w14:paraId="797A4B22" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="008C0FD9">
+              </w:rPr>
+              <w:t>Организует и проводит учебную и учебно-методическую работу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A151DC" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет обучение и воспитание обучающихся с учетом преподаваемой дисциплины в соответствии с государственными общеобязательными стандартами образования. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ECE3E29" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="008C0FD9">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve">Способствует формированию общей культуры личности, выявляет и содействует развитию индивидуальных способностей обучающихся. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0933918D" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F14095">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Использует наиболее эффективные формы, методы и средства обучения, новые педагогические технологии. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A637BDB" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F14095">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечивает получение обучающимися качественных знаний, умений и навыков. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75934BC9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F14095">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Участвует в разработке и выполнении образовательных программ в соответствии с учебным планом и графиком учебного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ECF45F2" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F14095">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60BB2C5B" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="00F96C74">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:ind w:left="311" w:hanging="283"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F14095">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...42 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Выполняет требования по безопасности и охране труда при эксплуатации оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07A177ED" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="47B24A46" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21E4E6E2" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="657A3574" w14:textId="0634C2A8" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00897470">
+          <w:p w14:paraId="657A3574" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C619CAD" w14:textId="7967E2C3" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+          <w:p w14:paraId="1C619CAD" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...22 lines deleted...]
-          <w:p w14:paraId="67C46426" w14:textId="10B1E56D" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67C46426" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...9 lines deleted...]
-              <w:t>арнайы орта білім</w:t>
+              <w:t>- среднее специ</w:t>
             </w:r>
             <w:r w:rsidR="00314370">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>( min): 126975,97-146489,91</w:t>
+              <w:t>альное образование( min): 126975,97-146489,91</w:t>
             </w:r>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> тенге;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7442F4B2" w14:textId="5B44C527" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="008C0FD9">
+          <w:p w14:paraId="7442F4B2" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74" w:rsidP="005A058B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...9 lines deleted...]
-              <w:t>жоғары білім</w:t>
+              <w:t xml:space="preserve">- высшее </w:t>
             </w:r>
             <w:r w:rsidR="00314370">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (min): 144628,73-197546,34</w:t>
+              <w:t>образование (min): 144628,73-197546,34</w:t>
             </w:r>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96C74" w:rsidRPr="001B162E" w14:paraId="6D398068" w14:textId="77777777" w:rsidTr="00F96C74">
+      <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="6D398068" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DD831C7" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01C9F965" w14:textId="77777777" w:rsidR="00897470" w:rsidRPr="00897470" w:rsidRDefault="00897470" w:rsidP="00897470">
+          <w:p w14:paraId="09FA6AAD" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00897470">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік</w:t>
-[...90 lines deleted...]
-          <w:p w14:paraId="66DB17FB" w14:textId="16ADD30C" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00897470" w:rsidP="00897470">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66DB17FB" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00897470">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D3EFF95" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+          <w:p w14:paraId="7E33EDAB" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...10 lines deleted...]
-          <w:p w14:paraId="24DFD803" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2931B222" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...10 lines deleted...]
-          <w:p w14:paraId="3A6EBFAF" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="728B8350" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...130 lines deleted...]
-              <w:t>кемінде 3 жыл, педагог-зерттеуші кемінде 4 жыл.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96C74" w:rsidRPr="00473864" w14:paraId="19DDCFBA" w14:textId="77777777" w:rsidTr="00F96C74">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="520008CC" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
@@ -2473,69 +1709,69 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="665E4D0E" w14:textId="7B9D05BE" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00897470">
+          <w:p w14:paraId="665E4D0E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4ABEEED9" w14:textId="26F7A51F" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="003E54C1">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -2619,2574 +1855,559 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05303724" w14:textId="33456B6F" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00897470">
+          <w:p w14:paraId="05303724" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BC115EA" w14:textId="368183F9" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+          <w:p w14:paraId="25C015A7" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...152 lines deleted...]
-          <w:p w14:paraId="2A159963" w14:textId="143C5A90" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="550B7CA3" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...230 lines deleted...]
-          <w:p w14:paraId="05E38CCB" w14:textId="7009FE59" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34B9524E" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...320 lines deleted...]
-          <w:p w14:paraId="7B275983" w14:textId="3EC92240" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4497530D" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...282 lines deleted...]
-          <w:p w14:paraId="2FA1E21D" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C59F5F5" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...129 lines deleted...]
-          <w:p w14:paraId="52A45587" w14:textId="12E36972" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="223DA8D9" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...422 lines deleted...]
-          <w:p w14:paraId="05720BEA" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32835597" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-          <w:p w14:paraId="033FCAC1" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справкус психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737743A4" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4152112D" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+          <w:p w14:paraId="416AD6DA" w14:textId="61B36770" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
-[...69 lines deleted...]
-          <w:p w14:paraId="3A6B5529" w14:textId="674D7FAD" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификат </w:t>
+            </w:r>
+            <w:r w:rsidR="003E54C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оценки знаний педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - </w:t>
+            </w:r>
+            <w:r w:rsidR="003E54C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОЗП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AC12ECE" w14:textId="77777777" w:rsidR="00F96C74" w:rsidRPr="00473864" w:rsidRDefault="00F96C74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...574 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...38 lines deleted...]
-              <w:t>;</w:t>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="08832577" w14:textId="77777777" w:rsidR="00251E0D" w:rsidRDefault="00251E0D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5207,147 +2428,196 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A40FC08" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01ADAC80" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+          <w:p w14:paraId="1A11826B" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="008C0FD9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B6148F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7EBF6936" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CC50F99" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="008C0FD9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...7 lines deleted...]
-          <w:p w14:paraId="10343E19" w14:textId="77777777" w:rsidR="008C0FD9" w:rsidRPr="008C0FD9" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EF43A6C" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="008C0FD9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...7 lines deleted...]
-          <w:p w14:paraId="759ABFB5" w14:textId="3F3F0AD7" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="008C0FD9" w:rsidP="008C0FD9">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A7212E9" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C0FD9">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="254C27AC" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="759ABFB5" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01C55B11" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B435CAB" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
@@ -5396,80 +2666,79 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3246B629" w14:textId="418C0E21" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w14:paraId="3246B629" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00206C4B">
-[...6 lines deleted...]
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC7098B" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5479,784 +2748,784 @@
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C5EF1A" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F729342" w14:textId="148A78FE" w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00206C4B" w:rsidP="00B6148F">
+    <w:p w14:paraId="3F729342" w14:textId="77777777" w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00206C4B">
-[...6 lines deleted...]
-        <w:t>(кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidR="00B6148F" w:rsidRPr="00473864">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29882A83" w14:textId="77777777" w:rsidR="00B6148F" w:rsidRPr="00473864" w:rsidRDefault="00B6148F" w:rsidP="00B6148F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D3ADC4" w14:textId="44FCDCC1" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00B6148F">
+    <w:p w14:paraId="67D3ADC4" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00B6148F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">( </w:t>
       </w:r>
-      <w:r w:rsidR="00206C4B">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ф.И.О. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EBE31AA" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21840B18" w14:textId="17395E92" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w14:paraId="21840B18" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...24 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61AA645E" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D96361" w14:textId="11699B98" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w14:paraId="60D96361" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC67C66" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F9F07B4" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42F77C80" w14:textId="15C14441" w:rsidR="00473864" w:rsidRPr="00B6148F" w:rsidRDefault="00206C4B" w:rsidP="005E1863">
+    <w:p w14:paraId="42F77C80" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00B6148F" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B6148F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50767B39" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+    <w:p w14:paraId="2B701AEF" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00206C4B">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мені_________________________________________________________________________</w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C620CE0" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+    <w:p w14:paraId="06C613E7" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын</w:t>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863" w:rsidRPr="00A9508F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0894DF0C" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+    <w:p w14:paraId="77F6268F" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>(керегінің астын сызу керек)</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523D719A" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+    <w:p w14:paraId="39322B25" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00206C4B">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1A3BFB29" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+    <w:p w14:paraId="54ADF332" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00206C4B">
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3057AD51" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EA0C256" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6148F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684C22C6" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6769EB24" w14:textId="25A6729E" w:rsidR="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+    <w:p w14:paraId="4BDEF559" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00206C4B">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D87D270" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+    <w:p w14:paraId="437734FE" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F38D00F" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="656EBA8A" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+    <w:p w14:paraId="5192BCD8" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00206C4B">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
-[...90 lines deleted...]
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="2197"/>
         <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00206C4B" w:rsidRPr="00473864" w14:paraId="53313368" w14:textId="77777777" w:rsidTr="00473864">
+      <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w14:paraId="53313368" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05638BCE" w14:textId="5A39A506" w:rsidR="00206C4B" w:rsidRPr="00F14095" w:rsidRDefault="00F14095" w:rsidP="00206C4B">
+          <w:p w14:paraId="05638BCE" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F14095">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F181EF7" w14:textId="38EAC209" w:rsidR="00206C4B" w:rsidRPr="00F14095" w:rsidRDefault="00F14095" w:rsidP="00206C4B">
+          <w:p w14:paraId="56F70F70" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F14095">
+              <w:t>Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F181EF7" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F14095">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебногозаведения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B68DD6C" w14:textId="5FB2053B" w:rsidR="00206C4B" w:rsidRPr="00F14095" w:rsidRDefault="00F14095" w:rsidP="00206C4B">
+          <w:p w14:paraId="3B68DD6C" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F14095">
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...16 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Периодобучения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="344B98C9" w14:textId="64A97349" w:rsidR="00206C4B" w:rsidRPr="00F14095" w:rsidRDefault="00F14095" w:rsidP="00206C4B">
+          <w:p w14:paraId="41033D18" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00F14095">
+              <w:t>Специальность</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="344B98C9" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F14095">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00473864">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...16 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>подиплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00473864" w:rsidRPr="00473864" w14:paraId="30E4A37F" w14:textId="77777777" w:rsidTr="00473864">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="218DF533" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -6322,519 +3591,351 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E6112FB" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D220AD6" w14:textId="695C69CA" w:rsidR="00473864" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
-[...153 lines deleted...]
-    <w:p w14:paraId="1E06A3EA" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w14:paraId="7D220AD6" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждения):_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1863" w:rsidRPr="005E1863">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E06A3EA" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCAF855" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28A5DB27" w14:textId="59465B36" w:rsidR="00473864" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
-[...57 lines deleted...]
-    <w:p w14:paraId="764BDC81" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w14:paraId="28A5DB27" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD52DD2" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764BDC81" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57572D95" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w14:paraId="57572D95" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467C9C8C" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w14:paraId="467C9C8C" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="358E8485" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377EBE1B" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w14:paraId="377EBE1B" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="144FD8D8" w14:textId="51125B4A" w:rsidR="00473864" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="005E1863">
+    <w:p w14:paraId="144FD8D8" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563E9170" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w14:paraId="563E9170" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395E4DA7" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w14:paraId="395E4DA7" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14095">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D5E2F2" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00473864" w:rsidP="005E1863">
+    <w:p w14:paraId="71D5E2F2" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3570519B" w14:textId="2312EA6A" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00206C4B" w:rsidP="005E1863">
+    <w:p w14:paraId="3570519B" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...33 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="00473864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30F76C2B" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
@@ -6910,120 +4011,111 @@
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C2B891" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="005E1863">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="372F7967" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33513F62" w14:textId="5FD47BD7" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+    <w:p w14:paraId="33513F62" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«___</w:t>
       </w:r>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_»_____________20___</w:t>
-[...8 lines deleted...]
-        <w:t>жыл</w:t>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00206C4B">
+      <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қолы</w:t>
+        <w:t>подпись</w:t>
       </w:r>
       <w:r w:rsidRPr="00473864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EF959B5" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EF35D0E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -7091,634 +4183,326 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57D8FF02" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06E0EBC7" w14:textId="52DCCEC3" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+          <w:p w14:paraId="3ABBC8AB" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US"/>
-[...68 lines deleted...]
-          <w:p w14:paraId="7DC1EC42" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="510E12E6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00206C4B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B6148F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...59 lines deleted...]
-          <w:p w14:paraId="13919E4F" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F7E609" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00206C4B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...61 lines deleted...]
-          <w:p w14:paraId="5472F9C4" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7840B0FF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00206C4B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="59E4AF77" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64D31CA6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00206C4B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...4 lines deleted...]
-          <w:p w14:paraId="352C4B36" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRPr="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11FEE972" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B4E656B" w14:textId="011B8405" w:rsidR="00206C4B" w:rsidRDefault="00206C4B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B4E656B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="567B6D73" w14:textId="77777777" w:rsidR="00206C4B" w:rsidRDefault="00206C4B" w:rsidP="00206C4B">
+    <w:p w14:paraId="51916B52" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52CEFA03" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00206C4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00206C4B">
+    </w:p>
+    <w:p w14:paraId="695A1B08" w14:textId="77777777" w:rsidR="005E1863" w:rsidRPr="00A9508F" w:rsidRDefault="005E1863" w:rsidP="00473864">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...101 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="40CBE8DC" w14:textId="5E67FDAB" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00206C4B">
+    <w:p w14:paraId="40CBE8DC" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B1096D" w14:textId="7B6386E5" w:rsidR="00473864" w:rsidRDefault="00206C4B" w:rsidP="00473864">
+    <w:p w14:paraId="69B1096D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00473864">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00206C4B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>(Т.Ә.А. (</w:t>
+        <w:t>(фамилия, имя, отчество(при его наличии))</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...47 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10591" w:type="dxa"/>
+        <w:tblW w:w="10428" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="502"/>
         <w:gridCol w:w="1843"/>
-        <w:gridCol w:w="2266"/>
+        <w:gridCol w:w="2128"/>
         <w:gridCol w:w="5105"/>
-        <w:gridCol w:w="25"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00473864" w14:paraId="59B05A9E" w14:textId="77777777" w:rsidTr="00DB7268">
+      <w:tr w:rsidR="00473864" w14:paraId="59B05A9E" w14:textId="77777777" w:rsidTr="00393285">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47C37BB4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
@@ -7738,205 +4522,204 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="316D91D1" w14:textId="4F1E00F6" w:rsidR="00473864" w:rsidRPr="0011781B" w:rsidRDefault="0011781B">
+          <w:p w14:paraId="316D91D1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Өлшемшарттар </w:t>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="537FC834" w14:textId="10151CCB" w:rsidR="00473864" w:rsidRPr="0011781B" w:rsidRDefault="0011781B">
+          <w:p w14:paraId="537FC834" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Растайтын құжат</w:t>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68306574" w14:textId="7D245D6D" w:rsidR="00473864" w:rsidRPr="0011781B" w:rsidRDefault="0011781B">
+          <w:p w14:paraId="68306574" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Балл саны (1-ден 20-ға дейін)</w:t>
+              </w:rPr>
+              <w:t>Кол-во баллов(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23B108EE" w14:textId="40052482" w:rsidR="00473864" w:rsidRPr="0011781B" w:rsidRDefault="0011781B">
+          <w:p w14:paraId="23B108EE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Баға </w:t>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="30FF6E27" w14:textId="77777777" w:rsidTr="00DB7268">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="30FF6E27" w14:textId="77777777" w:rsidTr="00393285">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5D91362A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7953,485 +4736,245 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26D7D023" w14:textId="73AD8F1A" w:rsidR="00473864" w:rsidRDefault="0011781B">
+          <w:p w14:paraId="26D7D023" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0011781B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Білім</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40589140" w14:textId="60DA84BE" w:rsidR="00473864" w:rsidRDefault="0011781B">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+          <w:p w14:paraId="40589140" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23499C3E" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+          <w:p w14:paraId="20C9297B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-          <w:p w14:paraId="59FBAABF" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6049165E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="26D25261" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EEC0750" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...72 lines deleted...]
-          <w:p w14:paraId="6FE168DE" w14:textId="6DAF29C7" w:rsidR="00473864" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FE168DE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> диплом = 7 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="35810090" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="52CC1D16" w14:textId="77777777" w:rsidTr="00DB7268">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="52CC1D16" w14:textId="77777777" w:rsidTr="00393285">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52319FD7" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8448,430 +4991,228 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77F747F3" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+          <w:p w14:paraId="54CDD47E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0011781B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ғылыми</w:t>
-[...58 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="775DDA5C" w14:textId="049595E2" w:rsidR="00473864" w:rsidRDefault="0011781B">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+          <w:p w14:paraId="775DDA5C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DCAE229" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+          <w:p w14:paraId="668EED89" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...62 lines deleted...]
-          <w:p w14:paraId="4B5335E1" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="143B9330" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...26 lines deleted...]
-          <w:p w14:paraId="5246E3A9" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C8A59ED" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="72A8A97E" w14:textId="0498ABF5" w:rsidR="00473864" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72A8A97E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> кандидаты = 10 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B7B4327" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="2DC223DD" w14:textId="77777777" w:rsidTr="00DB7268">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="2DC223DD" w14:textId="77777777" w:rsidTr="00393285">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B84C0BC" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8889,3346 +5230,2729 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EE2F425" w14:textId="55C9B771" w:rsidR="00473864" w:rsidRPr="0011781B" w:rsidRDefault="0011781B">
+          <w:p w14:paraId="2EE2F425" w14:textId="40A53E54" w:rsidR="00473864" w:rsidRDefault="003E54C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Педагогтың білім бағалау</w:t>
+              </w:rPr>
+              <w:t>Оценка знаний педагога</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53BCEF0E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6442F5" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+          <w:p w14:paraId="122BCE18" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0011781B">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="1769B28F" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="358E38AD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="4CF3CDAC" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C21030A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...26 lines deleted...]
-          <w:p w14:paraId="40262264" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="097E6756" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...26 lines deleted...]
-          <w:p w14:paraId="1202272E" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="514EF368" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...26 lines deleted...]
-          <w:p w14:paraId="77A5C2CF" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CDCBA37" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...26 lines deleted...]
-          <w:p w14:paraId="2D2F7AC2" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE0BD3A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...51 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11852C30" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+          <w:p w14:paraId="3AC82D77" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...26 lines deleted...]
-          <w:p w14:paraId="3CFCDA65" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C850E71" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...26 lines deleted...]
-          <w:p w14:paraId="4B532DEE" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0787C139" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...26 lines deleted...]
-          <w:p w14:paraId="3A411530" w14:textId="50C32E87" w:rsidR="00473864" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E0C55B6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...26 lines deleted...]
-          <w:p w14:paraId="6ADCE2A2" w14:textId="77777777" w:rsidR="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A411530" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="309641F1" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+          <w:p w14:paraId="6DD6A5D5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">«Педагог-модератор» </w:t>
-[...33 lines deleted...]
-          <w:p w14:paraId="0F6C8735" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EA4BC96" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70E3A905" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D81F8C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="463F2C14" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="008ADC87" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A3AD1AD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="518BA8C3" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+          <w:p w14:paraId="6D8AC13F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="75D616A1" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F248CA9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="312F1DDE" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38353C7C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="77999F64" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D5E3C15" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...335 lines deleted...]
-          <w:p w14:paraId="5864B4F9" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5333E611" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="33DE89A5" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="090DFE82" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0011781B">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7B53593A" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E97D04" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="4793018D" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="306E00B5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="6DAF653F" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071DFC25" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="7CCC18B8" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="245EC97F" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="3CDD4E58" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6364CD80" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="1113576B" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D2C8277" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...51 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E0D685B" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+          <w:p w14:paraId="1F95D657" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="536945A5" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="524C898B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="08A1BBF0" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D456D57" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="1CAB8226" w14:textId="679C661E" w:rsidR="00473864" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B808642" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="76068229" w14:textId="77777777" w:rsidR="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CAB8226" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="27AB8BF6" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+          <w:p w14:paraId="7AAC9C0E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>«Педагог-</w:t>
-[...53 lines deleted...]
-          <w:p w14:paraId="7B252798" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AEBC464" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51D9FB2E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3285FF29" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="599A8D80" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19335DE4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62A5A701" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B6CDA25" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+          <w:p w14:paraId="0804AD87" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="79F994E1" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3681D78E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="76D17AF7" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E372F50" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...44 lines deleted...]
-          <w:p w14:paraId="5D67400D" w14:textId="77777777" w:rsidR="0011781B" w:rsidRPr="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="161EE9E8" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
-[...296 lines deleted...]
-          <w:p w14:paraId="2CE91C48" w14:textId="77777777" w:rsidR="0011781B" w:rsidRDefault="0011781B" w:rsidP="0011781B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B001497" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="08E9451E" w14:textId="1D7C8B08" w:rsidR="00473864" w:rsidRPr="0011781B" w:rsidRDefault="0011781B">
+          <w:p w14:paraId="0D22BE40" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0011781B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>«Педагог-</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0011781B">
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08E9451E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="780D3549" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23F82" w14:paraId="50AD7CCB" w14:textId="77777777" w:rsidTr="00DB7268">
+      <w:tr w:rsidR="00473864" w14:paraId="50AD7CCB" w14:textId="77777777" w:rsidTr="00393285">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BE68FF5" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="0BE68FF5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13B29A7C" w14:textId="2D63D196" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="272D6619" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B29A7C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56C12E52" w14:textId="1D4CA0D7" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="45DD52E0" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C12E52" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F7DC0AF" w14:textId="39D7D235" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="4C1ADC8D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2 санат-1 балл</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0655B692" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D8BE21E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...26 lines deleted...]
-          <w:p w14:paraId="2149ACF9" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A6E6B05" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="227D8D32" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="390C7BA7" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...8 lines deleted...]
-          <w:p w14:paraId="459E8E9B" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EF09188" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...26 lines deleted...]
-          <w:p w14:paraId="6ED1A92C" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0BDC68" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...26 lines deleted...]
-          <w:p w14:paraId="08135EFF" w14:textId="7C53E728" w:rsidR="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08135EFF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A300E9D" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="6A300E9D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidRPr="001B162E" w14:paraId="2FA8FC21" w14:textId="77777777" w:rsidTr="00DB7268">
+      <w:tr w:rsidR="00473864" w14:paraId="2FA8FC21" w14:textId="77777777" w:rsidTr="00393285">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2A9956D5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="423AB869" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="57A4F01C" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B23F82">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагогикалық</w:t>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="629CD11C" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
-[...55 lines deleted...]
-              <w:t>алмастыратын құжат</w:t>
+          <w:p w14:paraId="6D9C4DFE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33CDDAD2" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00DB7268">
-[...212 lines deleted...]
-              <w:t>10 жылдан және одан артық = 3</w:t>
+          <w:p w14:paraId="2068F1BA" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="750E2823" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B26B011" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="563D3EA3" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0698D17A" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="001B162E" w:rsidRDefault="00473864">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="0698D17A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="3978DE5D" w14:textId="77777777" w:rsidTr="00DB7268">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="3978DE5D" w14:textId="77777777" w:rsidTr="00393285">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="00DD4A6B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12246,325 +7970,225 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37B7C6F5" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00F14095" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="447CA8D6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F14095">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...47 lines deleted...]
-              <w:t>тәжірибесі</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06C1ABD9" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
-[...56 lines deleted...]
-              <w:t>алмастыратын құжат</w:t>
+          <w:p w14:paraId="7D65FBE5" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="342D37D3" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
-[...82 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4C7D89E9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07208418" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05783509" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F97431A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18F63C6D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="42E5D8E4" w14:textId="77777777" w:rsidTr="00DB7268">
+      <w:tr w:rsidR="00473864" w14:paraId="42E5D8E4" w14:textId="77777777" w:rsidTr="00393285">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6CF77B89" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
@@ -12584,413 +8208,207 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="247DC4F5" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00F14095" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="6D4B2A3B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F14095">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00F14095">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-              <w:t>үшін</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52D29D42" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
-[...73 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="77A01630" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14BCFDC0" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="538019E9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...46 lines deleted...]
-          <w:p w14:paraId="315F78EE" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="746EDDD4" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...79 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C40F437" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidRPr="001B162E" w14:paraId="7DCD5D0C" w14:textId="77777777" w:rsidTr="00DB7268">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="7DCD5D0C" w14:textId="77777777" w:rsidTr="00393285">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="06BE86C9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13008,349 +8426,290 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25868579" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="56458C55" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...110 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45258560" w14:textId="665DF5EA" w:rsidR="00473864" w:rsidRDefault="00B23F82">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Хат </w:t>
+          <w:p w14:paraId="45258560" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50605E97" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="4B7A8E50" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="1C199CBA" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37B2761E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="546A3BAF" w14:textId="1D9E4531" w:rsidR="00473864" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="546A3BAF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A8079CD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="63298042" w14:textId="77777777" w:rsidTr="00DB7268">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="63298042" w14:textId="77777777" w:rsidTr="00393285">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A77A2AD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13368,1490 +8727,564 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E722F17" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="6AA89080" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B23F82">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Кәсіби</w:t>
-[...49 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A6FBEC5" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
-[...255 lines deleted...]
-              <w:t>- мемлекеттік награда</w:t>
+          <w:p w14:paraId="5FBC6D8B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC34EAD" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11AE333E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B8C5546" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="62F096AE" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="51B05C89" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D18427" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="75DAC237" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AC79811" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-          <w:p w14:paraId="6459BF00" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5621C474" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...44 lines deleted...]
-          <w:p w14:paraId="62014920" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="687A6EC7" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...62 lines deleted...]
-          <w:p w14:paraId="3BF8C3ED" w14:textId="665F4091" w:rsidR="00473864" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BF8C3ED" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...77 lines deleted...]
-              <w:t>» – 10 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстанеңбексіңіргенұстазы» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="518129B2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23F82" w14:paraId="1929DE8E" w14:textId="77777777" w:rsidTr="00DB7268">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="1929DE8E" w14:textId="77777777" w:rsidTr="00393285">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A2A41B6" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="4A2A41B6" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5227C5DF" w14:textId="738A65B7" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="5227C5DF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70798A2D" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
-[...41 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="5ADEE549" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74AA6FC4" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="340F033A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...98 lines deleted...]
-          <w:p w14:paraId="498EA1B2" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EFB9C84" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...44 lines deleted...]
-          <w:p w14:paraId="7FDE0E4A" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55B042A0" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...176 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...135 lines deleted...]
-              <w:t xml:space="preserve"> – 3 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="65F8E9AF" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="65F8E9AF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="1FDC0AB2" w14:textId="77777777" w:rsidTr="00DB7268">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="1FDC0AB2" w14:textId="77777777" w:rsidTr="00393285">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="764BAA5A" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14878,692 +9311,350 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="158133A1" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="4FD32473" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B23F82">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Қоғамдық</w:t>
-[...58 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E2E9476" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
-[...91 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="722A1D07" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54A879CC" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F3ABE17" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+          <w:p w14:paraId="5E556272" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...8 lines deleted...]
-          <w:p w14:paraId="2B9B369F" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CAE995E" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...26 lines deleted...]
-          <w:p w14:paraId="7C8B496D" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="213E587B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-          <w:p w14:paraId="068CC85F" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FD53C66" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...55 lines deleted...]
-            <w:r w:rsidRPr="00B23F82">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="61EF9C08" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="627B0D76" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-          <w:p w14:paraId="25C0642D" w14:textId="4041CF99" w:rsidR="00473864" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25C0642D" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
-[...95 lines deleted...]
-              <w:t>) – 5 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60CFD2EF" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w:rsidRPr="001B162E" w14:paraId="38B938C5" w14:textId="77777777" w:rsidTr="00DB7268">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00473864" w14:paraId="38B938C5" w14:textId="77777777" w:rsidTr="00393285">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57930968" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15590,1369 +9681,632 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EDCC435" w14:textId="0B7E78AE" w:rsidR="00473864" w:rsidRDefault="00B23F82">
+          <w:p w14:paraId="3EDCC435" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B23F82">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Курстық дайындық</w:t>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>урсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2266" w:type="dxa"/>
+            <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CF0B929" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
-[...68 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="365FEE89" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="194EC9F9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EA724E1" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D3EBA41" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5803CB61" w14:textId="77777777" w:rsidR="00B23F82" w:rsidRPr="00B23F82" w:rsidRDefault="00B23F82" w:rsidP="00B23F82">
-[...376 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="1A7C4CD2" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70E8D97B" w14:textId="77777777" w:rsidR="00ED3D23" w:rsidRPr="00F14095" w:rsidRDefault="00ED3D23" w:rsidP="00ED3D23">
+          <w:p w14:paraId="2D9BDBD9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...41 lines deleted...]
-                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...37 lines deleted...]
-          <w:p w14:paraId="4F4DD937" w14:textId="2FEC2F5B" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00ED3D23" w:rsidP="00ED3D23">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F4DD937" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...74 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курсы =0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7892F476" w14:textId="77777777" w:rsidR="00473864" w:rsidRPr="00F14095" w:rsidRDefault="00473864">
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="7892F476" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00473864" w14:paraId="04C613E1" w14:textId="77777777" w:rsidTr="00DB7268">
+      <w:tr w:rsidR="00473864" w14:paraId="04C613E1" w14:textId="77777777" w:rsidTr="00393285">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2345" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34C3B89B" w14:textId="7BC4EF5F" w:rsidR="00473864" w:rsidRDefault="00ED3D23">
+          <w:p w14:paraId="34C3B89B" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7396" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7233" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="538DE062" w14:textId="427460BE" w:rsidR="00473864" w:rsidRDefault="00473864" w:rsidP="00ED3D23">
+          <w:p w14:paraId="538DE062" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Максимал</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> балл – </w:t>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04E5F3C9" w14:textId="77777777" w:rsidR="00473864" w:rsidRDefault="00473864">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="851"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08514ECB" w14:textId="110566EE" w:rsidR="00D15008" w:rsidRPr="00393285" w:rsidRDefault="00ED3D23" w:rsidP="00D73DE1">
+    <w:p w14:paraId="3DF55882" w14:textId="77777777" w:rsidR="00393285" w:rsidRDefault="00393285" w:rsidP="00393285">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED3D23">
+      <w:r w:rsidRPr="00F011C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Павлодар </w:t>
+        <w:t>Объявление</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00ED3D23">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>қаласының</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00ED3D23">
+      <w:r w:rsidRPr="00F011C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>о проведении конкурса на вакантную и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ли временно вакантную должность </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№</w:t>
+        <w:t xml:space="preserve">учителя начальных классов </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED3D23">
+      <w:r w:rsidRPr="00F011C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">15 </w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЖОББ</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED3D23">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>№</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00ED3D23">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>мектебі</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00ED3D23">
+      <w:r w:rsidRPr="00F011C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">» КММ </w:t>
+        <w:t>города Павлодара»</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00ED3D23">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>бастауыш</w:t>
+        <w:t xml:space="preserve"> размещено на сайте школы  </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00ED3D23">
+    </w:p>
+    <w:p w14:paraId="08514ECB" w14:textId="77777777" w:rsidR="00D15008" w:rsidRPr="00393285" w:rsidRDefault="00D15008" w:rsidP="00D73DE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...265 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D15008" w:rsidRPr="00393285" w:rsidSect="00314370">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="142" w:right="566" w:bottom="284" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01A263F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72FCA9A6"/>
     <w:lvl w:ilvl="0" w:tplc="35B4914C">
@@ -17313,158 +10667,145 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="875970582">
+  <w:num w:numId="1" w16cid:durableId="1355034904">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1152916249">
+  <w:num w:numId="2" w16cid:durableId="248120921">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1993560830">
+  <w:num w:numId="3" w16cid:durableId="556355173">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="349257742">
+  <w:num w:numId="4" w16cid:durableId="848763386">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D15008"/>
     <w:rsid w:val="000602B3"/>
     <w:rsid w:val="000A3CB6"/>
     <w:rsid w:val="000C29B7"/>
     <w:rsid w:val="000D1402"/>
     <w:rsid w:val="0010189D"/>
-    <w:rsid w:val="001064C1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001B162E"/>
     <w:rsid w:val="001C307C"/>
     <w:rsid w:val="001D7957"/>
     <w:rsid w:val="001E6C21"/>
-    <w:rsid w:val="00206C4B"/>
     <w:rsid w:val="002442BA"/>
     <w:rsid w:val="00251E0D"/>
     <w:rsid w:val="002A2576"/>
     <w:rsid w:val="002E5399"/>
     <w:rsid w:val="00314370"/>
     <w:rsid w:val="00326737"/>
     <w:rsid w:val="00352373"/>
     <w:rsid w:val="00352A81"/>
     <w:rsid w:val="0036559D"/>
     <w:rsid w:val="0036590F"/>
     <w:rsid w:val="00384B44"/>
-    <w:rsid w:val="00384FD8"/>
     <w:rsid w:val="00392D5B"/>
     <w:rsid w:val="00393285"/>
     <w:rsid w:val="003E54C1"/>
     <w:rsid w:val="00444ABB"/>
     <w:rsid w:val="00473864"/>
     <w:rsid w:val="00487858"/>
     <w:rsid w:val="004B007C"/>
     <w:rsid w:val="004E793C"/>
     <w:rsid w:val="00532E77"/>
     <w:rsid w:val="00573DEB"/>
     <w:rsid w:val="005A058B"/>
     <w:rsid w:val="005C1F7D"/>
     <w:rsid w:val="005D26C1"/>
     <w:rsid w:val="005E1863"/>
     <w:rsid w:val="00624187"/>
     <w:rsid w:val="00687DFB"/>
     <w:rsid w:val="00692D68"/>
     <w:rsid w:val="006C7B3C"/>
     <w:rsid w:val="007043A0"/>
     <w:rsid w:val="007315DA"/>
     <w:rsid w:val="00737F5A"/>
     <w:rsid w:val="007C48A2"/>
     <w:rsid w:val="007D699F"/>
     <w:rsid w:val="007F1CC4"/>
     <w:rsid w:val="0086672B"/>
-    <w:rsid w:val="00897470"/>
     <w:rsid w:val="008A4F3B"/>
-    <w:rsid w:val="008C0FD9"/>
     <w:rsid w:val="009171DC"/>
+    <w:rsid w:val="00923D5D"/>
     <w:rsid w:val="00947BD9"/>
-    <w:rsid w:val="009613CD"/>
     <w:rsid w:val="00A52003"/>
     <w:rsid w:val="00A9508F"/>
     <w:rsid w:val="00AF414D"/>
-    <w:rsid w:val="00B23F82"/>
     <w:rsid w:val="00B46C32"/>
     <w:rsid w:val="00B6148F"/>
     <w:rsid w:val="00C301E5"/>
     <w:rsid w:val="00C52DEF"/>
-    <w:rsid w:val="00C946C9"/>
     <w:rsid w:val="00D15008"/>
     <w:rsid w:val="00D73DE1"/>
     <w:rsid w:val="00D75259"/>
     <w:rsid w:val="00D93130"/>
-    <w:rsid w:val="00DB7268"/>
     <w:rsid w:val="00DE4F4A"/>
     <w:rsid w:val="00E259F6"/>
     <w:rsid w:val="00E36BC9"/>
     <w:rsid w:val="00E66D54"/>
     <w:rsid w:val="00E940AB"/>
     <w:rsid w:val="00EA58F0"/>
     <w:rsid w:val="00EB3DC3"/>
     <w:rsid w:val="00EB72DF"/>
-    <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED74E3"/>
     <w:rsid w:val="00F011C3"/>
-    <w:rsid w:val="00F14095"/>
     <w:rsid w:val="00F557DC"/>
     <w:rsid w:val="00F96C74"/>
     <w:rsid w:val="00FD359E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -17576,94 +10917,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -18493,78 +11838,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B110BE22-47E7-410E-89CB-91ED28ACEEB1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C57FFDF-959F-4275-8D32-AFC7AC0F5278}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1729</Words>
-  <Characters>9858</Characters>
+  <Words>1830</Words>
+  <Characters>10431</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11564</CharactersWithSpaces>
+  <CharactersWithSpaces>12237</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Uchitel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>